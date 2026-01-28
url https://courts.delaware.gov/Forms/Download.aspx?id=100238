--- v0 (2025-10-22)
+++ v1 (2026-01-28)
@@ -1,2427 +1,4368 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="0017405D" w:rsidRDefault="00385FE5" w:rsidP="00385FE5">
+    <w:p w14:paraId="2FEDA7B9" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00385FE5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0017405D">
-        <w:rPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>APPLICATION FOR ACCESS TO COURT RECORDS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="00305E47" w:rsidRDefault="00385FE5" w:rsidP="00385FE5">
+    <w:p w14:paraId="4B483222" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00385FE5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="00385FE5" w:rsidRDefault="00385FE5" w:rsidP="006C6039">
+    <w:p w14:paraId="2BB81898" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="006C6039">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00385FE5">
-[...6 lines deleted...]
-        <w:t>its officers and employees from any claim for damages that may arise from the applicant's use or distribution of the information provided pursuant to this application.</w:t>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This application will be processed and evaluated in accordance with the Justice of the Peace Court's policy for public access to judicial records.  The applicant agrees to indemnify and hold harmless the court, its officers and employees from any claim for damages that may arise from the applicant's use or distribution of the information provided pursuant to this application.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
+    <w:p w14:paraId="50945BAE" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="0005253F" w:rsidRDefault="00953F48" w:rsidP="0005253F">
+    <w:p w14:paraId="668E0198" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00953F48" w:rsidP="0005253F">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00764E2F">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Applicant Information: </w:t>
       </w:r>
-      <w:r w:rsidR="00385FE5" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="00385FE5" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(Please print)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="00305E47" w:rsidRDefault="00385FE5" w:rsidP="00305E47"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00764E2F">
+    <w:p w14:paraId="70E006D2" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D72A7FD" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="006C6039" w:rsidP="00305E47">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Request </w:t>
       </w:r>
-      <w:r w:rsidR="00385FE5" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="00385FE5" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Text1"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="00305E47" w:rsidRDefault="00385FE5" w:rsidP="00FE788F">
+    <w:p w14:paraId="12A37EF0" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00FE788F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:line="120" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="00305E47" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
-      <w:r w:rsidRPr="00305E47">
+    <w:p w14:paraId="2549717D" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Name</w:t>
       </w:r>
-      <w:r w:rsidR="00A92230" w:rsidRPr="00305E47">
+      <w:r w:rsidR="00A92230" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or Agency (If applicable): </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Text2"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="00305E47" w:rsidRDefault="00385FE5" w:rsidP="00FE788F">
+    <w:p w14:paraId="0D939A03" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00FE788F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:line="120" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="00305E47" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
-      <w:r w:rsidRPr="00305E47">
+    <w:p w14:paraId="72881125" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Address:  </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Text3"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="00305E47" w:rsidRDefault="00385FE5" w:rsidP="00FE788F">
+    <w:p w14:paraId="6906B126" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00FE788F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:line="120" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="00305E47" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
-      <w:r w:rsidRPr="00305E47">
+    <w:p w14:paraId="40C6F09F" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">City: </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Text4"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">State: </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Text5"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Zip: </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Text6"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00305E47" w:rsidRPr="00305E47">
+      <w:r w:rsidR="00305E47" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>elephone:</w:t>
       </w:r>
-      <w:r w:rsidR="00305E47" w:rsidRPr="00305E47">
+      <w:r w:rsidR="00305E47" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Text7"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRDefault="00385FE5" w:rsidP="00654E1E">
+    <w:p w14:paraId="2B09DA3B" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00654E1E">
       <w:pPr>
         <w:spacing w:line="120" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00654E1E" w:rsidRPr="00305E47" w:rsidRDefault="00654E1E" w:rsidP="00305E47"/>
-    <w:p w:rsidR="00A92230" w:rsidRPr="00130EFD" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
+    <w:p w14:paraId="3405D470" w14:textId="77777777" w:rsidR="00654E1E" w:rsidRPr="00A326C6" w:rsidRDefault="00654E1E" w:rsidP="00305E47">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EB39FB5" w14:textId="77777777" w:rsidR="00A92230" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00764E2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describe Information Requested: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A92230" w:rsidRPr="00305E47" w:rsidRDefault="00A92230" w:rsidP="00475DBC">
+    <w:p w14:paraId="2C02C67C" w14:textId="77777777" w:rsidR="00A92230" w:rsidRPr="00A326C6" w:rsidRDefault="00A92230" w:rsidP="00475DBC">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A92230" w:rsidRDefault="00385FE5" w:rsidP="003D5CBA">
+    <w:p w14:paraId="018553D3" w14:textId="77777777" w:rsidR="00A92230" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="003D5CBA">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00305E47">
-        <w:rPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For civil case information</w:t>
       </w:r>
-      <w:r w:rsidR="00A92230" w:rsidRPr="00305E47">
+      <w:r w:rsidR="00A92230" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> please provide litigants' names, </w:t>
       </w:r>
-      <w:r w:rsidR="00A92230" w:rsidRPr="00305E47">
+      <w:r w:rsidR="00A92230" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>JP Court number</w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A92230" w:rsidRPr="00305E47">
+      <w:r w:rsidR="00A92230" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>and the approximate date of the case</w:t>
       </w:r>
-      <w:r w:rsidR="00A92230" w:rsidRPr="00305E47">
+      <w:r w:rsidR="00A92230" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(if possible)</w:t>
       </w:r>
-      <w:r w:rsidR="00A92230" w:rsidRPr="00305E47">
+      <w:r w:rsidR="00A92230" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D5CBA" w:rsidRPr="00305E47" w:rsidRDefault="003D5CBA" w:rsidP="00FE788F">
+    <w:p w14:paraId="72ED71C8" w14:textId="77777777" w:rsidR="003D5CBA" w:rsidRPr="00A326C6" w:rsidRDefault="003D5CBA" w:rsidP="00FE788F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:line="120" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE2D54" w:rsidRPr="00305E47" w:rsidRDefault="00385FE5" w:rsidP="003D5CBA">
+    <w:p w14:paraId="1A330556" w14:textId="77777777" w:rsidR="00AE2D54" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="003D5CBA">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00305E47">
-        <w:rPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For criminal case information</w:t>
       </w:r>
-      <w:r w:rsidR="00A92230" w:rsidRPr="00305E47">
+      <w:r w:rsidR="00A92230" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> please provide</w:t>
       </w:r>
-      <w:r w:rsidR="00AE2D54" w:rsidRPr="00305E47">
+      <w:r w:rsidR="00AE2D54" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">efendant's full name, date of birth, </w:t>
       </w:r>
-      <w:r w:rsidR="008A33F4">
+      <w:r w:rsidR="008A33F4" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">JP Court number, the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>approximate date</w:t>
       </w:r>
-      <w:r w:rsidR="00AE2D54" w:rsidRPr="00305E47">
+      <w:r w:rsidR="00AE2D54" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00AE2D54" w:rsidRPr="00305E47">
+      <w:r w:rsidR="00AE2D54" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
-[...5 lines deleted...]
-      <w:r w:rsidR="007218E1" w:rsidRPr="00CA01F0">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arrest, </w:t>
+      </w:r>
+      <w:r w:rsidR="007218E1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>case number</w:t>
       </w:r>
-      <w:r w:rsidR="008A33F4" w:rsidRPr="00CA01F0">
+      <w:r w:rsidR="008A33F4" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="007218E1" w:rsidRPr="00CA01F0">
+      <w:r w:rsidR="007218E1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">lead </w:t>
       </w:r>
-      <w:r w:rsidR="00AE2D54" w:rsidRPr="00CA01F0">
+      <w:r w:rsidR="00AE2D54" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="007218E1" w:rsidRPr="00CA01F0">
+      <w:r w:rsidR="007218E1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>harge</w:t>
       </w:r>
-      <w:r w:rsidR="008A33F4" w:rsidRPr="00CA01F0">
+      <w:r w:rsidR="008A33F4" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA01F0">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(if possible).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE2D54" w:rsidRPr="00305E47" w:rsidRDefault="00AE2D54" w:rsidP="00305E47"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00305E47">
+    <w:p w14:paraId="3260870A" w14:textId="77777777" w:rsidR="00AE2D54" w:rsidRPr="00A326C6" w:rsidRDefault="00AE2D54" w:rsidP="00305E47">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C295975" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00AE2D54" w:rsidP="00305E47">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Litigant/Defendant name: </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="Text8"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_GoBack"/>
-[...31 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w:rsidR="006F131F" w:rsidRPr="00305E47" w:rsidRDefault="006F131F" w:rsidP="00FE788F">
+    <w:p w14:paraId="1959BAA4" w14:textId="77777777" w:rsidR="006F131F" w:rsidRPr="00A326C6" w:rsidRDefault="006F131F" w:rsidP="00FE788F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:line="120" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006F131F" w:rsidRDefault="006F131F" w:rsidP="00AD60D1">
-[...9 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+    <w:p w14:paraId="2259F6F4" w14:textId="77777777" w:rsidR="006F131F" w:rsidRPr="00A326C6" w:rsidRDefault="006F131F" w:rsidP="00AD60D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Justice of the Peace Court #: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="Text9"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:bookmarkStart w:id="8" w:name="Text9"/>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidRPr="00CA01F0">
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000D77C4" w:rsidRPr="00CA01F0">
+      <w:r w:rsidR="000D77C4" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Case #</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA01F0">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="Text10"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:bookmarkStart w:id="9" w:name="Text10"/>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA01F0">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Arrest/Ticket</w:t>
       </w:r>
-      <w:r w:rsidR="002258B6" w:rsidRPr="00CA01F0">
+      <w:r w:rsidR="002258B6" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA01F0">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>#</w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="Text11"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:bookmarkStart w:id="10" w:name="Text11"/>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w:rsidR="00AE2D54" w:rsidRPr="00305E47" w:rsidRDefault="00AE2D54" w:rsidP="006F131F">
-      <w:r w:rsidRPr="00305E47">
+    <w:p w14:paraId="7063AC27" w14:textId="77777777" w:rsidR="00AE2D54" w:rsidRPr="00A326C6" w:rsidRDefault="00AE2D54" w:rsidP="006F131F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Date of birth (Criminal cases)</w:t>
       </w:r>
-      <w:r w:rsidR="006F131F">
+      <w:r w:rsidR="006F131F" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="Text12"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:bookmarkStart w:id="11" w:name="Text12"/>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="006F131F" w:rsidRPr="00CA01F0">
-[...8 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="006F131F" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date of case or arrest: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="Text13"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:bookmarkStart w:id="12" w:name="Text13"/>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w:rsidR="00764E2F" w:rsidRPr="00305E47" w:rsidRDefault="00764E2F" w:rsidP="00FE788F">
+    <w:p w14:paraId="3AD0593E" w14:textId="77777777" w:rsidR="00764E2F" w:rsidRPr="00A326C6" w:rsidRDefault="00764E2F" w:rsidP="00FE788F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:line="120" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00350C89" w:rsidRPr="00305E47" w:rsidRDefault="00764E2F" w:rsidP="00305E47">
-      <w:r w:rsidRPr="00CA01F0">
+    <w:p w14:paraId="65FC69C6" w14:textId="77777777" w:rsidR="00350C89" w:rsidRPr="00A326C6" w:rsidRDefault="00764E2F" w:rsidP="00305E47">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Lead Charge</w:t>
       </w:r>
-      <w:r w:rsidR="00447717">
-[...11 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00447717" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (if applicable)</w:t>
+      </w:r>
+      <w:r w:rsidR="00350C89" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="Text14"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:bookmarkStart w:id="13" w:name="Text14"/>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="00305E47" w:rsidRDefault="00385FE5" w:rsidP="00305E47"/>
-    <w:p w:rsidR="000758C1" w:rsidRPr="00C970D9" w:rsidRDefault="005A0EBF" w:rsidP="00DA22B6">
+    <w:p w14:paraId="1F72D15C" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B7F898F" w14:textId="77777777" w:rsidR="00A326C6" w:rsidRDefault="005A0EBF" w:rsidP="00DA22B6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="2880" w:hanging="2880"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA01F0">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Request</w:t>
       </w:r>
-      <w:r w:rsidR="0017405D" w:rsidRPr="00CA01F0">
+      <w:r w:rsidR="0017405D" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (Check One)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA01F0">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="000117D7">
+      <w:r w:rsidR="000117D7" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="000758C1" w:rsidRPr="00C970D9">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Check5"/>
-      <w:r w:rsidR="000758C1" w:rsidRPr="00C970D9">
+      <w:bookmarkStart w:id="14" w:name="Check5"/>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB68E4">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000758C1" w:rsidRPr="00C970D9">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidR="000758C1" w:rsidRPr="00C970D9">
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000117D7">
+      <w:r w:rsidR="000117D7" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Criminal </w:t>
       </w:r>
-      <w:r w:rsidR="00385FE5" w:rsidRPr="00C970D9">
+      <w:r w:rsidR="00385FE5" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00305E47" w:rsidRPr="00C970D9">
+      <w:r w:rsidR="00305E47" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>isposition</w:t>
       </w:r>
-      <w:r w:rsidR="00FE788F" w:rsidRPr="00C970D9">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F638FC" w:rsidRPr="000117D7">
+      <w:r w:rsidR="00FE788F" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Record ($</w:t>
+      </w:r>
+      <w:r w:rsidR="00F638FC" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00FE788F" w:rsidRPr="000117D7">
+      <w:r w:rsidR="00FE788F" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F638FC" w:rsidRPr="000117D7">
+      <w:r w:rsidR="00F638FC" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>00)</w:t>
       </w:r>
-      <w:r w:rsidR="000117D7">
+      <w:r w:rsidR="000117D7" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE788F" w:rsidRPr="00C970D9">
+      <w:r w:rsidR="00FE788F" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000758C1" w:rsidRPr="00C970D9">
+    </w:p>
+    <w:p w14:paraId="0E01099B" w14:textId="77777777" w:rsidR="00A326C6" w:rsidRDefault="000758C1" w:rsidP="00A326C6">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="Check6"/>
-      <w:r w:rsidR="000758C1" w:rsidRPr="00C970D9">
+      <w:bookmarkStart w:id="15" w:name="Check6"/>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB68E4">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000758C1" w:rsidRPr="00C970D9">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidR="000758C1" w:rsidRPr="00C970D9">
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE788F" w:rsidRPr="000117D7">
+      <w:r w:rsidR="00FE788F" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Criminal </w:t>
       </w:r>
-      <w:r w:rsidR="00385FE5" w:rsidRPr="000117D7">
+      <w:r w:rsidR="00385FE5" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00305E47" w:rsidRPr="000117D7">
+      <w:r w:rsidR="00305E47" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ertified </w:t>
       </w:r>
-      <w:r w:rsidR="00F638FC" w:rsidRPr="000117D7">
+      <w:r w:rsidR="00F638FC" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00305E47" w:rsidRPr="000117D7">
+      <w:r w:rsidR="00305E47" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>opy</w:t>
       </w:r>
-      <w:r w:rsidR="00F638FC" w:rsidRPr="000117D7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00385FE5" w:rsidRPr="00C970D9">
+      <w:r w:rsidR="00F638FC" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ($7.00)</w:t>
+      </w:r>
+      <w:r w:rsidR="00385FE5" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C970D9">
+      <w:r w:rsidR="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FE788F" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="Check8"/>
-      <w:r w:rsidRPr="00C970D9">
+      <w:bookmarkStart w:id="16" w:name="Check8"/>
+      <w:r w:rsidR="00FE788F" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB68E4">
+      <w:r w:rsidR="00FE788F" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00FE788F" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00C970D9">
+      <w:r w:rsidR="00FE788F" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00B04273">
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidR="00FE788F" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Civil Certified Copy ($10.00)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04273" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C970D9">
+    </w:p>
+    <w:p w14:paraId="4892183E" w14:textId="25BAFCEC" w:rsidR="00B04273" w:rsidRPr="00A326C6" w:rsidRDefault="00FE788F" w:rsidP="00A326C6">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00C970D9">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB68E4">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00C970D9">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00C970D9">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000758C1" w:rsidRPr="00C970D9">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Civil Docket (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="000758C1" w:rsidRPr="00C970D9">
-[...9 lines deleted...]
-      <w:r w:rsidR="00B04273" w:rsidRPr="003F452D">
+      <w:r w:rsidR="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.25 per page)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04273" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="000117D7" w:rsidRPr="003F452D">
+      <w:r w:rsidR="000117D7" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B04273" w:rsidRPr="003F452D">
+      <w:r w:rsidR="00B04273" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B04273" w:rsidRPr="003F452D">
+      <w:r w:rsidR="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B04273" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00B04273" w:rsidRPr="003F452D">
+      <w:r w:rsidR="00B04273" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB68E4">
+      <w:r w:rsidR="00B04273" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B04273" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B04273" w:rsidRPr="003F452D">
+      <w:r w:rsidR="00B04273" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00B04273" w:rsidRPr="003F452D">
-        <w:t xml:space="preserve"> Audio Recording CD ($25.00)</w:t>
+      <w:r w:rsidR="00B04273" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00790DB6" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Media Package ($</w:t>
+      </w:r>
+      <w:r w:rsidR="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00790DB6" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.25 per page)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD60D1" w:rsidRDefault="000117D7" w:rsidP="00AD60D1">
+    <w:p w14:paraId="27B8D1E0" w14:textId="7254CB34" w:rsidR="00AD60D1" w:rsidRPr="00A326C6" w:rsidRDefault="000758C1" w:rsidP="00AD60D1">
       <w:pPr>
         <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C970D9">
-[...39 lines deleted...]
-      <w:r w:rsidR="000758C1" w:rsidRPr="00C970D9">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="Check9"/>
-      <w:r w:rsidR="000758C1" w:rsidRPr="00C970D9">
+      <w:bookmarkStart w:id="17" w:name="Check9"/>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB68E4">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000758C1" w:rsidRPr="00C970D9">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidR="000758C1" w:rsidRPr="00C970D9">
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00385FE5" w:rsidRPr="00C970D9">
+      <w:r w:rsidR="00385FE5" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="00305E47" w:rsidRPr="00C970D9">
+      <w:r w:rsidR="00305E47" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ther</w:t>
       </w:r>
-      <w:r w:rsidR="00385FE5" w:rsidRPr="00C970D9">
+      <w:r w:rsidR="00385FE5" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DA22B6" w:rsidRPr="00C970D9">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00DA22B6" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Copies (</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE788F" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="00DA22B6" w:rsidRPr="00C970D9">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+      <w:r w:rsidR="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA22B6" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.25 per page) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F71AB" w:rsidRPr="00305E47" w:rsidRDefault="00DA22B6" w:rsidP="00AD60D1">
+    <w:p w14:paraId="78583F8F" w14:textId="77777777" w:rsidR="004F71AB" w:rsidRPr="00A326C6" w:rsidRDefault="00DA22B6" w:rsidP="00AD60D1">
       <w:pPr>
         <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C970D9">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Specify: </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="Text15"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:bookmarkStart w:id="18" w:name="Text15"/>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="00305E47" w:rsidRDefault="00385FE5" w:rsidP="00305E47"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00305E47">
+    <w:p w14:paraId="6C8B5233" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37DD551B" w14:textId="77777777" w:rsidR="00305E47" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Method of delivery requ</w:t>
       </w:r>
-      <w:r w:rsidR="00350C89" w:rsidRPr="00305E47">
-[...5 lines deleted...]
-      <w:r w:rsidR="005A0EBF" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="00350C89" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ested:</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0EBF" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0017405D" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="0017405D" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidR="000758C1">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="Check10"/>
-      <w:r w:rsidR="000758C1">
+      <w:bookmarkStart w:id="19" w:name="Check10"/>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB68E4">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000758C1">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-      <w:r w:rsidR="000758C1">
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A0EBF" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="005A0EBF" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00305E47" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="00305E47" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>n person</w:t>
       </w:r>
-      <w:r w:rsidR="000758C1">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000758C1">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="Check11"/>
-      <w:r w:rsidR="000758C1">
+      <w:bookmarkStart w:id="20" w:name="Check11"/>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB68E4">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000758C1">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-      <w:r w:rsidR="000758C1">
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A0EBF" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="005A0EBF" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="00305E47" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="00305E47" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ail</w:t>
       </w:r>
-      <w:r w:rsidR="000758C1">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005A0EBF" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="005A0EBF" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0017405D" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="0017405D" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000758C1">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="Check12"/>
-      <w:r w:rsidR="000758C1">
+      <w:bookmarkStart w:id="21" w:name="Check12"/>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB68E4">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000758C1">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-      <w:r w:rsidR="000758C1">
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> F</w:t>
       </w:r>
-      <w:r w:rsidR="00305E47" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="00305E47" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ax</w:t>
       </w:r>
-      <w:r w:rsidR="000758C1">
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005A0EBF" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="005A0EBF" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0017405D" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="0017405D" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="Check3"/>
-      <w:r w:rsidR="0017405D" w:rsidRPr="00764E2F">
+      <w:bookmarkStart w:id="22" w:name="Check3"/>
+      <w:r w:rsidR="0017405D" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB68E4">
+      <w:r w:rsidR="0017405D" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0017405D" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0017405D" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="0017405D" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-      <w:r w:rsidR="000758C1">
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidR="000758C1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0017405D" w:rsidRPr="00764E2F">
+      <w:r w:rsidR="0017405D" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">E-Mail </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="00305E47" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
-      <w:r w:rsidRPr="00305E47">
+    <w:p w14:paraId="4116B9E9" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00385FE5" w:rsidP="00305E47">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ax number </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="Text16"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:bookmarkStart w:id="23" w:name="Text16"/>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-      <w:r w:rsidR="00305E47">
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidR="00305E47" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00305E47">
+      <w:r w:rsidR="00305E47" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Email </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="Text17"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:bookmarkStart w:id="24" w:name="Text17"/>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w:rsidR="005A0EBF" w:rsidRPr="00305E47" w:rsidRDefault="005A0EBF" w:rsidP="00305E47"/>
-    <w:p w:rsidR="005A0EBF" w:rsidRPr="008A33F4" w:rsidRDefault="005A0EBF" w:rsidP="00475DBC">
+    <w:p w14:paraId="1FE6F5F7" w14:textId="77777777" w:rsidR="005A0EBF" w:rsidRPr="00A326C6" w:rsidRDefault="005A0EBF" w:rsidP="00305E47">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A76C1CB" w14:textId="77777777" w:rsidR="005A0EBF" w:rsidRPr="00A326C6" w:rsidRDefault="005A0EBF" w:rsidP="00475DBC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">The applicant shall be responsible for the costs incurred in </w:t>
       </w:r>
-      <w:r w:rsidR="00953F48" w:rsidRPr="00305E47">
+      <w:r w:rsidR="00953F48" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>fulfilling</w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> this request. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF0D34">
-        <w:rPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enclose a check or money</w:t>
       </w:r>
-      <w:r w:rsidR="00822D52" w:rsidRPr="00EF0D34">
-        <w:rPr>
+      <w:r w:rsidR="00822D52" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> order</w:t>
       </w:r>
-      <w:r w:rsidR="004F71AB" w:rsidRPr="00EF0D34">
-        <w:rPr>
+      <w:r w:rsidR="004F71AB" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF0D34">
-        <w:rPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">payable to the State of Delaware. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00953F48" w:rsidRPr="00305E47" w:rsidRDefault="00953F48" w:rsidP="00475DBC">
+    <w:p w14:paraId="38F58A5F" w14:textId="77777777" w:rsidR="00953F48" w:rsidRPr="00A326C6" w:rsidRDefault="00953F48" w:rsidP="00475DBC">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A0EBF" w:rsidRPr="00305E47" w:rsidRDefault="005A0EBF" w:rsidP="00475DBC">
+    <w:p w14:paraId="3ECA41A4" w14:textId="77777777" w:rsidR="005A0EBF" w:rsidRPr="00A326C6" w:rsidRDefault="005A0EBF" w:rsidP="00475DBC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00475DBC">
-        <w:rPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Requested delivery date:  </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-        <w:rPr>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="Text18"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="25" w:name="Text18"/>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-        <w:rPr>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-        <w:rPr>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidR="00953F48" w:rsidRPr="00305E47">
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidR="00953F48" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00130EFD" w:rsidRPr="00130EFD">
-        <w:rPr>
+      <w:r w:rsidR="00130EFD" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidR="00953F48" w:rsidRPr="00305E47">
-        <w:rPr>
+      <w:r w:rsidR="00953F48" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
-        <w:rPr>
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will attempt to accommodate your request as soon as possible but cannot guarantee that we can provide the information by the requested date.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00305E47" w:rsidRDefault="00305E47" w:rsidP="00475DBC">
+    <w:p w14:paraId="70451654" w14:textId="77777777" w:rsidR="00305E47" w:rsidRPr="00A326C6" w:rsidRDefault="00305E47" w:rsidP="00475DBC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00030AF0" w:rsidRPr="00305E47" w:rsidRDefault="00030AF0" w:rsidP="00305E47">
+    <w:p w14:paraId="257687FB" w14:textId="77777777" w:rsidR="00030AF0" w:rsidRPr="00A326C6" w:rsidRDefault="00030AF0" w:rsidP="00305E47">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385FE5" w:rsidRPr="00305E47" w:rsidRDefault="00305E47" w:rsidP="00475DBC">
+    <w:p w14:paraId="4F4B7E93" w14:textId="77777777" w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidRDefault="00305E47" w:rsidP="00475DBC">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Applicant Signature: ______________________________________ </w:t>
       </w:r>
-      <w:r w:rsidR="005D1384">
+      <w:r w:rsidR="005D1384" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00305E47">
+      <w:r w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Date:  </w:t>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="Text19"/>
-      <w:r w:rsidR="00AD60D1">
+      <w:bookmarkStart w:id="26" w:name="Text19"/>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AD60D1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00AD60D1">
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD60D1" w:rsidRPr="00A326C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:sectPr w:rsidR="00385FE5" w:rsidRPr="00305E47" w:rsidSect="00FE788F">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+    <w:sectPr w:rsidR="00385FE5" w:rsidRPr="00A326C6" w:rsidSect="00FE788F">
+      <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="1152" w:bottom="432" w:left="1296" w:header="720" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00030AF0" w:rsidRDefault="00030AF0" w:rsidP="00030AF0">
+    <w:p w14:paraId="7B3B13B9" w14:textId="77777777" w:rsidR="00030AF0" w:rsidRDefault="00030AF0" w:rsidP="00030AF0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00030AF0" w:rsidRDefault="00030AF0" w:rsidP="00030AF0">
+    <w:p w14:paraId="0FA14FA7" w14:textId="77777777" w:rsidR="00030AF0" w:rsidRDefault="00030AF0" w:rsidP="00030AF0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...10 lines deleted...]
-  <w:p w:rsidR="00030AF0" w:rsidRPr="00030AF0" w:rsidRDefault="00030AF0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4E7AB990" w14:textId="39E428AD" w:rsidR="00030AF0" w:rsidRPr="00030AF0" w:rsidRDefault="00030AF0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00030AF0">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>MISC FORM 35 (Rev</w:t>
     </w:r>
     <w:r w:rsidR="00B82CA4">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 10/13/17</w:t>
+      <w:t xml:space="preserve"> 10/</w:t>
+    </w:r>
+    <w:r w:rsidR="00790DB6">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>29</w:t>
+    </w:r>
+    <w:r w:rsidR="00B82CA4">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00790DB6">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>25</w:t>
     </w:r>
     <w:r w:rsidRPr="00030AF0">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00030AF0" w:rsidRDefault="00030AF0">
-[...9 lines deleted...]
-  <w:p w:rsidR="007F64F7" w:rsidRDefault="007F64F7">
+  <w:p w14:paraId="552DAC24" w14:textId="77777777" w:rsidR="00030AF0" w:rsidRDefault="00030AF0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00030AF0" w:rsidRDefault="00030AF0" w:rsidP="00030AF0">
+    <w:p w14:paraId="26EF0A9E" w14:textId="77777777" w:rsidR="00030AF0" w:rsidRDefault="00030AF0" w:rsidP="00030AF0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00030AF0" w:rsidRDefault="00030AF0" w:rsidP="00030AF0">
+    <w:p w14:paraId="61232C9F" w14:textId="77777777" w:rsidR="00030AF0" w:rsidRDefault="00030AF0" w:rsidP="00030AF0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="22529"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00385FE5"/>
     <w:rsid w:val="000117D7"/>
     <w:rsid w:val="00030AF0"/>
     <w:rsid w:val="0005253F"/>
     <w:rsid w:val="00073362"/>
     <w:rsid w:val="000758C1"/>
     <w:rsid w:val="000D77C4"/>
     <w:rsid w:val="00130EFD"/>
     <w:rsid w:val="001357BD"/>
     <w:rsid w:val="001373E9"/>
     <w:rsid w:val="0017405D"/>
     <w:rsid w:val="002258B6"/>
     <w:rsid w:val="002A3D1E"/>
+    <w:rsid w:val="002E0FD5"/>
     <w:rsid w:val="00305E47"/>
     <w:rsid w:val="00350C89"/>
     <w:rsid w:val="00372B07"/>
     <w:rsid w:val="00385FE5"/>
     <w:rsid w:val="00391F39"/>
     <w:rsid w:val="00394465"/>
+    <w:rsid w:val="003A41CF"/>
     <w:rsid w:val="003D5CBA"/>
     <w:rsid w:val="003F452D"/>
     <w:rsid w:val="00447717"/>
     <w:rsid w:val="00465FF9"/>
     <w:rsid w:val="00475DBC"/>
     <w:rsid w:val="004E7DBB"/>
     <w:rsid w:val="004F71AB"/>
     <w:rsid w:val="00593DFC"/>
     <w:rsid w:val="005A0EBF"/>
     <w:rsid w:val="005D1384"/>
+    <w:rsid w:val="005D71A0"/>
     <w:rsid w:val="006167CE"/>
     <w:rsid w:val="00654E1E"/>
     <w:rsid w:val="006A7368"/>
     <w:rsid w:val="006C6039"/>
     <w:rsid w:val="006F131F"/>
     <w:rsid w:val="007218E1"/>
     <w:rsid w:val="0075475B"/>
     <w:rsid w:val="0075488B"/>
     <w:rsid w:val="00764E2F"/>
+    <w:rsid w:val="00790DB6"/>
     <w:rsid w:val="007C12BC"/>
     <w:rsid w:val="007C3D05"/>
     <w:rsid w:val="007F64F7"/>
     <w:rsid w:val="00822D52"/>
     <w:rsid w:val="00885EC5"/>
     <w:rsid w:val="008A33F4"/>
     <w:rsid w:val="008A5AA9"/>
+    <w:rsid w:val="0090332A"/>
     <w:rsid w:val="00904FEE"/>
     <w:rsid w:val="00953F48"/>
+    <w:rsid w:val="00A326C6"/>
     <w:rsid w:val="00A47CE2"/>
     <w:rsid w:val="00A5220D"/>
     <w:rsid w:val="00A92230"/>
     <w:rsid w:val="00AD60D1"/>
     <w:rsid w:val="00AE2D54"/>
     <w:rsid w:val="00AE6F81"/>
     <w:rsid w:val="00B04273"/>
     <w:rsid w:val="00B82CA4"/>
     <w:rsid w:val="00C970D9"/>
     <w:rsid w:val="00CA01F0"/>
     <w:rsid w:val="00DA22B6"/>
     <w:rsid w:val="00E02DC6"/>
     <w:rsid w:val="00E668BE"/>
     <w:rsid w:val="00EF0D34"/>
     <w:rsid w:val="00F07915"/>
     <w:rsid w:val="00F638FC"/>
     <w:rsid w:val="00FE788F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="22529"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0F3AF109"/>
+  <w14:docId w14:val="469D08B4"/>
   <w15:docId w15:val="{4F26469F-C588-4569-A30F-71573DEA0038}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2749,50 +4690,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00385FE5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -2873,58 +4819,58 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00593DFC"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00593DFC"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3170,69 +5116,69 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>358</Words>
-  <Characters>2044</Characters>
+  <Words>273</Words>
+  <Characters>2092</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>52</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2398</CharactersWithSpaces>
+  <CharactersWithSpaces>2337</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Henson, Kimberly M (Courts)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>