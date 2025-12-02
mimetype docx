--- v0 (2025-10-09)
+++ v1 (2025-12-02)
@@ -147,782 +147,740 @@
           </w:tcPr>
           <w:p w14:paraId="6CE6D1E8" w14:textId="2AF02B08" w:rsidR="00EF7B18" w:rsidRPr="00604341" w:rsidRDefault="00EF7B18" w:rsidP="00604341">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604341">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Judicial Assistant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074385D" w14:paraId="4DDE4433" w14:textId="77777777" w:rsidTr="00690C0C">
+      <w:tr w:rsidR="00CB09BA" w14:paraId="4DDE4433" w14:textId="77777777" w:rsidTr="00690C0C">
         <w:trPr>
           <w:trHeight w:val="1054"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="695E07B5" w14:textId="7121C37A" w:rsidR="0074385D" w:rsidRPr="00EF7B18" w:rsidRDefault="0074385D" w:rsidP="0074385D">
+          <w:p w14:paraId="695E07B5" w14:textId="09DB8044" w:rsidR="00CB09BA" w:rsidRPr="00EF7B18" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1575"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
-              <w:t>Sept 15</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0074385D">
+              <w:t>Nov 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB09BA">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – 19</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0074385D">
+              <w:t xml:space="preserve"> – 14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB09BA">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="575AA004" w14:textId="53D11199" w:rsidR="0074385D" w:rsidRPr="00EF7B18" w:rsidRDefault="0074385D" w:rsidP="0074385D">
-[...9 lines deleted...]
-              <w:t>Chief Judge Carl C. Danberg</w:t>
+          <w:p w14:paraId="575AA004" w14:textId="7A5890A4" w:rsidR="00CB09BA" w:rsidRPr="00EF7B18" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Commissioner Emily Ferrell</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="200031E6" w14:textId="77777777" w:rsidR="0074385D" w:rsidRDefault="0074385D" w:rsidP="0074385D">
-[...39 lines deleted...]
-            </w:hyperlink>
+          <w:p w14:paraId="6B573A07" w14:textId="77777777" w:rsidR="00CB09BA" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AB99D8F" w14:textId="0C5A0BCB" w:rsidR="00CB09BA" w:rsidRPr="00EF7B18" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>N/A – Please contact directly.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074385D" w14:paraId="3A08339F" w14:textId="77777777" w:rsidTr="00690C0C">
+      <w:tr w:rsidR="00CB09BA" w14:paraId="3A08339F" w14:textId="77777777" w:rsidTr="00690C0C">
         <w:trPr>
           <w:trHeight w:val="1027"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62EB3CC8" w14:textId="0439668B" w:rsidR="0074385D" w:rsidRPr="00EF7B18" w:rsidRDefault="0074385D" w:rsidP="0074385D">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="0074385D">
+          <w:p w14:paraId="62EB3CC8" w14:textId="363D6FF6" w:rsidR="00CB09BA" w:rsidRPr="00EF7B18" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Nov 17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB09BA">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>nd</w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0074385D">
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB09BA">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>th</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">                </w:t>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75879FD7" w14:textId="7440F854" w:rsidR="0074385D" w:rsidRPr="00EF7B18" w:rsidRDefault="0074385D" w:rsidP="0074385D">
-[...9 lines deleted...]
-              <w:t>Commissioner Emily Ferrell</w:t>
+          <w:p w14:paraId="75879FD7" w14:textId="7B1293C4" w:rsidR="00CB09BA" w:rsidRPr="00EF7B18" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Judge Gerard M. Spadaccini</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05F7F8D7" w14:textId="77777777" w:rsidR="0074385D" w:rsidRDefault="0074385D" w:rsidP="0074385D">
-[...118 lines deleted...]
-          <w:p w14:paraId="5DAA83F8" w14:textId="77777777" w:rsidR="0074385D" w:rsidRDefault="0074385D" w:rsidP="0074385D">
+          <w:p w14:paraId="46BA8C7E" w14:textId="77777777" w:rsidR="00CB09BA" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Wendy Fontello</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DACA59F" w14:textId="77777777" w:rsidR="00CB09BA" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="005830DE">
+            <w:r w:rsidRPr="00D673F1">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>302</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="005830DE">
-[...76 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00D673F1">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002700CA">
-[...71 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="005C4737">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>255-0854</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13AE81C7" w14:textId="42B7745B" w:rsidR="002700CA" w:rsidRDefault="002700CA" w:rsidP="002700CA">
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+          <w:p w14:paraId="6F0BFD7A" w14:textId="635ABB85" w:rsidR="00CB09BA" w:rsidRPr="00EF7B18" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:history="1">
               <w:r w:rsidRPr="00467B8B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 </w:rPr>
                 <w:t>W</w:t>
               </w:r>
               <w:r w:rsidRPr="00467B8B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>endy.Fontello@delaware.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB09BA" w14:paraId="0D9585A2" w14:textId="77777777" w:rsidTr="00690C0C">
+        <w:trPr>
+          <w:trHeight w:val="1000"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67B12FCE" w14:textId="00EC6A85" w:rsidR="00CB09BA" w:rsidRPr="00DD5437" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Nov 24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB09BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB09BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1383D1E6" w14:textId="116EF019" w:rsidR="00CB09BA" w:rsidRPr="00EF7B18" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Chief Judge Carl C. Danberg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B5D1694" w14:textId="77777777" w:rsidR="00CB09BA" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Colleen Rapposelli</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D37DA86" w14:textId="77777777" w:rsidR="00CB09BA" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>(302) 255-0860</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="431812C9" w14:textId="32C70758" w:rsidR="00CB09BA" w:rsidRPr="00EF7B18" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidRPr="008F40C5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                </w:rPr>
+                <w:t>colleen.rapposelli@delaware.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054265E" w14:paraId="28B571E8" w14:textId="77777777" w:rsidTr="00690C0C">
+        <w:trPr>
+          <w:trHeight w:val="1000"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F90E98" w14:textId="07803CA2" w:rsidR="0054265E" w:rsidRPr="00DD5437" w:rsidRDefault="0054265E" w:rsidP="0054265E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Dec 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB09BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB09BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB1BD0D" w14:textId="7FFFA3C5" w:rsidR="0054265E" w:rsidRDefault="0054265E" w:rsidP="0054265E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Judge Jordan Perry</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3AACD0" w14:textId="77777777" w:rsidR="0054265E" w:rsidRDefault="0054265E" w:rsidP="0054265E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Karin Smallwood</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F045EF0" w14:textId="77777777" w:rsidR="0054265E" w:rsidRDefault="0054265E" w:rsidP="0054265E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>(302) 255-0858</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13AE81C7" w14:textId="05BAD995" w:rsidR="0054265E" w:rsidRDefault="0054265E" w:rsidP="0054265E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidRPr="00B10110">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Karin.Smallwood@delaware.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="67DABDA0" w14:textId="77777777" w:rsidR="00EF7B18" w:rsidRPr="00EF7B18" w:rsidRDefault="00EF7B18">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EF7B18" w:rsidRPr="00EF7B18" w:rsidSect="005D50D3">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CDE64B8" w14:textId="77777777" w:rsidR="00F45918" w:rsidRDefault="00F45918" w:rsidP="00604341">
+    <w:p w14:paraId="7284D2BE" w14:textId="77777777" w:rsidR="00A11B92" w:rsidRDefault="00A11B92" w:rsidP="00604341">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D66213C" w14:textId="77777777" w:rsidR="00F45918" w:rsidRDefault="00F45918" w:rsidP="00604341">
+    <w:p w14:paraId="48277D20" w14:textId="77777777" w:rsidR="00A11B92" w:rsidRDefault="00A11B92" w:rsidP="00604341">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato">
     <w:altName w:val="Lato"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="293549EA" w14:textId="77777777" w:rsidR="00F45918" w:rsidRDefault="00F45918" w:rsidP="00604341">
+    <w:p w14:paraId="6BF12333" w14:textId="77777777" w:rsidR="00A11B92" w:rsidRDefault="00A11B92" w:rsidP="00604341">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CBCDB2A" w14:textId="77777777" w:rsidR="00F45918" w:rsidRDefault="00F45918" w:rsidP="00604341">
+    <w:p w14:paraId="63EE7071" w14:textId="77777777" w:rsidR="00A11B92" w:rsidRDefault="00A11B92" w:rsidP="00604341">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF7B18"/>
     <w:rsid w:val="0001796B"/>
     <w:rsid w:val="00032620"/>
     <w:rsid w:val="000421FB"/>
     <w:rsid w:val="00045ED2"/>
     <w:rsid w:val="00086638"/>
     <w:rsid w:val="000878F1"/>
     <w:rsid w:val="00093781"/>
     <w:rsid w:val="000A439E"/>
     <w:rsid w:val="000C0F35"/>
     <w:rsid w:val="000D6B6F"/>
     <w:rsid w:val="001362FD"/>
     <w:rsid w:val="00153AA9"/>
     <w:rsid w:val="00156C35"/>
     <w:rsid w:val="001651D8"/>
     <w:rsid w:val="001D4026"/>
+    <w:rsid w:val="001F2C7A"/>
     <w:rsid w:val="002332F0"/>
     <w:rsid w:val="00235C0F"/>
     <w:rsid w:val="002700CA"/>
     <w:rsid w:val="00295F47"/>
     <w:rsid w:val="002F3821"/>
     <w:rsid w:val="00304FD5"/>
     <w:rsid w:val="003420E6"/>
     <w:rsid w:val="003432EA"/>
     <w:rsid w:val="00345781"/>
     <w:rsid w:val="003476AE"/>
     <w:rsid w:val="00352305"/>
+    <w:rsid w:val="00362181"/>
     <w:rsid w:val="0037517D"/>
     <w:rsid w:val="00376F85"/>
     <w:rsid w:val="003867C7"/>
     <w:rsid w:val="003B3D4A"/>
     <w:rsid w:val="004117EE"/>
     <w:rsid w:val="0044384A"/>
     <w:rsid w:val="004716A4"/>
     <w:rsid w:val="00482FB9"/>
     <w:rsid w:val="004B17F3"/>
     <w:rsid w:val="004D1FB1"/>
     <w:rsid w:val="004F58EB"/>
     <w:rsid w:val="00510C68"/>
     <w:rsid w:val="00522735"/>
     <w:rsid w:val="00524126"/>
     <w:rsid w:val="00527BE8"/>
+    <w:rsid w:val="0054265E"/>
     <w:rsid w:val="00577327"/>
     <w:rsid w:val="00595F87"/>
     <w:rsid w:val="005A3710"/>
     <w:rsid w:val="005A7C1B"/>
     <w:rsid w:val="005B7223"/>
     <w:rsid w:val="005C7A1F"/>
     <w:rsid w:val="005D50D3"/>
     <w:rsid w:val="005E082A"/>
     <w:rsid w:val="005E5DAD"/>
     <w:rsid w:val="00604341"/>
     <w:rsid w:val="006079B9"/>
     <w:rsid w:val="00612F66"/>
     <w:rsid w:val="00640FDB"/>
     <w:rsid w:val="00642E1F"/>
     <w:rsid w:val="00652A94"/>
     <w:rsid w:val="0068407B"/>
     <w:rsid w:val="00690C0C"/>
     <w:rsid w:val="00695810"/>
     <w:rsid w:val="006A2DC7"/>
     <w:rsid w:val="006C5F3D"/>
     <w:rsid w:val="006D327E"/>
     <w:rsid w:val="0071001B"/>
     <w:rsid w:val="0072263F"/>
     <w:rsid w:val="0074385D"/>
     <w:rsid w:val="00760725"/>
     <w:rsid w:val="00760F67"/>
     <w:rsid w:val="007B0A0B"/>
     <w:rsid w:val="007D0456"/>
     <w:rsid w:val="00806566"/>
     <w:rsid w:val="00830637"/>
     <w:rsid w:val="00833130"/>
     <w:rsid w:val="008476A9"/>
     <w:rsid w:val="008970D7"/>
     <w:rsid w:val="00900284"/>
     <w:rsid w:val="00967349"/>
+    <w:rsid w:val="00973CDE"/>
     <w:rsid w:val="009776A6"/>
     <w:rsid w:val="00985367"/>
+    <w:rsid w:val="00994B08"/>
     <w:rsid w:val="009A2E98"/>
     <w:rsid w:val="009B18CC"/>
     <w:rsid w:val="009B2733"/>
     <w:rsid w:val="009B44E9"/>
+    <w:rsid w:val="00A11B92"/>
     <w:rsid w:val="00A24C4D"/>
     <w:rsid w:val="00A6002A"/>
     <w:rsid w:val="00A60AD6"/>
     <w:rsid w:val="00A8433C"/>
     <w:rsid w:val="00AD6747"/>
     <w:rsid w:val="00AE2935"/>
     <w:rsid w:val="00AF0670"/>
     <w:rsid w:val="00AF715A"/>
     <w:rsid w:val="00AF7202"/>
     <w:rsid w:val="00B0390F"/>
     <w:rsid w:val="00B84002"/>
     <w:rsid w:val="00BC4065"/>
     <w:rsid w:val="00BC7EDA"/>
     <w:rsid w:val="00C13D21"/>
     <w:rsid w:val="00C1603C"/>
     <w:rsid w:val="00C41E85"/>
+    <w:rsid w:val="00C4418D"/>
+    <w:rsid w:val="00CB09BA"/>
     <w:rsid w:val="00CB6BF4"/>
     <w:rsid w:val="00CC3490"/>
+    <w:rsid w:val="00CC4AC8"/>
     <w:rsid w:val="00CF076C"/>
     <w:rsid w:val="00D62AF5"/>
     <w:rsid w:val="00D95D35"/>
     <w:rsid w:val="00DB2ECD"/>
     <w:rsid w:val="00DC367D"/>
     <w:rsid w:val="00DD34A3"/>
     <w:rsid w:val="00DD5437"/>
     <w:rsid w:val="00DE7487"/>
     <w:rsid w:val="00DF1150"/>
     <w:rsid w:val="00DF4168"/>
     <w:rsid w:val="00DF7282"/>
     <w:rsid w:val="00E01B06"/>
     <w:rsid w:val="00E5173B"/>
     <w:rsid w:val="00E62278"/>
     <w:rsid w:val="00E77B42"/>
     <w:rsid w:val="00E85D8B"/>
     <w:rsid w:val="00EB3666"/>
     <w:rsid w:val="00EF7B18"/>
     <w:rsid w:val="00F45918"/>
     <w:rsid w:val="00FD56FD"/>
     <w:rsid w:val="00FE4577"/>
     <w:rsid w:val="00FF04C7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -1445,51 +1403,51 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00604341"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Wendy.Fontello@delaware.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Erica.Crumpler@delaware.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:colleen.rapposelli@delaware.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Karin.Smallwood@delaware.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:colleen.rapposelli@delaware.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Wendy.Fontello@delaware.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1748,70 +1706,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>105</Words>
-  <Characters>602</Characters>
+  <Words>103</Words>
+  <Characters>592</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Judicial Information Center</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>706</CharactersWithSpaces>
+  <CharactersWithSpaces>694</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Frame, Whitney (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>