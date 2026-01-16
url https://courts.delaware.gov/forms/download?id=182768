--- v1 (2025-12-02)
+++ v2 (2026-01-16)
@@ -147,645 +147,708 @@
           </w:tcPr>
           <w:p w14:paraId="6CE6D1E8" w14:textId="2AF02B08" w:rsidR="00EF7B18" w:rsidRPr="00604341" w:rsidRDefault="00EF7B18" w:rsidP="00604341">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00604341">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Judicial Assistant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB09BA" w14:paraId="4DDE4433" w14:textId="77777777" w:rsidTr="00690C0C">
+      <w:tr w:rsidR="001A52ED" w14:paraId="4DDE4433" w14:textId="77777777" w:rsidTr="00690C0C">
         <w:trPr>
           <w:trHeight w:val="1054"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="695E07B5" w14:textId="09DB8044" w:rsidR="00CB09BA" w:rsidRPr="00EF7B18" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+          <w:p w14:paraId="695E07B5" w14:textId="354018FF" w:rsidR="001A52ED" w:rsidRPr="00EF7B18" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1575"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
-              <w:t>Nov 10</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CB09BA">
+              <w:t>Jan 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A52ED">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – 14</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CB09BA">
+              <w:t xml:space="preserve"> – 9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A52ED">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
-            </w:r>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="575AA004" w14:textId="7A5890A4" w:rsidR="00CB09BA" w:rsidRPr="00EF7B18" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
-[...9 lines deleted...]
-              <w:t>Commissioner Emily Ferrell</w:t>
+          <w:p w14:paraId="575AA004" w14:textId="1F6DDF5D" w:rsidR="001A52ED" w:rsidRPr="00EF7B18" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Chief Judge Carl C. Danberg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B573A07" w14:textId="77777777" w:rsidR="00CB09BA" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="17A01EB1" w14:textId="77777777" w:rsidR="001A52ED" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Colleen Rapposelli</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74C61FD9" w14:textId="77777777" w:rsidR="001A52ED" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>(302) 255-0860</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AB99D8F" w14:textId="6FC0C6D5" w:rsidR="001A52ED" w:rsidRPr="00EF7B18" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidRPr="008F40C5">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                </w:rPr>
+                <w:t>colleen.rapposelli@delaware.gov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB09BA" w14:paraId="3A08339F" w14:textId="77777777" w:rsidTr="00690C0C">
+      <w:tr w:rsidR="001A52ED" w14:paraId="3A08339F" w14:textId="77777777" w:rsidTr="00690C0C">
         <w:trPr>
           <w:trHeight w:val="1027"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62EB3CC8" w14:textId="363D6FF6" w:rsidR="00CB09BA" w:rsidRPr="00EF7B18" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00CB09BA">
+          <w:p w14:paraId="62EB3CC8" w14:textId="6A132A02" w:rsidR="001A52ED" w:rsidRPr="00EF7B18" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Jan 12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A52ED">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – 21</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CB09BA">
+              <w:t xml:space="preserve"> – 16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A52ED">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>st</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">                  </w:t>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75879FD7" w14:textId="7B1293C4" w:rsidR="00CB09BA" w:rsidRPr="00EF7B18" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
-[...10 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5B568DBD" w14:textId="77777777" w:rsidR="001A52ED" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Judge Katherine Mayer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22888592" w14:textId="77777777" w:rsidR="001A52ED" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75879FD7" w14:textId="7459BB10" w:rsidR="001A52ED" w:rsidRPr="00EF7B18" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46BA8C7E" w14:textId="77777777" w:rsidR="00CB09BA" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+          <w:p w14:paraId="6A78F9D1" w14:textId="77777777" w:rsidR="001A52ED" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Erica Crumpler</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E14C794" w14:textId="77777777" w:rsidR="001A52ED" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005830DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>302</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005830DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 255</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005830DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>2673</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F0BFD7A" w14:textId="3E394DE2" w:rsidR="001A52ED" w:rsidRPr="00EF7B18" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidRPr="00AF01BC">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                </w:rPr>
+                <w:t>Erica.Crumpler@delaware.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A52ED" w14:paraId="0D9585A2" w14:textId="77777777" w:rsidTr="00690C0C">
+        <w:trPr>
+          <w:trHeight w:val="1000"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67B12FCE" w14:textId="769C5EBD" w:rsidR="001A52ED" w:rsidRPr="00DD5437" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Jan 19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A52ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A52ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>rd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1383D1E6" w14:textId="37EEF88B" w:rsidR="001A52ED" w:rsidRPr="00EF7B18" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Judge Jordan Perry</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C1B0FB" w14:textId="77777777" w:rsidR="001A52ED" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Karin Smallwood</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52AF67C5" w14:textId="77777777" w:rsidR="001A52ED" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>(302) 255-0858</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="431812C9" w14:textId="2E2CE18F" w:rsidR="001A52ED" w:rsidRPr="00EF7B18" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidRPr="00B10110">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Karin.Smallwood@delaware.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A52ED" w14:paraId="28B571E8" w14:textId="77777777" w:rsidTr="00690C0C">
+        <w:trPr>
+          <w:trHeight w:val="1000"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F90E98" w14:textId="0B361512" w:rsidR="001A52ED" w:rsidRPr="00DD5437" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Jan 26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A52ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A52ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB1BD0D" w14:textId="6CD6E895" w:rsidR="001A52ED" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+              <w:t>Judge Gerard M. Spadaccini</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA59EBC" w14:textId="77777777" w:rsidR="001A52ED" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>Wendy Fontello</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DACA59F" w14:textId="77777777" w:rsidR="00CB09BA" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
+          <w:p w14:paraId="6BC7367C" w14:textId="77777777" w:rsidR="001A52ED" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00D673F1">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>302</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00D673F1">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C4737">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
               <w:t>255-0854</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F0BFD7A" w14:textId="635ABB85" w:rsidR="00CB09BA" w:rsidRPr="00EF7B18" w:rsidRDefault="00CB09BA" w:rsidP="00CB09BA">
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId6" w:history="1">
+          <w:p w14:paraId="13AE81C7" w14:textId="548228FC" w:rsidR="001A52ED" w:rsidRDefault="001A52ED" w:rsidP="001A52ED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="00467B8B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 </w:rPr>
                 <w:t>W</w:t>
               </w:r>
               <w:r w:rsidRPr="00467B8B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>endy.Fontello@delaware.gov</w:t>
-              </w:r>
-[...225 lines deleted...]
-                <w:t>Karin.Smallwood@delaware.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="67DABDA0" w14:textId="77777777" w:rsidR="00EF7B18" w:rsidRPr="00EF7B18" w:rsidRDefault="00EF7B18">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EF7B18" w:rsidRPr="00EF7B18" w:rsidSect="005D50D3">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7284D2BE" w14:textId="77777777" w:rsidR="00A11B92" w:rsidRDefault="00A11B92" w:rsidP="00604341">
+    <w:p w14:paraId="7B39E925" w14:textId="77777777" w:rsidR="0090091F" w:rsidRDefault="0090091F" w:rsidP="00604341">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48277D20" w14:textId="77777777" w:rsidR="00A11B92" w:rsidRDefault="00A11B92" w:rsidP="00604341">
+    <w:p w14:paraId="082C70B2" w14:textId="77777777" w:rsidR="0090091F" w:rsidRDefault="0090091F" w:rsidP="00604341">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato">
     <w:altName w:val="Lato"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BF12333" w14:textId="77777777" w:rsidR="00A11B92" w:rsidRDefault="00A11B92" w:rsidP="00604341">
+    <w:p w14:paraId="21351780" w14:textId="77777777" w:rsidR="0090091F" w:rsidRDefault="0090091F" w:rsidP="00604341">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63EE7071" w14:textId="77777777" w:rsidR="00A11B92" w:rsidRDefault="00A11B92" w:rsidP="00604341">
+    <w:p w14:paraId="23F8B964" w14:textId="77777777" w:rsidR="0090091F" w:rsidRDefault="0090091F" w:rsidP="00604341">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF7B18"/>
     <w:rsid w:val="0001796B"/>
     <w:rsid w:val="00032620"/>
     <w:rsid w:val="000421FB"/>
     <w:rsid w:val="00045ED2"/>
+    <w:rsid w:val="00061D86"/>
     <w:rsid w:val="00086638"/>
     <w:rsid w:val="000878F1"/>
     <w:rsid w:val="00093781"/>
     <w:rsid w:val="000A439E"/>
     <w:rsid w:val="000C0F35"/>
+    <w:rsid w:val="000C7370"/>
     <w:rsid w:val="000D6B6F"/>
     <w:rsid w:val="001362FD"/>
     <w:rsid w:val="00153AA9"/>
     <w:rsid w:val="00156C35"/>
     <w:rsid w:val="001651D8"/>
+    <w:rsid w:val="001A52ED"/>
     <w:rsid w:val="001D4026"/>
     <w:rsid w:val="001F2C7A"/>
     <w:rsid w:val="002332F0"/>
     <w:rsid w:val="00235C0F"/>
     <w:rsid w:val="002700CA"/>
     <w:rsid w:val="00295F47"/>
     <w:rsid w:val="002F3821"/>
     <w:rsid w:val="00304FD5"/>
     <w:rsid w:val="003420E6"/>
     <w:rsid w:val="003432EA"/>
     <w:rsid w:val="00345781"/>
     <w:rsid w:val="003476AE"/>
     <w:rsid w:val="00352305"/>
     <w:rsid w:val="00362181"/>
     <w:rsid w:val="0037517D"/>
     <w:rsid w:val="00376F85"/>
     <w:rsid w:val="003867C7"/>
     <w:rsid w:val="003B3D4A"/>
     <w:rsid w:val="004117EE"/>
     <w:rsid w:val="0044384A"/>
     <w:rsid w:val="004716A4"/>
     <w:rsid w:val="00482FB9"/>
     <w:rsid w:val="004B17F3"/>
     <w:rsid w:val="004D1FB1"/>
     <w:rsid w:val="004F58EB"/>
@@ -805,64 +868,67 @@
     <w:rsid w:val="005E5DAD"/>
     <w:rsid w:val="00604341"/>
     <w:rsid w:val="006079B9"/>
     <w:rsid w:val="00612F66"/>
     <w:rsid w:val="00640FDB"/>
     <w:rsid w:val="00642E1F"/>
     <w:rsid w:val="00652A94"/>
     <w:rsid w:val="0068407B"/>
     <w:rsid w:val="00690C0C"/>
     <w:rsid w:val="00695810"/>
     <w:rsid w:val="006A2DC7"/>
     <w:rsid w:val="006C5F3D"/>
     <w:rsid w:val="006D327E"/>
     <w:rsid w:val="0071001B"/>
     <w:rsid w:val="0072263F"/>
     <w:rsid w:val="0074385D"/>
     <w:rsid w:val="00760725"/>
     <w:rsid w:val="00760F67"/>
     <w:rsid w:val="007B0A0B"/>
     <w:rsid w:val="007D0456"/>
     <w:rsid w:val="00806566"/>
     <w:rsid w:val="00830637"/>
     <w:rsid w:val="00833130"/>
     <w:rsid w:val="008476A9"/>
     <w:rsid w:val="008970D7"/>
+    <w:rsid w:val="008A40AB"/>
     <w:rsid w:val="00900284"/>
+    <w:rsid w:val="0090091F"/>
     <w:rsid w:val="00967349"/>
     <w:rsid w:val="00973CDE"/>
     <w:rsid w:val="009776A6"/>
     <w:rsid w:val="00985367"/>
     <w:rsid w:val="00994B08"/>
     <w:rsid w:val="009A2E98"/>
     <w:rsid w:val="009B18CC"/>
     <w:rsid w:val="009B2733"/>
     <w:rsid w:val="009B44E9"/>
     <w:rsid w:val="00A11B92"/>
     <w:rsid w:val="00A24C4D"/>
     <w:rsid w:val="00A6002A"/>
     <w:rsid w:val="00A60AD6"/>
+    <w:rsid w:val="00A774D5"/>
     <w:rsid w:val="00A8433C"/>
     <w:rsid w:val="00AD6747"/>
     <w:rsid w:val="00AE2935"/>
     <w:rsid w:val="00AF0670"/>
     <w:rsid w:val="00AF715A"/>
     <w:rsid w:val="00AF7202"/>
     <w:rsid w:val="00B0390F"/>
     <w:rsid w:val="00B84002"/>
     <w:rsid w:val="00BC4065"/>
     <w:rsid w:val="00BC7EDA"/>
     <w:rsid w:val="00C13D21"/>
     <w:rsid w:val="00C1603C"/>
     <w:rsid w:val="00C41E85"/>
     <w:rsid w:val="00C4418D"/>
     <w:rsid w:val="00CB09BA"/>
     <w:rsid w:val="00CB6BF4"/>
     <w:rsid w:val="00CC3490"/>
     <w:rsid w:val="00CC4AC8"/>
     <w:rsid w:val="00CF076C"/>
     <w:rsid w:val="00D62AF5"/>
     <w:rsid w:val="00D95D35"/>
     <w:rsid w:val="00DB2ECD"/>
     <w:rsid w:val="00DC367D"/>
     <w:rsid w:val="00DD34A3"/>
     <w:rsid w:val="00DD5437"/>
@@ -1403,51 +1469,51 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00604341"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Karin.Smallwood@delaware.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:colleen.rapposelli@delaware.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Wendy.Fontello@delaware.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Karin.Smallwood@delaware.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Erica.Crumpler@delaware.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:colleen.rapposelli@delaware.gov" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Wendy.Fontello@delaware.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1703,73 +1769,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>103</Words>
-  <Characters>592</Characters>
+  <Words>109</Words>
+  <Characters>625</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Judicial Information Center</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>694</CharactersWithSpaces>
+  <CharactersWithSpaces>733</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Frame, Whitney (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>