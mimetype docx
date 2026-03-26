--- v0 (2025-10-22)
+++ v1 (2026-03-26)
@@ -1,97 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="213704F7" w14:textId="77777777" w:rsidR="004D5ACF" w:rsidRDefault="00DD69C2">
       <w:pPr>
         <w:ind w:left="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1812F2FF" wp14:editId="2A00CD12">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1812F2FF" wp14:editId="3042C709">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2836545</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-223520</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1152525" cy="1152525"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="2" name="Picture 2"/>
+            <wp:docPr id="2" name="Picture 2">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="2" name="Picture 2">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1152525" cy="1152525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -109,301 +117,303 @@
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="004D5ACF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">The Family Court of the State of </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
         <w:r w:rsidR="004D5ACF">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="40"/>
           </w:rPr>
           <w:t>Delaware</w:t>
         </w:r>
       </w:smartTag>
     </w:p>
-    <w:p w14:paraId="56C64EB9" w14:textId="77777777" w:rsidR="004D5ACF" w:rsidRDefault="004D5ACF">
+    <w:p w14:paraId="56C64EB9" w14:textId="7C44412D" w:rsidR="004D5ACF" w:rsidRDefault="004D5ACF" w:rsidP="00072825">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In and For </w:t>
+        <w:t xml:space="preserve">In and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Check1"/>
+      <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB174A">
-[...5 lines deleted...]
-      <w:r w:rsidR="00DB174A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB174A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Castle </w:t>
-[...6 lines deleted...]
-        <w:t>County</w:t>
+        <w:t>Castle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Check2"/>
+      <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB174A">
-[...5 lines deleted...]
-      <w:r w:rsidR="00DB174A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB174A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Kent </w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t>County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Check3"/>
+      <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB174A">
-[...5 lines deleted...]
-      <w:r w:rsidR="00DB174A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C6E4A1" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00ED5BA1" w:rsidRDefault="00B05A1F">
+    <w:p w14:paraId="10C6E4A1" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00ED5BA1" w:rsidRDefault="00B05A1F" w:rsidP="00072825">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="393DAAAA" w14:textId="77777777" w:rsidR="00D85728" w:rsidRDefault="00400CDF" w:rsidP="00765E85">
+    <w:p w14:paraId="393DAAAA" w14:textId="77777777" w:rsidR="00D85728" w:rsidRDefault="00400CDF" w:rsidP="00072825">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="0"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>PETITION – RULE TO SHOW CAUSE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="726EACDE" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRDefault="00F02E22" w:rsidP="00F02E22">
+    <w:p w14:paraId="726EACDE" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRDefault="00F02E22" w:rsidP="00072825">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="0" w:after="0"/>
+        <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Petitioner</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -467,6321 +477,6844 @@
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10710" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4493"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="4228"/>
-        <w:gridCol w:w="180"/>
-        <w:gridCol w:w="1719"/>
+        <w:gridCol w:w="94"/>
+        <w:gridCol w:w="1805"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F02E22" w14:paraId="2E791F7D" w14:textId="77777777" w:rsidTr="00FF4984">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="2E791F7D" w14:textId="77777777" w:rsidTr="00072825">
         <w:trPr>
-          <w:trHeight w:val="170"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AEAC2BA" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22" w:rsidP="005A4E49">
-[...11 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="1AEAC2BA" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B3D19A2" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22" w:rsidP="005A4E49">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="3B3D19A2" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="320D414E" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="005A4E49" w:rsidP="005A4E49">
-[...11 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="320D414E" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="005A4E49" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="00F02E22" w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="00F02E22" w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="418F24ED" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...10 lines deleted...]
-            <w:tcW w:w="1720" w:type="dxa"/>
+          <w:p w14:paraId="418F24ED" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B887EE7" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-            <w:pPr>
+          <w:p w14:paraId="2B887EE7" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>File Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w14:paraId="2C2EC1FF" w14:textId="77777777" w:rsidTr="00FF4984">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="2C2EC1FF" w14:textId="77777777" w:rsidTr="00072825">
         <w:trPr>
-          <w:trHeight w:val="237"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77B9C165" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...12 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="77B9C165" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="Text48"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...41 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C3D285E" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="2C3D285E" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41426E8C" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...12 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="41426E8C" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:firstLine="72"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...48 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C97C6E1" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...10 lines deleted...]
-            <w:tcW w:w="1720" w:type="dxa"/>
+          <w:p w14:paraId="2C97C6E1" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55B56D4B" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="55B56D4B" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w14:paraId="57473F0D" w14:textId="77777777" w:rsidTr="00FF4984">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="57473F0D" w14:textId="77777777" w:rsidTr="00032FC3">
         <w:trPr>
-          <w:trHeight w:val="238"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18D50EC2" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="18D50EC2" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Street Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40A3E804" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="40A3E804" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B08BC7D" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="6B08BC7D" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. Street Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4933FBD9" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="1720" w:type="dxa"/>
+          <w:p w14:paraId="4933FBD9" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="5" w:name="Text50"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A519829" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-            <w:pPr>
+          <w:p w14:paraId="6A519829" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00032FC3">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A4E49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w14:paraId="2BEB71C0" w14:textId="77777777" w:rsidTr="00FF4984">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="2BEB71C0" w14:textId="77777777" w:rsidTr="00072825">
         <w:trPr>
-          <w:trHeight w:val="237"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="634AAD9D" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...12 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="634AAD9D" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="Text64"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42F33C59" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="42F33C59" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="085EF3C8" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...12 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="085EF3C8" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:firstLine="72"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...48 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DBB0424" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...10 lines deleted...]
-            <w:tcW w:w="1720" w:type="dxa"/>
+          <w:p w14:paraId="3DBB0424" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A9AB3AB" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4A9AB3AB" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w14:paraId="7B651D58" w14:textId="77777777" w:rsidTr="00FF4984">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="7B651D58" w14:textId="77777777" w:rsidTr="00072825">
         <w:trPr>
-          <w:trHeight w:val="237"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0277A94C" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="0277A94C" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43A67438" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="43A67438" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63C5573E" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-            <w:pPr>
+          <w:p w14:paraId="63C5573E" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24B0E0A2" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...10 lines deleted...]
-            <w:tcW w:w="1720" w:type="dxa"/>
+          <w:p w14:paraId="24B0E0A2" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30A66B0A" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="30A66B0A" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w14:paraId="34DBECA6" w14:textId="77777777" w:rsidTr="00FF4984">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="34DBECA6" w14:textId="77777777" w:rsidTr="00032FC3">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7123BA71" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="7123BA71" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00032FC3">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...48 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02B47C76" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="02B47C76" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="611774A3" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...12 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="611774A3" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00032FC3">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:firstLine="72"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...48 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BE26CC7" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...10 lines deleted...]
-            <w:tcW w:w="1720" w:type="dxa"/>
+          <w:p w14:paraId="5BE26CC7" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B1F7E8C" w14:textId="77777777" w:rsidR="00FF4984" w:rsidRPr="00A66B24" w:rsidRDefault="00FF4984" w:rsidP="00FF4984">
-            <w:pPr>
+          <w:p w14:paraId="5B1F7E8C" w14:textId="77777777" w:rsidR="00FF4984" w:rsidRPr="00072825" w:rsidRDefault="00FF4984" w:rsidP="00032FC3">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Petition Number</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="8" w:name="Text57"/>
-[...1 lines deleted...]
-            <w:pPr>
+          <w:bookmarkStart w:id="7" w:name="Text57"/>
+          <w:p w14:paraId="1873FDCA" w14:textId="6246A38A" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00FF4984" w:rsidP="00032FC3">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A66B24">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w14:paraId="66889557" w14:textId="77777777" w:rsidTr="00F02E22">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="66889557" w14:textId="77777777" w:rsidTr="00072825">
         <w:trPr>
-          <w:trHeight w:val="238"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="741273F8" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="741273F8" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> City/State/Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02F7DEDE" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="02F7DEDE" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A2DA22B" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-            <w:pPr>
+          <w:p w14:paraId="7A2DA22B" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>City/State/Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43B33C51" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...10 lines deleted...]
-            <w:tcW w:w="1720" w:type="dxa"/>
+          <w:p w14:paraId="43B33C51" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E1DC12C" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4E1DC12C" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w14:paraId="4EE0B84A" w14:textId="77777777" w:rsidTr="00FF4984">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="4EE0B84A" w14:textId="77777777" w:rsidTr="00032FC3">
         <w:trPr>
-          <w:trHeight w:val="237"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20D61B13" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="20D61B13" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00032FC3">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...48 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50D97407" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="50D97407" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41451F5D" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...12 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="41451F5D" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00032FC3">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:firstLine="72"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...48 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13D0FF11" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...10 lines deleted...]
-            <w:tcW w:w="1720" w:type="dxa"/>
+          <w:p w14:paraId="13D0FF11" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53D5DF34" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="53D5DF34" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w:rsidRPr="00A515D6" w14:paraId="432BCC9F" w14:textId="77777777" w:rsidTr="00FF4984">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="432BCC9F" w14:textId="77777777" w:rsidTr="00072825">
         <w:trPr>
-          <w:trHeight w:val="237"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E0AC607" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00DB174A" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="1E0AC607" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Email Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E5BB789" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00DB174A" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="1E5BB789" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F9CD710" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00DB174A" w:rsidRDefault="00F02E22">
-            <w:pPr>
+          <w:p w14:paraId="3F9CD710" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Email Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EF367E9" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...10 lines deleted...]
-            <w:tcW w:w="1720" w:type="dxa"/>
+          <w:p w14:paraId="7EF367E9" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="511C3BB7" w14:textId="0A4D8622" w:rsidR="00F02E22" w:rsidRPr="00A515D6" w:rsidRDefault="00F02E22" w:rsidP="00A66B24">
-            <w:pPr>
+          <w:p w14:paraId="511C3BB7" w14:textId="0A4D8622" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w:rsidRPr="00A515D6" w14:paraId="0EAAC9BA" w14:textId="77777777" w:rsidTr="00FF4984">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="0EAAC9BA" w14:textId="77777777" w:rsidTr="00032FC3">
         <w:trPr>
-          <w:trHeight w:val="237"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0255D43F" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="0255D43F" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00032FC3">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...48 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31BC1841" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="31BC1841" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17FB4544" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...12 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="17FB4544" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00032FC3">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:firstLine="72"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...48 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D9D0F68" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...10 lines deleted...]
-            <w:tcW w:w="1720" w:type="dxa"/>
+          <w:p w14:paraId="1D9D0F68" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D64CA1F" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00A515D6" w:rsidRDefault="00F02E22">
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2D64CA1F" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w14:paraId="1A9FF399" w14:textId="77777777" w:rsidTr="00FF4984">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="1A9FF399" w14:textId="77777777" w:rsidTr="00072825">
         <w:trPr>
-          <w:trHeight w:val="237"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49099C77" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="49099C77" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Telephone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10C46E67" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="10C46E67" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5ACC31D8" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-            <w:pPr>
+          <w:p w14:paraId="5ACC31D8" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Telephone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66A10FCC" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...13 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="66A10FCC" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BE7E744" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w14:paraId="120E6ECF" w14:textId="77777777" w:rsidTr="00F02E22">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="120E6ECF" w14:textId="77777777" w:rsidTr="00032FC3">
         <w:trPr>
-          <w:trHeight w:val="237"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0550EA89" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="0550EA89" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00032FC3">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...48 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C4234DB" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="0C4234DB" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62F27A0B" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...12 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="62F27A0B" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00032FC3">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:ind w:firstLine="72"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...48 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B40D297" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...13 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="0B40D297" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DB8F1F" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w14:paraId="03E245FE" w14:textId="77777777" w:rsidTr="00F02E22">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="03E245FE" w14:textId="77777777" w:rsidTr="00072825">
         <w:trPr>
-          <w:trHeight w:val="237"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EBDA6CF" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
+          <w:p w14:paraId="4EBDA6CF" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Attorney Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB52219" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="5CB52219" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BE9FD30" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
+          <w:p w14:paraId="2BE9FD30" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  Attorney Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AA2E7B0" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...10 lines deleted...]
-            <w:tcW w:w="1720" w:type="dxa"/>
+          <w:p w14:paraId="4AA2E7B0" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="669F2F31" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-            <w:pPr>
+          <w:p w14:paraId="669F2F31" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w14:paraId="655A7F0A" w14:textId="77777777" w:rsidTr="005A4E49">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="655A7F0A" w14:textId="77777777" w:rsidTr="00032FC3">
         <w:trPr>
-          <w:trHeight w:val="238"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AA3D6ED" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
+          <w:p w14:paraId="1AA3D6ED" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00032FC3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text56"/>
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:bookmarkStart w:id="8" w:name="Text56"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...41 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A78F7AD" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="1A78F7AD" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DC25674" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
+          <w:p w14:paraId="2DC25674" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00032FC3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...43 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="137B793C" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...10 lines deleted...]
-            <w:tcW w:w="1720" w:type="dxa"/>
+          <w:p w14:paraId="137B793C" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02E6A527" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="02E6A527" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w14:paraId="2A228F96" w14:textId="77777777" w:rsidTr="00F02E22">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="2A228F96" w14:textId="77777777" w:rsidTr="00072825">
         <w:trPr>
-          <w:trHeight w:val="238"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BC8937A" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00DB174A" w:rsidRDefault="00F02E22">
+          <w:p w14:paraId="5BC8937A" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Attorney Email Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38CE8EEE" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00DB174A" w:rsidRDefault="00F02E22">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="38CE8EEE" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="674E119B" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00DB174A" w:rsidRDefault="00F02E22">
+          <w:p w14:paraId="674E119B" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  Attorney Email Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39065CA6" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="39065CA6" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="441D1104" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F02E22" w14:paraId="2D9E86E3" w14:textId="77777777" w:rsidTr="005A4E49">
+      <w:tr w:rsidR="00F02E22" w:rsidRPr="00072825" w14:paraId="2D9E86E3" w14:textId="77777777" w:rsidTr="00032FC3">
         <w:trPr>
-          <w:trHeight w:val="238"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AEB2BC3" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
+          <w:p w14:paraId="0AEB2BC3" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00032FC3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
-              <w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AFA8924" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...9 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="7AFA8924" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="786C17D8" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
+          <w:p w14:paraId="786C17D8" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00032FC3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
-              <w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A4E49">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65DBBDB7" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="65DBBDB7" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0A0640" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="00072825" w:rsidRDefault="00F02E22" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A4E49" w14:paraId="3157CF9A" w14:textId="77777777" w:rsidTr="005A4E49">
+      <w:tr w:rsidR="005A4E49" w:rsidRPr="00072825" w14:paraId="3157CF9A" w14:textId="77777777" w:rsidTr="00072825">
         <w:trPr>
-          <w:trHeight w:val="238"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35A990CD" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00A66B24" w:rsidRDefault="005A4E49">
+          <w:p w14:paraId="35A990CD" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00072825" w:rsidRDefault="005A4E49" w:rsidP="00072825">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DB174A">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DB174A">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4524D640" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00A66B24" w:rsidRDefault="005A4E49">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="4524D640" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00072825" w:rsidRDefault="005A4E49" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="313C1D8F" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00A66B24" w:rsidRDefault="005A4E49">
+          <w:p w14:paraId="313C1D8F" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00072825" w:rsidRDefault="005A4E49" w:rsidP="00072825">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  Interpreter needed? </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DB174A">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DB174A">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A46B54A" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="005A4E49" w:rsidRDefault="005A4E49">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6A46B54A" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00072825" w:rsidRDefault="005A4E49" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35A5B685" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00072825" w:rsidRDefault="005A4E49" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A4E49" w14:paraId="23CB13AA" w14:textId="77777777" w:rsidTr="00A66B24">
+      <w:tr w:rsidR="005A4E49" w:rsidRPr="00072825" w14:paraId="23CB13AA" w14:textId="77777777" w:rsidTr="00032FC3">
         <w:trPr>
-          <w:trHeight w:val="238"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:tcW w:w="4493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="10C42522" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00A66B24" w:rsidRDefault="005A4E49" w:rsidP="00A66B24">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C42522" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00072825" w:rsidRDefault="005A4E49" w:rsidP="00032FC3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Language </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...48 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FD14931" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00A66B24" w:rsidRDefault="005A4E49" w:rsidP="00A66B24">
-[...11 lines deleted...]
-            <w:tcW w:w="4230" w:type="dxa"/>
+          <w:p w14:paraId="4FD14931" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00072825" w:rsidRDefault="005A4E49" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="2AF1AD5A" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00A66B24" w:rsidRDefault="005A4E49" w:rsidP="00A66B24">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF1AD5A" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00072825" w:rsidRDefault="005A4E49" w:rsidP="00032FC3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  Language </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A66B24">
-[...48 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00072825">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="94" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1494134A" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="005A4E49" w:rsidRDefault="005A4E49">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1494134A" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00072825" w:rsidRDefault="005A4E49" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB4BD33" w14:textId="77777777" w:rsidR="005A4E49" w:rsidRPr="00072825" w:rsidRDefault="005A4E49" w:rsidP="00072825">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="40BE14D5" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="0034545F" w:rsidRDefault="00B05A1F" w:rsidP="00B05A1F">
+    <w:p w14:paraId="6056E8C2" w14:textId="77777777" w:rsidR="00C15CCC" w:rsidRDefault="00072825" w:rsidP="00B05A1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...880 lines deleted...]
-    <w:p w14:paraId="16B1F7E6" w14:textId="77777777" w:rsidR="00AA244B" w:rsidRPr="00ED5BA1" w:rsidRDefault="00AA244B" w:rsidP="00D85728">
+    <w:p w14:paraId="40BE14D5" w14:textId="06215B8A" w:rsidR="00B05A1F" w:rsidRPr="0034545F" w:rsidRDefault="00072825" w:rsidP="00B05A1F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DF26E10" w14:textId="145C4F25" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00032FC3">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2185"/>
+          <w:tab w:val="left" w:pos="4705"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-65" w:firstLine="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An order was entered on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text26"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="Text26"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>regarding the issue of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="Check4"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Custody</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="Check5"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Visitation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F72285F" w14:textId="2A8A2F68" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00032FC3">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2185"/>
+          <w:tab w:val="left" w:pos="4705"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-65" w:firstLine="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check6"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="Check6"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Support</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check7"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="Check7"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Imperiling Family Relationship</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check8"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="Check8"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ancillary </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="Text28"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text28"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F50613C" w14:textId="35F43D1B" w:rsidR="00032FC3" w:rsidRPr="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00032FC3">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2185"/>
+          <w:tab w:val="left" w:pos="4705"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-65" w:firstLine="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="Check9"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Other</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="Text29"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text29"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>before the Honorable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="Text30"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text30"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B1F7E6" w14:textId="77777777" w:rsidR="00AA244B" w:rsidRDefault="00AA244B" w:rsidP="00D85728">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="447FE189" w14:textId="01245496" w:rsidR="00400CDF" w:rsidRPr="00ED5BA1" w:rsidRDefault="00400CDF" w:rsidP="00D85728">
+    <w:p w14:paraId="1A70DA40" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA1">
+    </w:p>
+    <w:p w14:paraId="7B5D56A5" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Petitioner alleges the following circumstances: (Please list in consecutively numbered paragraphs.)</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:tbl>
-[...126 lines deleted...]
-    <w:p w14:paraId="4B182DAA" w14:textId="77777777" w:rsidR="00765E85" w:rsidRPr="00ED5BA1" w:rsidRDefault="00765E85" w:rsidP="00D85728">
+    <w:p w14:paraId="7D5AD584" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="799CB908" w14:textId="77777777" w:rsidR="00765E85" w:rsidRPr="00ED5BA1" w:rsidRDefault="00765E85" w:rsidP="00D85728">
+    <w:p w14:paraId="3A631386" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA1">
+    </w:p>
+    <w:p w14:paraId="00E35C06" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FA38DF1" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E64EC35" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ED9EB9F" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRPr="00ED5BA1" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="447FE189" w14:textId="01245496" w:rsidR="00400CDF" w:rsidRPr="00032FC3" w:rsidRDefault="00400CDF" w:rsidP="00032FC3">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Petitioner alleges the following circumstances: (Please list in consecutively numbered paragraphs.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421ADEFF" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRPr="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00032FC3">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text31"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="Text31"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="4B182DAA" w14:textId="77777777" w:rsidR="00765E85" w:rsidRDefault="00765E85" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE250D2" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D9EF521" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="793BB7CD" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="454DD17E" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78211437" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41E1A0A6" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2387D896" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AECC88F" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52A36609" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CAEDAF4" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="213E2C8F" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRPr="00ED5BA1" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="799CB908" w14:textId="77777777" w:rsidR="00765E85" w:rsidRPr="00C15CCC" w:rsidRDefault="00765E85" w:rsidP="00C15CCC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Petitioner requests that the order be enforced as follows:</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...125 lines deleted...]
-    </w:tbl>
+    <w:p w14:paraId="69714C4F" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRPr="00C15CCC" w:rsidRDefault="00032FC3" w:rsidP="00C15CCC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C15CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text32"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="Text32"/>
+      <w:r w:rsidRPr="00C15CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00C15CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00C15CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00C15CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C15CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C15CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C15CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C15CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C15CCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="44606CBB" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CE79419" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63E04AC8" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D6254A1" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3730387A" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B4BE0F0" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BC0225C" w14:textId="77777777" w:rsidR="00032FC3" w:rsidRDefault="00032FC3" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3809F308" w14:textId="77777777" w:rsidR="00C15CCC" w:rsidRPr="00ED5BA1" w:rsidRDefault="00C15CCC" w:rsidP="00D85728">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="59F40507" w14:textId="77777777" w:rsidR="00ED5BA1" w:rsidRDefault="00ED5BA1" w:rsidP="00D85728">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="769A6DDC" w14:textId="03A487A2" w:rsidR="00765E85" w:rsidRPr="00ED5BA1" w:rsidRDefault="00765E85" w:rsidP="00D85728">
+    <w:p w14:paraId="2A902218" w14:textId="350403DB" w:rsidR="00C15CCC" w:rsidRDefault="00765E85" w:rsidP="00C15CCC">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>WHEREFORE, Petitioner prays a Rule issue to Respondent to Show Cause why Respondent should not be held in Contempt of Court and have imposed such sanctions, penalties or other relief as the Court may deem appropriate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A1DDB7" w14:textId="77777777" w:rsidR="0034545F" w:rsidRPr="00ED5BA1" w:rsidRDefault="0034545F" w:rsidP="00D85728">
+    <w:p w14:paraId="7963F478" w14:textId="77777777" w:rsidR="00C15CCC" w:rsidRPr="00032FC3" w:rsidRDefault="00C15CCC" w:rsidP="00C15CCC">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19A1DDB7" w14:textId="77777777" w:rsidR="0034545F" w:rsidRPr="00032FC3" w:rsidRDefault="0034545F" w:rsidP="00C15CCC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="6318" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4194"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0034545F" w:rsidRPr="00ED5BA1" w14:paraId="084203F7" w14:textId="77777777" w:rsidTr="007B0103">
+      <w:tr w:rsidR="0034545F" w:rsidRPr="00032FC3" w14:paraId="084203F7" w14:textId="77777777" w:rsidTr="007B0103">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37B079EB" w14:textId="77777777" w:rsidR="0034545F" w:rsidRPr="00ED5BA1" w:rsidRDefault="0034545F" w:rsidP="007B0103">
-            <w:pPr>
+          <w:p w14:paraId="37B079EB" w14:textId="77777777" w:rsidR="0034545F" w:rsidRPr="00032FC3" w:rsidRDefault="0034545F" w:rsidP="00C15CCC">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA1">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA1">
-[...48 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="679EDB2B" w14:textId="070CA81B" w:rsidR="0034545F" w:rsidRPr="00ED5BA1" w:rsidRDefault="0034545F" w:rsidP="0034545F">
+    <w:p w14:paraId="679EDB2B" w14:textId="6B9C8ACE" w:rsidR="0034545F" w:rsidRPr="00032FC3" w:rsidRDefault="0034545F" w:rsidP="00C15CCC">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>Petitioner/Attorney</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2252AF3E" w14:textId="77777777" w:rsidR="00FF4984" w:rsidRPr="00ED5BA1" w:rsidRDefault="00FF4984" w:rsidP="00FF4984">
+    <w:p w14:paraId="2252AF3E" w14:textId="77777777" w:rsidR="00FF4984" w:rsidRDefault="00FF4984" w:rsidP="00C15CCC">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3558A657" w14:textId="77777777" w:rsidR="00C15CCC" w:rsidRPr="00032FC3" w:rsidRDefault="00C15CCC" w:rsidP="00C15CCC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="6318" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4194"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF4984" w:rsidRPr="00ED5BA1" w14:paraId="46B9A934" w14:textId="77777777" w:rsidTr="007B0103">
+      <w:tr w:rsidR="00FF4984" w:rsidRPr="00032FC3" w14:paraId="46B9A934" w14:textId="77777777" w:rsidTr="007B0103">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59199D70" w14:textId="77777777" w:rsidR="00FF4984" w:rsidRPr="00ED5BA1" w:rsidRDefault="00FF4984" w:rsidP="007B0103">
-            <w:pPr>
+          <w:p w14:paraId="59199D70" w14:textId="77777777" w:rsidR="00FF4984" w:rsidRPr="00032FC3" w:rsidRDefault="00FF4984" w:rsidP="00C15CCC">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text65"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:bookmarkStart w:id="21" w:name="Text65"/>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA1">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA1">
-[...48 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B9D0FB9" w14:textId="7081EF65" w:rsidR="00FF4984" w:rsidRPr="00ED5BA1" w:rsidRDefault="00FF4984" w:rsidP="00FF4984">
+    <w:p w14:paraId="5B9D0FB9" w14:textId="6F85E3F7" w:rsidR="00FF4984" w:rsidRDefault="00FF4984" w:rsidP="00C15CCC">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>Respondent</w:t>
       </w:r>
-      <w:r w:rsidR="0034545F" w:rsidRPr="00DB174A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0034545F" w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/Attorney</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="087FEECD" w14:textId="77777777" w:rsidR="00C15CCC" w:rsidRDefault="00C15CCC" w:rsidP="00C15CCC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B5A6BF6" w14:textId="77777777" w:rsidR="00C15CCC" w:rsidRPr="00032FC3" w:rsidRDefault="00C15CCC" w:rsidP="00C15CCC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-180" w:type="dxa"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4770"/>
-        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="6750"/>
+        <w:gridCol w:w="3060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF4984" w:rsidRPr="00ED5BA1" w14:paraId="4996CAE3" w14:textId="77777777" w:rsidTr="00ED5BA1">
+      <w:tr w:rsidR="00FF4984" w:rsidRPr="00032FC3" w14:paraId="4996CAE3" w14:textId="77777777" w:rsidTr="00C15CCC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4770" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:tcW w:w="6750" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D656F4" w14:textId="77777777" w:rsidR="00FF4984" w:rsidRPr="00032FC3" w:rsidRDefault="00FF4984" w:rsidP="00C15CCC">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SWORN TO AND SUBSCRIBED before me on this date,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D2947A" w14:textId="77777777" w:rsidR="00FF4984" w:rsidRPr="00032FC3" w:rsidRDefault="00FF4984" w:rsidP="00C15CCC">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="18"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Text27"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:bookmarkStart w:id="22" w:name="Text27"/>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA1">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA1">
-[...48 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00032FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="38F233A4" w14:textId="77777777" w:rsidR="00FF4984" w:rsidRPr="00ED5BA1" w:rsidRDefault="00FF4984" w:rsidP="00FF4984">
+    <w:p w14:paraId="38F233A4" w14:textId="77777777" w:rsidR="00FF4984" w:rsidRDefault="00FF4984" w:rsidP="00C15CCC">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E16548" w14:textId="77777777" w:rsidR="00C15CCC" w:rsidRPr="00032FC3" w:rsidRDefault="00C15CCC" w:rsidP="00C15CCC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="6318" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4194"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF4984" w:rsidRPr="00ED5BA1" w14:paraId="1938B899" w14:textId="77777777" w:rsidTr="00ED5BA1">
+      <w:tr w:rsidR="00FF4984" w:rsidRPr="00032FC3" w14:paraId="1938B899" w14:textId="77777777" w:rsidTr="00ED5BA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB3F7DD" w14:textId="367765C1" w:rsidR="00FF4984" w:rsidRPr="00ED5BA1" w:rsidRDefault="00FF4984" w:rsidP="00ED5BA1">
-            <w:pPr>
+          <w:p w14:paraId="3EB3F7DD" w14:textId="367765C1" w:rsidR="00FF4984" w:rsidRPr="00032FC3" w:rsidRDefault="00FF4984" w:rsidP="00C15CCC">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A48DB54" w14:textId="0B38C312" w:rsidR="00B05A1F" w:rsidRPr="00ED5BA1" w:rsidRDefault="00FF4984" w:rsidP="0034545F">
+    <w:p w14:paraId="3A48DB54" w14:textId="0B38C312" w:rsidR="00B05A1F" w:rsidRPr="00032FC3" w:rsidRDefault="00FF4984" w:rsidP="00C15CCC">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="6480"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:r w:rsidR="00ED5BA1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00ED5BA1" w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00DB174A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00032FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Notary Public or Clerk of Court</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B05A1F" w:rsidRPr="00ED5BA1" w:rsidSect="00A75ABD">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+    <w:sectPr w:rsidR="00B05A1F" w:rsidRPr="00032FC3" w:rsidSect="00A75ABD">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="864" w:bottom="576" w:left="864" w:header="288" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3D55788A" w14:textId="77777777" w:rsidR="00DD69C2" w:rsidRDefault="00DD69C2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="37D5DF62" w14:textId="77777777" w:rsidR="00DD69C2" w:rsidRDefault="00DD69C2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...20 lines deleted...]
-  <w:p w14:paraId="7F10A813" w14:textId="77777777" w:rsidR="0034545F" w:rsidRDefault="0034545F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-151608475"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1728636285"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:p w14:paraId="2DFBB9C8" w14:textId="6A220DA7" w:rsidR="00C15CCC" w:rsidRDefault="00C15CCC">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C15CCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C15CCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00C15CCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C15CCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C15CCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C15CCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C15CCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C15CCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00C15CCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C15CCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C15CCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C15CCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="7E12F08F" w14:textId="77777777" w:rsidR="00C15CCC" w:rsidRDefault="00C15CCC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7BC7FA5C" w14:textId="77777777" w:rsidR="00DD69C2" w:rsidRDefault="00DD69C2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="47C9952E" w14:textId="77777777" w:rsidR="00DD69C2" w:rsidRDefault="00DD69C2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="26D5CA4E" w14:textId="4EBF1411" w:rsidR="00007A91" w:rsidRDefault="00007A91" w:rsidP="00A75ABD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26D5CA4E" w14:textId="4EBF1411" w:rsidR="00007A91" w:rsidRPr="00C15CCC" w:rsidRDefault="00007A91" w:rsidP="00A75ABD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-360"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00C15CCC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Form 321</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="72BED013" w14:textId="77777777" w:rsidR="00007A91" w:rsidRDefault="00007A91" w:rsidP="00A75ABD">
+  <w:p w14:paraId="72BED013" w14:textId="1A9B813A" w:rsidR="00007A91" w:rsidRPr="00C15CCC" w:rsidRDefault="00007A91" w:rsidP="00A75ABD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-360"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00C15CCC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Rev</w:t>
     </w:r>
-    <w:r w:rsidR="00F02E22">
+    <w:r w:rsidR="00F02E22" w:rsidRPr="00C15CCC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 1/21</w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00C15CCC">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>3/26</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03032F90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE1EB2F2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -7008,190 +7541,200 @@
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="871766011">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1122530192">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="599139602">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="579370380">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="5BrA8e6ob4gDHCxpFtVr4ZFT8MOoYV2cuMNdJ7Acxwy8wOYttizmDPdTif+re/Ai5x2s4rcJolz8Zl344+QZMA==" w:salt="zH7ICdGSsltu/fqvqL3rwQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD69C2"/>
     <w:rsid w:val="00007A91"/>
+    <w:rsid w:val="00021184"/>
+    <w:rsid w:val="00032FC3"/>
+    <w:rsid w:val="00072825"/>
     <w:rsid w:val="001F2A1A"/>
     <w:rsid w:val="0025335E"/>
     <w:rsid w:val="0034545F"/>
     <w:rsid w:val="00400CDF"/>
     <w:rsid w:val="0041232F"/>
     <w:rsid w:val="004178FD"/>
     <w:rsid w:val="004366B8"/>
     <w:rsid w:val="004D5ACF"/>
+    <w:rsid w:val="005669FF"/>
     <w:rsid w:val="005A4E49"/>
+    <w:rsid w:val="005C48BC"/>
     <w:rsid w:val="00761690"/>
     <w:rsid w:val="00765E85"/>
     <w:rsid w:val="007A50BF"/>
     <w:rsid w:val="007C6CC2"/>
     <w:rsid w:val="007E13B6"/>
     <w:rsid w:val="0088536E"/>
+    <w:rsid w:val="009D49B8"/>
     <w:rsid w:val="00A4307B"/>
     <w:rsid w:val="00A433B0"/>
     <w:rsid w:val="00A515D6"/>
+    <w:rsid w:val="00A6187F"/>
     <w:rsid w:val="00A66B24"/>
     <w:rsid w:val="00A75ABD"/>
     <w:rsid w:val="00AA1F6A"/>
     <w:rsid w:val="00AA244B"/>
     <w:rsid w:val="00B05A1F"/>
+    <w:rsid w:val="00C15CCC"/>
     <w:rsid w:val="00C37066"/>
     <w:rsid w:val="00CE1C31"/>
     <w:rsid w:val="00D20B36"/>
     <w:rsid w:val="00D61ADC"/>
     <w:rsid w:val="00D85728"/>
     <w:rsid w:val="00DB174A"/>
     <w:rsid w:val="00DD69C2"/>
+    <w:rsid w:val="00DF0DBB"/>
     <w:rsid w:val="00E46B85"/>
     <w:rsid w:val="00ED5BA1"/>
     <w:rsid w:val="00F02E22"/>
+    <w:rsid w:val="00F62074"/>
     <w:rsid w:val="00FF4984"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2C04291B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{99673F1E-5B9C-4775-9ADD-5E9E3BD0251E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7500,50 +8043,52 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="-450" w:right="-144"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00D85728"/>
     <w:pPr>
       <w:ind w:firstLine="360"/>
@@ -7623,80 +8168,83 @@
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00D20B36"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style2Char">
     <w:name w:val="Style2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Style2"/>
     <w:rsid w:val="0041232F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:rsid w:val="00F02E22"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C15CCC"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1324045555">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///N:\FC-Admin\Case%20Processing\Forms%20and%20Procedures\Family%20Court%20Official%20Forms\300%20-%20Criminal%20&amp;%20Civil%20&amp;%20Support\321%20-%20Petition%20to%20Show%20Cause\321-Petition-Rule%20To%20Show%20Cause%2010102011.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7968,73 +8516,73 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{712B0D3D-9EB8-47BB-AF80-9B157A5FEE5D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>321-Petition-Rule To Show Cause 10102011</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1835</Characters>
+  <Pages>2</Pages>
+  <Words>208</Words>
+  <Characters>2012</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2152</CharactersWithSpaces>
+  <CharactersWithSpaces>2216</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Teoli, Jacqulin A (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>