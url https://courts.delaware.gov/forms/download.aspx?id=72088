--- v0 (2025-11-18)
+++ v1 (2026-03-12)
@@ -1,414 +1,392 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="451E9BE0" w14:textId="77777777" w:rsidR="006F3C25" w:rsidRDefault="006F3C25" w:rsidP="006B033F">
-[...5 lines deleted...]
-    <w:p w14:paraId="424EBB6A" w14:textId="77777777" w:rsidR="00534CF3" w:rsidRDefault="00B13CA3" w:rsidP="006B033F">
+    <w:p w14:paraId="424EBB6A" w14:textId="11E3DB14" w:rsidR="00534CF3" w:rsidRDefault="0037042B" w:rsidP="0037042B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F685299" wp14:editId="40359611">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F685299" wp14:editId="2261A131">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2703195</wp:posOffset>
+              <wp:posOffset>2541270</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-327660</wp:posOffset>
+              <wp:posOffset>-464185</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1257300" cy="1257300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Picture 7" descr="test2 Family-Court-grayscale-9per"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="test2 Family-Court-grayscale-9per"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1257300" cy="1257300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00534CF3">
         <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61789F95" w14:textId="77777777" w:rsidR="00534CF3" w:rsidRDefault="00534CF3" w:rsidP="006B033F">
+    <w:p w14:paraId="61789F95" w14:textId="03D0E1F4" w:rsidR="00534CF3" w:rsidRDefault="00534CF3" w:rsidP="006B033F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In and For </w:t>
+        <w:t xml:space="preserve">In and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00202E50">
-[...5 lines deleted...]
-      <w:r w:rsidR="00202E50">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle </w:t>
-      </w:r>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00202E50">
-[...5 lines deleted...]
-      <w:r w:rsidR="00202E50">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent</w:t>
       </w:r>
       <w:r w:rsidR="00043DD3">
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00202E50">
-[...5 lines deleted...]
-      <w:r w:rsidR="00202E50">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B8EFB4E" w14:textId="77777777" w:rsidR="00315E71" w:rsidRDefault="00315E71" w:rsidP="006B033F">
+    <w:p w14:paraId="6B8EFB4E" w14:textId="77777777" w:rsidR="00315E71" w:rsidRDefault="00315E71" w:rsidP="0037042B">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="540" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3979"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2468"/>
+        <w:gridCol w:w="4050"/>
+        <w:gridCol w:w="360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE0B70" w14:paraId="485107DA" w14:textId="77777777" w:rsidTr="00CE0B70">
+      <w:tr w:rsidR="0037042B" w14:paraId="6B8AE1CB" w14:textId="77777777" w:rsidTr="00C63DD1">
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4068" w:type="dxa"/>
+            <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="4" w:name="Text1"/>
-          <w:p w14:paraId="63F3EC81" w14:textId="77777777" w:rsidR="00CE0B70" w:rsidRDefault="006D5E70" w:rsidP="00315E71">
+          <w:p w14:paraId="5C1A02F8" w14:textId="5502644B" w:rsidR="0037042B" w:rsidRDefault="0037042B" w:rsidP="00C63DD1">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text1"/>
+                  <w:name w:val="Text93"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="4" w:name="Text93"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
@@ -437,642 +415,415 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF0C38D" w14:textId="285E43B5" w:rsidR="0037042B" w:rsidRDefault="0037042B" w:rsidP="0037042B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0037042B" w14:paraId="6A12EA41" w14:textId="77777777" w:rsidTr="0037042B">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC4EC6E" w14:textId="77777777" w:rsidR="00CE0B70" w:rsidRDefault="00CE0B70" w:rsidP="00315E71">
+          <w:p w14:paraId="4A052667" w14:textId="72F1267B" w:rsidR="0037042B" w:rsidRDefault="0037042B" w:rsidP="0037042B">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>,</w:t>
+              <w:t>Petitioner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60AEEA16" w14:textId="77777777" w:rsidR="00CE0B70" w:rsidRDefault="00CE0B70" w:rsidP="00534CF3">
+          <w:p w14:paraId="429F086C" w14:textId="77777777" w:rsidR="0037042B" w:rsidRDefault="0037042B" w:rsidP="0037042B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="31573BB0" w14:textId="77777777" w:rsidR="00CE0B70" w:rsidRDefault="00CE0B70" w:rsidP="00534CF3">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0037042B" w14:paraId="1F6B46AC" w14:textId="77777777" w:rsidTr="0037042B">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4050" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72B1A357" w14:textId="2A3055E6" w:rsidR="0037042B" w:rsidRDefault="0037042B" w:rsidP="0037042B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...111 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>v.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23D437BE" w14:textId="77777777" w:rsidR="0037042B" w:rsidRDefault="0037042B" w:rsidP="0037042B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0037042B" w14:paraId="14A35587" w14:textId="77777777" w:rsidTr="00C63DD1">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="731ADDFD" w14:textId="77777777" w:rsidR="00CE0B70" w:rsidRDefault="00CE0B70" w:rsidP="00315E71">
+          <w:p w14:paraId="7182F55F" w14:textId="32927C34" w:rsidR="0037042B" w:rsidRDefault="0037042B" w:rsidP="00C63DD1">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...51 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text92"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="Text92"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...27 lines deleted...]
-            </w:r>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="480C22E4" w14:textId="69ABF847" w:rsidR="0037042B" w:rsidRDefault="0037042B" w:rsidP="0037042B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0037042B" w14:paraId="57E67434" w14:textId="77777777" w:rsidTr="0037042B">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DD189F2" w14:textId="77777777" w:rsidR="00CE0B70" w:rsidRDefault="00CE0B70" w:rsidP="00534CF3">
+          <w:p w14:paraId="5914E792" w14:textId="20AEB6EA" w:rsidR="0037042B" w:rsidRDefault="0037042B" w:rsidP="0037042B">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Respondent</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AA5CDA0" w14:textId="77777777" w:rsidR="00CE0B70" w:rsidRDefault="00CE0B70" w:rsidP="00534CF3">
+          <w:p w14:paraId="1204A97A" w14:textId="77777777" w:rsidR="0037042B" w:rsidRDefault="0037042B" w:rsidP="0037042B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6661" w:tblpY="-2171"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="2250"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0037042B" w14:paraId="6BF87B37" w14:textId="77777777" w:rsidTr="00C63DD1">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFB0109" w14:textId="77777777" w:rsidR="0037042B" w:rsidRDefault="0037042B" w:rsidP="0037042B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>File Number:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
-[...37 lines deleted...]
-              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
-[...67 lines deleted...]
-              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="74C0D9EB" w14:textId="77777777" w:rsidR="00CE0B70" w:rsidRDefault="00CE0B70" w:rsidP="00315E71">
+          <w:p w14:paraId="1E638BD7" w14:textId="77777777" w:rsidR="0037042B" w:rsidRDefault="0037042B" w:rsidP="00C63DD1">
             <w:pPr>
-              <w:rPr>
-[...46 lines deleted...]
-            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text6"/>
+                  <w:name w:val="Text95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="6" w:name="Text95"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
@@ -1096,91 +847,112 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="6" w:name="Text2"/>
-      <w:tr w:rsidR="00CE0B70" w14:paraId="2DD44EC3" w14:textId="77777777" w:rsidTr="00CE0B70">
+      <w:tr w:rsidR="0037042B" w14:paraId="36484586" w14:textId="77777777" w:rsidTr="00C63DD1">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4068" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="369BCB17" w14:textId="77777777" w:rsidR="0037042B" w:rsidRDefault="0037042B" w:rsidP="0037042B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Petition Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8332AB" w14:textId="77777777" w:rsidR="00CE0B70" w:rsidRDefault="006D5E70" w:rsidP="00315E71">
+          <w:p w14:paraId="11CB1098" w14:textId="77777777" w:rsidR="0037042B" w:rsidRDefault="0037042B" w:rsidP="00C63DD1">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text2"/>
+                  <w:name w:val="Text94"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="7" w:name="Text94"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
@@ -1204,2867 +976,2389 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
-[...396 lines deleted...]
-            </w:pPr>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62733164" w14:textId="77777777" w:rsidR="006B033F" w:rsidRDefault="006B033F" w:rsidP="006B033F">
+    <w:p w14:paraId="62733164" w14:textId="3C93C494" w:rsidR="006B033F" w:rsidRPr="0037042B" w:rsidRDefault="0037042B" w:rsidP="0037042B">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="783AC4E2" w14:textId="77777777" w:rsidR="00CE673C" w:rsidRDefault="00230649" w:rsidP="00CE673C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ORDER OF REFERENCE FOR TERMINATION OF PARENTAL RIGHTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B5B0151" w14:textId="25E2C412" w:rsidR="00662244" w:rsidRDefault="00662244" w:rsidP="00662244">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EE09D6D" wp14:editId="55E1FB0B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3436620</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>327025</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2266950" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="883505256" name="Straight Connector 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2266950" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="593B6B94" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="270.6pt,25.75pt" to="449.1pt,25.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9bm2lmQEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uu0zAQ3SPxD5b3NGklKoia3sW9gg2C&#10;Kx4f4OuMGwvbY41Nk/49Y7dNESCEEBvHj3POzJmZ7O5m78QRKFkMvVyvWikgaBxsOPTyy+c3L15J&#10;kbIKg3IYoJcnSPJu//zZboodbHBENwAJFgmpm2Ivx5xj1zRJj+BVWmGEwI8GyavMRzo0A6mJ1b1r&#10;Nm27bSakIRJqSIlvH86Pcl/1jQGdPxiTIAvXS84t15Xq+lTWZr9T3YFUHK2+pKH+IQuvbOCgi9SD&#10;ykp8I/uLlLeaMKHJK42+QWOshuqB3azbn9x8GlWE6oWLk+JSpvT/ZPX74314JC7DFFOX4iMVF7Mh&#10;X76cn5hrsU5LsWDOQvPlZrPdvn7JNdXXt+ZGjJTyW0AvyqaXzobiQ3Xq+C5lDsbQK4QPt9B1l08O&#10;CtiFj2CEHTjYurLrVMC9I3FU3M/h67r0j7UqslCMdW4htX8mXbCFBnVS/pa4oGtEDHkhehuQfhc1&#10;z9dUzRl/dX32Wmw/4XCqjajl4HZXZ5fRLPP047nSbz/Q/jsAAAD//wMAUEsDBBQABgAIAAAAIQBP&#10;Rn6Y3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJOIViGNU1WVEOKC&#10;aAp3N94mKf6JbCcNb88iDuW2OzOa/bbczEazCX3onRWQLhJgaBunetsK+Dg8P+TAQpRWSe0sCvjG&#10;AJvq9qaUhXIXu8epji2jEhsKKaCLcSg4D02HRoaFG9CSd3LeyEirb7ny8kLlRvMsSVbcyN7ShU4O&#10;uOuw+apHI0C/+umz3bXbML7sV/X5/ZS9HSYh7u/m7RpYxDlew/CLT+hQEdPRjVYFpgUsH9OMojSk&#10;S2AUyJ9yEo5/Aq9K/v+D6gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC9bm2lmQEAAIgD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBPRn6Y3QAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAAPMDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/QQA&#10;AAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+                <v:stroke joinstyle="miter"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="0037042B" w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HAVING CONSIDERED the request of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Movant,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text96"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="Text96"/>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B" w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B" w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>WHEREAS, the foregoing Petition for Termination of Parental Rights having been presented to the Court; and</w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B86EC85" w14:textId="3BDE5476" w:rsidR="0037042B" w:rsidRPr="0037042B" w:rsidRDefault="0037042B" w:rsidP="00662244">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>WHEREAS, appearing that the Petition has been properly filed:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6506545C" w14:textId="582811CB" w:rsidR="0037042B" w:rsidRPr="0037042B" w:rsidRDefault="00662244" w:rsidP="00662244">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00662244">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>ORDER OF REFERENCE FOR TERMINATION OF PARENTAL RIGHTS</w:t>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="551D7599" wp14:editId="45862649">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3998595</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>330835</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="714375" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="272071097" name="Straight Connector 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="714375" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="14E7CD37" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="314.85pt,26.05pt" to="371.1pt,26.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAomMN1mgEAAIcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815LSPArBcg4JkkuR&#10;Bkn7AQy1tIiSXIJkLfnvu6RtOUiKoghyofiYmd3ZXS2vJmvYBkLU6DreLGrOwEnstVt3/OeP289f&#10;OYtJuF4YdNDxLUR+tfp0shx9C6c4oOkhMBJxsR19x4eUfFtVUQ5gRVygB0ePCoMViY5hXfVBjKRu&#10;TXVa1xfViKH3ASXESLc3u0e+KvpKgUzflYqQmOk45ZbKGsr6nNdqtRTtOgg/aLlPQ7wjCyu0o6Cz&#10;1I1Igv0O+o2U1TJgRJUWEm2FSmkJxQO5aepXbp4G4aF4oeJEP5cpfpysvN9cu4dAZRh9bKN/CNnF&#10;pILNX8qPTaVY27lYMCUm6fKyOftyec6ZPDxVR54PMd0BWpY3HTfaZRuiFZtvMVEsgh4gdDhGLru0&#10;NZDBxj2CYrqnWE1hl6GAaxPYRlA7+19Nbh9pFWSmKG3MTKr/TdpjMw3KoPwvcUaXiOjSTLTaYfhb&#10;1DQdUlU7/MH1zmu2/Yz9tvShlIO6XZztJzOP08tzoR//n9UfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;5XCKW90AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixdBB2UptM0CSEu&#10;iHVwzxovLTROlaRdeXuCOIyj7U+/v79cz7ZnE/rQOZKwXGTAkBqnOzIS3vdPN/fAQlSkVe8IJXxj&#10;gHV1eVGqQrsT7XCqo2EphEKhJLQxDgXnoWnRqrBwA1K6HZ23KqbRG669OqVw23ORZTm3qqP0oVUD&#10;bltsvurRSuhf/PRhtmYTxuddXn++HcXrfpLy+mrePAKLOMczDL/6SR2q5HRwI+nAegm5eFglVMKd&#10;WAJLwOpWCGCHvwWvSv6/QfUDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKJjDdZoBAACH&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA5XCKW90A&#10;AAAJAQAADwAAAAAAAAAAAAAAAAD0AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+                <v:stroke joinstyle="miter"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00662244">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24E33315" wp14:editId="7D8E5E32">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3274695</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>321310</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="581025" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="141932343" name="Straight Connector 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="581025" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="33B589D7" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="257.85pt,25.3pt" to="303.6pt,25.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCiPrtmAEAAIcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQva/Ef7B8p0kqsUJRUw4guKBd&#10;BLs/wDjjxsL2WLZp0n+/Y7dNV+wKIcTF8cd7b+bNTFZXkzVsCyFqdB1vFjVn4CT22m06/vvX7fkl&#10;ZzEJ1wuDDjq+g8iv1mffVqNvYYkDmh4CIxEX29F3fEjJt1UV5QBWxAV6cPSoMFiR6Bg2VR/ESOrW&#10;VMu6/l6NGHofUEKMdHuzf+Troq8UyPRTqQiJmY5TbqmsoazPea3WK9FugvCDloc0xCeysEI7CjpL&#10;3Ygk2GvQ/0hZLQNGVGkh0VaolJZQPJCbpn7j5mkQHooXKk70c5ni18nKH9tr9xCoDKOPbfQPIbuY&#10;VLD5S/mxqRRrNxcLpsQkXV5cNvXygjN5fKpOPB9iugO0LG86brTLNkQrtvcxUSyCHiF0OEUuu7Qz&#10;kMHGPYJiuqdYTWGXoYBrE9hWUDv7lya3j7QKMlOUNmYm1e+TDthMgzIoHyXO6BIRXZqJVjsM/4ua&#10;pmOqao8/ut57zbafsd+VPpRyULeLs8Nk5nH6+1zop/9n/QcAAP//AwBQSwMEFAAGAAgAAAAhAMpF&#10;y/XdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1ldhRu5GaohCnqiohxAbR&#10;FPZu7Dqh8TiynTT8PYNYwG4eR3fOlNvZ9WwyIXYeJayWApjBxusOrYT349P9A7CYFGrVezQSvkyE&#10;bXV7U6pC+ysezFQnyygEY6EktCkNBeexaY1TcekHg7Q7++BUojZYroO6UrjreSZEzp3qkC60ajD7&#10;1jSXenQS+pcwfdi93cXx+ZDXn2/n7PU4SXm3mHePwJKZ0x8MP/qkDhU5nfyIOrJewnq13hBKhciB&#10;EZCLTQbs9DvgVcn/f1B9AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMKI+u2YAQAAhwMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMpFy/XdAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAA8gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+                <v:stroke joinstyle="miter"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00662244">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EB9DEC4" wp14:editId="143F6C5E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2122170</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>330835</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="723900" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1239876676" name="Straight Connector 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="723900" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="59BC9842" id="Straight Connector 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="167.1pt,26.05pt" to="224.1pt,26.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUcuSQmAEAAIcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RF4hI13YddwQuC&#10;FZcP8DrjxlrbY41Nk/49Y7dNESCE0L44vpxzZs7MZHszeycOQMli6OV61UoBQeNgw76X376+e/FG&#10;ipRVGJTDAL08QpI3u+fPtlPsYIMjugFIsEhI3RR7OeYcu6ZJegSv0gojBH40SF5lPtK+GUhNrO5d&#10;s2nbV82ENERCDSnx7d3pUe6qvjGg8ydjEmThesm55bpSXR/K2uy2qtuTiqPV5zTUf2ThlQ0cdJG6&#10;U1mJ72R/k/JWEyY0eaXRN2iM1VA9sJt1+4ubL6OKUL1wcVJcypSeTlZ/PNyGe+IyTDF1Kd5TcTEb&#10;8uXL+Ym5Fuu4FAvmLDRfvt68fNtySfXlqbnyIqX8HtCLsumls6HYUJ06fEiZYzH0AuHDNXLd5aOD&#10;AnbhMxhhB461ruw6FHDrSBwUt3N4XJf2sVZFFoqxzi2k9u+kM7bQoA7KvxIXdI2IIS9EbwPSn6Lm&#10;+ZKqOeEvrk9ei+0HHI61D7Uc3O3q7DyZZZx+Plf69f/Z/QAAAP//AwBQSwMEFAAGAAgAAAAhAP73&#10;+afdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo0zRUVYhTVZUQYoNo&#10;Cns3njoBPyLbScPfM4gFLOfO0Z0z1Xa2hk0YYu+dgOUiA4au9ap3WsDb8fFuAywm6ZQ03qGAL4yw&#10;ra+vKlkqf3EHnJqkGZW4WEoBXUpDyXlsO7QyLvyAjnZnH6xMNAbNVZAXKreG51m25lb2ji50csB9&#10;h+1nM1oB5jlM73qvd3F8Oqybj9dz/nKchLi9mXcPwBLO6Q+GH31Sh5qcTn50KjIjYLUqckIF3OdL&#10;YAQUxYaC02/A64r//6D+BgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABRy5JCYAQAAhwMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP73+afdAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAA8gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+                <v:stroke joinstyle="miter"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="0037042B" w:rsidRPr="00662244">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IT IS HEREBY ORDERED</w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B" w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, this</w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text97"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="Text97"/>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B" w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>day of</w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text98"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="Text98"/>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text99"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="Text99"/>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B" w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A0001A" w14:textId="77777777" w:rsidR="00CE673C" w:rsidRDefault="00CE673C" w:rsidP="00CE673C">
+    <w:p w14:paraId="29E62F7D" w14:textId="03CB19E0" w:rsidR="0037042B" w:rsidRPr="0037042B" w:rsidRDefault="00662244" w:rsidP="00662244">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BDD2B1E" wp14:editId="3CF9CF0E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>102235</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>336550</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2105025" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="726091394" name="Straight Connector 5"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2105025" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="15425B38" id="Straight Connector 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="8.05pt,26.5pt" to="173.8pt,26.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQnZnhmQEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfIPxC8x5IMpCgEyz4kaC9B&#10;GvTxAQy1tIjwhSVjyX/fJW3LQRIERZELxcfM7M7uarWZrGE7wKi963izqDkDJ32v3bbjf35/u/rK&#10;WUzC9cJ4Bx3fQ+Sb9eXFagwtLP3gTQ/ISMTFdgwdH1IKbVVFOYAVceEDOHpUHq1IdMRt1aMYSd2a&#10;alnXX6rRYx/QS4iRbm8Pj3xd9JUCmX4oFSEx03HKLZUVy/qY12q9Eu0WRRi0PKYh/iMLK7SjoLPU&#10;rUiCPaN+I2W1RB+9SgvpbeWV0hKKB3LT1K/c/BpEgOKFihPDXKb4ebLyfnfjHpDKMIbYxvCA2cWk&#10;0OYv5cemUqz9XCyYEpN0uWzq63p5zZk8vVVnYsCYvoO3LG86brTLPkQrdncxUTCCniB0OIcuu7Q3&#10;kMHG/QTFdE/BmsIuUwE3BtlOUD/7pyb3j7QKMlOUNmYm1R+TjthMgzIp/0qc0SWid2kmWu08vhc1&#10;TadU1QF/cn3wmm0/+n5fGlHKQe0uzo6jmefp5bnQzz/Q+i8AAAD//wMAUEsDBBQABgAIAAAAIQDu&#10;YgVy3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNMWQpXGqapKCHFB&#10;NIW7G7tOwF5HtpOGv2cRh3KcndHsm3IzOctGHWLnUcB8lgHT2HjVoRHwfni6WwGLSaKS1qMW8K0j&#10;bKrrq1IWyp9xr8c6GUYlGAspoE2pLziPTaudjDPfayTv5IOTiWQwXAV5pnJn+SLLcu5kh/Shlb3e&#10;tbr5qgcnwL6E8cPszDYOz/u8/nw7LV4PoxC3N9N2DSzpKV3C8ItP6FAR09EPqCKzpPM5JQU8LGkS&#10;+cv7xxzY8e/Aq5L/H1D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJCdmeGZAQAAiAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO5iBXLcAAAA&#10;CAEAAA8AAAAAAAAAAAAAAAAA8wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+                <v:stroke joinstyle="miter"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="0037042B" w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="00481DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text100"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="(Agency)"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="Text100"/>
+      <w:r w:rsidR="00481DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00481DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00481DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00481DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Agency)</w:t>
+      </w:r>
+      <w:r w:rsidR="00481DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidR="00481DBB" w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00481DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00481DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B" w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> perform a Social Study and submit a report to the Court as required by 13 Del. C. § 1107(b) within </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B" w:rsidRPr="00662244">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>six (6) months</w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B" w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the date of this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0037042B" w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD728ED" w14:textId="69313EB7" w:rsidR="0037042B" w:rsidRPr="00662244" w:rsidRDefault="0037042B" w:rsidP="00662244">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. As required by Section 1107(b), the report must consider the best interest factors under</w:t>
+      </w:r>
+      <w:r w:rsidR="00662244">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Section 722 of Title 13 and include all statutorily referenced elements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A0001A" w14:textId="77777777" w:rsidR="00CE673C" w:rsidRPr="0037042B" w:rsidRDefault="00CE673C" w:rsidP="00CE673C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...1480 lines deleted...]
-    <w:p w14:paraId="161C1D30" w14:textId="77777777" w:rsidR="001F0C9A" w:rsidRDefault="001F0C9A" w:rsidP="00524C96">
+    <w:p w14:paraId="161C1D30" w14:textId="77777777" w:rsidR="001F0C9A" w:rsidRPr="0037042B" w:rsidRDefault="001F0C9A" w:rsidP="00524C96">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F986B4A" w14:textId="77777777" w:rsidR="001F0C9A" w:rsidRDefault="001F0C9A" w:rsidP="00524C96">
+    <w:p w14:paraId="4F986B4A" w14:textId="77777777" w:rsidR="001F0C9A" w:rsidRPr="0037042B" w:rsidRDefault="001F0C9A" w:rsidP="00524C96">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5440" w:type="dxa"/>
         <w:tblInd w:w="4680" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5440"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00162F59" w14:paraId="5D9E216D" w14:textId="77777777" w:rsidTr="0023066D">
+      <w:tr w:rsidR="00162F59" w:rsidRPr="0037042B" w14:paraId="5D9E216D" w14:textId="77777777" w:rsidTr="00C63DD1">
         <w:trPr>
-          <w:trHeight w:val="421"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5440" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2558E035" w14:textId="77777777" w:rsidR="00162F59" w:rsidRPr="00874ACB" w:rsidRDefault="00162F59" w:rsidP="00162F59">
+          <w:p w14:paraId="2558E035" w14:textId="77777777" w:rsidR="00162F59" w:rsidRPr="0037042B" w:rsidRDefault="00162F59" w:rsidP="00C63DD1">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="0037042B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="0037042B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="0037042B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0037042B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0037042B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0037042B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0037042B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0037042B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0037042B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="0037042B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00162F59" w14:paraId="2A41BED3" w14:textId="77777777" w:rsidTr="0023066D">
+      <w:tr w:rsidR="00162F59" w:rsidRPr="0037042B" w14:paraId="2A41BED3" w14:textId="77777777" w:rsidTr="00481DBB">
         <w:trPr>
-          <w:trHeight w:val="421"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16753A14" w14:textId="77777777" w:rsidR="00162F59" w:rsidRPr="0023066D" w:rsidRDefault="00162F59" w:rsidP="0030075F">
+          <w:p w14:paraId="16753A14" w14:textId="77777777" w:rsidR="00162F59" w:rsidRPr="0037042B" w:rsidRDefault="00162F59" w:rsidP="00481DBB">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="Dropdown1"/>
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="13" w:name="Dropdown1"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidRPr="0037042B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Judge Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00162F59" w14:paraId="09BF9EB2" w14:textId="77777777" w:rsidTr="0023066D">
+      <w:tr w:rsidR="00162F59" w:rsidRPr="0037042B" w14:paraId="09BF9EB2" w14:textId="77777777" w:rsidTr="00C63DD1">
         <w:trPr>
-          <w:trHeight w:val="421"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5440" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="374268EA" w14:textId="77777777" w:rsidR="00162F59" w:rsidRPr="00874ACB" w:rsidRDefault="00162F59" w:rsidP="003E6E1F">
+          <w:p w14:paraId="374268EA" w14:textId="77777777" w:rsidR="00162F59" w:rsidRPr="0037042B" w:rsidRDefault="00162F59" w:rsidP="00C63DD1">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="0037042B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text89"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text89"/>
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:bookmarkStart w:id="14" w:name="Text89"/>
+            <w:r w:rsidRPr="0037042B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="0037042B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0037042B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0037042B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0037042B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0037042B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0037042B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0037042B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="0037042B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00162F59" w14:paraId="514BE9AA" w14:textId="77777777" w:rsidTr="0023066D">
+      <w:tr w:rsidR="00162F59" w:rsidRPr="0037042B" w14:paraId="514BE9AA" w14:textId="77777777" w:rsidTr="00481DBB">
         <w:trPr>
-          <w:trHeight w:val="429"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1737C34C" w14:textId="77777777" w:rsidR="00162F59" w:rsidRPr="0023066D" w:rsidRDefault="00162F59" w:rsidP="00162F59">
+          <w:p w14:paraId="1737C34C" w14:textId="77777777" w:rsidR="00162F59" w:rsidRPr="0037042B" w:rsidRDefault="00162F59" w:rsidP="00481DBB">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0023066D">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="0037042B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Judge Print</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="684FFB4B" w14:textId="19489065" w:rsidR="00D3337F" w:rsidRDefault="00D3337F" w:rsidP="001F0C9A">
+    <w:p w14:paraId="684FFB4B" w14:textId="19489065" w:rsidR="00D3337F" w:rsidRPr="0037042B" w:rsidRDefault="00D3337F" w:rsidP="001F0C9A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FD8415F" w14:textId="77777777" w:rsidR="005D0100" w:rsidRDefault="005D0100" w:rsidP="001F0C9A">
+    <w:p w14:paraId="0FD8415F" w14:textId="77777777" w:rsidR="005D0100" w:rsidRPr="0037042B" w:rsidRDefault="005D0100" w:rsidP="001F0C9A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="744533CE" w14:textId="76508258" w:rsidR="005D0100" w:rsidRDefault="005D0100" w:rsidP="001F0C9A">
+    <w:p w14:paraId="744533CE" w14:textId="61AC5ACD" w:rsidR="005D0100" w:rsidRPr="0037042B" w:rsidRDefault="005D0100" w:rsidP="001F0C9A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date mailed/emailed:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text91"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="Text91"/>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:bookmarkStart w:id="15" w:name="Text91"/>
+      <w:r w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0037042B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0037042B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0037042B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0037042B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0037042B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="0037042B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="09A569F3" w14:textId="75B52A82" w:rsidR="005D0100" w:rsidRDefault="005D0100" w:rsidP="001F0C9A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="422CC705" w14:textId="77777777" w:rsidR="005D0100" w:rsidRPr="0023066D" w:rsidRDefault="005D0100" w:rsidP="001F0C9A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005D0100" w:rsidRPr="0023066D">
-      <w:headerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="005D0100" w:rsidRPr="0023066D" w:rsidSect="0037042B">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="317" w:right="864" w:bottom="907" w:left="864" w:header="144" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="71EB1A30" w14:textId="77777777" w:rsidR="00F24931" w:rsidRDefault="00F24931">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="56015092" w14:textId="77777777" w:rsidR="00F24931" w:rsidRDefault="00F24931">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="241923372"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1728636285"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:p w14:paraId="27D615B3" w14:textId="422E59C0" w:rsidR="00C63DD1" w:rsidRDefault="00C63DD1">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="5B3C8F8C" w14:textId="77777777" w:rsidR="00C63DD1" w:rsidRDefault="00C63DD1">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="62CAE5E3" w14:textId="77777777" w:rsidR="00F24931" w:rsidRDefault="00F24931">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2954DF48" w14:textId="77777777" w:rsidR="00F24931" w:rsidRDefault="00F24931">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="50C465C7" w14:textId="77777777" w:rsidR="00534CF3" w:rsidRDefault="00534CF3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="198152B8" w14:textId="77777777" w:rsidR="00534CF3" w:rsidRDefault="00534CF3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="114F2501" w14:textId="77777777" w:rsidR="0086263B" w:rsidRDefault="00534CF3" w:rsidP="0086263B">
+  <w:p w14:paraId="114F2501" w14:textId="77777777" w:rsidR="0086263B" w:rsidRPr="00C63DD1" w:rsidRDefault="00534CF3" w:rsidP="0086263B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00C63DD1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">Form </w:t>
     </w:r>
-    <w:r w:rsidR="0086263B">
+    <w:r w:rsidR="0086263B" w:rsidRPr="00C63DD1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>110T</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="244B47C5" w14:textId="220B6523" w:rsidR="00534CF3" w:rsidRDefault="00043DD3">
+  <w:p w14:paraId="244B47C5" w14:textId="0386233F" w:rsidR="00534CF3" w:rsidRPr="00C63DD1" w:rsidRDefault="00043DD3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00C63DD1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>R</w:t>
     </w:r>
-    <w:r w:rsidR="00162F59">
+    <w:r w:rsidR="00162F59" w:rsidRPr="00C63DD1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">ev </w:t>
     </w:r>
-    <w:r w:rsidR="0023066D">
+    <w:r w:rsidR="005076D8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
       </w:rPr>
-      <w:t>10/21</w:t>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidR="0037042B" w:rsidRPr="00C63DD1">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+      <w:t>/26</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B1C5DB0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1095781312">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="612519756">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="sFtZeb2VRmzA9FXrkl+NtbSV5yI9MjUZjAoDVmsN0cvA+c76ekcelPlcoU9cOLnKIEabEKxns68+qt4iC1BEiA==" w:salt="IL10AHffHFHERfY8Sjvr9g=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="hPxSwVDPR00381lVE7y1AItYnLCWjgt3eX0F4KYmjl3LshD9+b3ogzIYEfHYod/cpuGn06Fz3JMLE4NtTA9NxQ==" w:salt="aJ4t0NwnZwSo5n/Y+IhnPA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="24577"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F24931"/>
     <w:rsid w:val="00017A4E"/>
     <w:rsid w:val="00035618"/>
     <w:rsid w:val="00043DD3"/>
     <w:rsid w:val="00093EA6"/>
     <w:rsid w:val="000B68CC"/>
     <w:rsid w:val="000D02C8"/>
     <w:rsid w:val="000D32B6"/>
     <w:rsid w:val="000F488B"/>
     <w:rsid w:val="000F53B3"/>
     <w:rsid w:val="00123C45"/>
     <w:rsid w:val="00162F59"/>
     <w:rsid w:val="001716C9"/>
     <w:rsid w:val="001C65D0"/>
     <w:rsid w:val="001C66F8"/>
     <w:rsid w:val="001E0A54"/>
     <w:rsid w:val="001E5734"/>
     <w:rsid w:val="001F0C9A"/>
     <w:rsid w:val="00202E50"/>
     <w:rsid w:val="00230649"/>
     <w:rsid w:val="0023066D"/>
     <w:rsid w:val="00231926"/>
     <w:rsid w:val="00231AA0"/>
     <w:rsid w:val="0030075F"/>
     <w:rsid w:val="0030779E"/>
     <w:rsid w:val="00315E71"/>
     <w:rsid w:val="0032175B"/>
+    <w:rsid w:val="0037042B"/>
     <w:rsid w:val="003A5E9D"/>
     <w:rsid w:val="003E6E1F"/>
     <w:rsid w:val="003F56F3"/>
     <w:rsid w:val="00417F39"/>
+    <w:rsid w:val="004258BB"/>
     <w:rsid w:val="004458FB"/>
+    <w:rsid w:val="00481DBB"/>
     <w:rsid w:val="004E6C17"/>
+    <w:rsid w:val="005076D8"/>
     <w:rsid w:val="00520A17"/>
     <w:rsid w:val="00524C96"/>
     <w:rsid w:val="00534CF3"/>
     <w:rsid w:val="005815D9"/>
     <w:rsid w:val="005D0100"/>
+    <w:rsid w:val="00662244"/>
     <w:rsid w:val="006676BD"/>
+    <w:rsid w:val="00683037"/>
     <w:rsid w:val="00693164"/>
     <w:rsid w:val="00696D2F"/>
     <w:rsid w:val="006B033F"/>
     <w:rsid w:val="006D5E70"/>
     <w:rsid w:val="006F3C25"/>
     <w:rsid w:val="007271E9"/>
     <w:rsid w:val="007B237E"/>
     <w:rsid w:val="0086263B"/>
     <w:rsid w:val="00865A56"/>
     <w:rsid w:val="0088769D"/>
     <w:rsid w:val="008A62F9"/>
     <w:rsid w:val="008C151E"/>
     <w:rsid w:val="008D4A7B"/>
     <w:rsid w:val="008D61C4"/>
+    <w:rsid w:val="009037A9"/>
     <w:rsid w:val="00920223"/>
     <w:rsid w:val="009A2A3D"/>
     <w:rsid w:val="009B5BEC"/>
     <w:rsid w:val="009E633B"/>
     <w:rsid w:val="009F34C3"/>
     <w:rsid w:val="009F6D3B"/>
+    <w:rsid w:val="00A038E2"/>
     <w:rsid w:val="00A153BF"/>
     <w:rsid w:val="00A82149"/>
     <w:rsid w:val="00B13CA3"/>
     <w:rsid w:val="00B95C26"/>
     <w:rsid w:val="00BC0EC6"/>
     <w:rsid w:val="00C5305E"/>
+    <w:rsid w:val="00C63DD1"/>
     <w:rsid w:val="00CB3B17"/>
     <w:rsid w:val="00CE0B70"/>
     <w:rsid w:val="00CE673C"/>
     <w:rsid w:val="00D3337F"/>
+    <w:rsid w:val="00D54DA8"/>
     <w:rsid w:val="00DA6183"/>
+    <w:rsid w:val="00E20F72"/>
     <w:rsid w:val="00E91C8C"/>
     <w:rsid w:val="00EB5C26"/>
     <w:rsid w:val="00ED5E09"/>
     <w:rsid w:val="00EF1E81"/>
     <w:rsid w:val="00F117B3"/>
     <w:rsid w:val="00F163EC"/>
     <w:rsid w:val="00F17E1D"/>
     <w:rsid w:val="00F24931"/>
     <w:rsid w:val="00F3036F"/>
     <w:rsid w:val="00F84D5A"/>
     <w:rsid w:val="00FB2C24"/>
     <w:rsid w:val="00FE14C8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="24577"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6B866B18"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{57D249EF-1F57-4938-ABE7-26A0AD270020}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4378,50 +3672,52 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="-450" w:right="-144"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="90"/>
@@ -4458,61 +3754,68 @@
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="001C66F8"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004458FB"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C63DD1"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4732,74 +4035,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A855EF09-2FB7-4E3C-875A-276F22A964B8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>181</Words>
-  <Characters>1036</Characters>
+  <Words>182</Words>
+  <Characters>1038</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1215</CharactersWithSpaces>
+  <CharactersWithSpaces>1218</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Clark, Tempess (Courts)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>