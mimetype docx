--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -2,161 +2,168 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="001769BB" w:rsidRDefault="00195265" w:rsidP="006762EE">
+    <w:p w14:paraId="4F65C12C" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="00434916" w:rsidP="006762EE">
       <w:pPr>
         <w:ind w:left="86"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="40"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="11D4E411">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_s1039" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:220.05pt;margin-top:-7.6pt;width:99pt;height:99pt;z-index:-251658752">
             <v:imagedata r:id="rId7" o:title="test2 Family-Court-grayscale-9per"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="001769BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">The Family Court of the State of </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
         <w:r w:rsidR="001769BB">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:b/>
             <w:sz w:val="40"/>
           </w:rPr>
           <w:t>Delaware</w:t>
         </w:r>
       </w:smartTag>
     </w:p>
-    <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+    <w:p w14:paraId="0DB09439" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle</w:t>
       </w:r>
       <w:r w:rsidR="0042100B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> County </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -169,208 +176,220 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007C484F" w:rsidRPr="0059371B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent</w:t>
       </w:r>
       <w:r w:rsidR="0042100B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Check3"/>
+      <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+    <w:p w14:paraId="4A32FD03" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001769BB" w:rsidRDefault="00C279C0">
+    <w:p w14:paraId="21213FAC" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="00C279C0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PETITION</w:t>
       </w:r>
       <w:r w:rsidR="001769BB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> TO MODIFY CUSTODY ORDER</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+    <w:p w14:paraId="13946C53" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Pursuant to 13 </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="28"/>
             </w:rPr>
             <w:t>Del.</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Code, Chapter 7</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001769BB" w:rsidRPr="00B94277" w:rsidRDefault="001769BB">
+    <w:p w14:paraId="400C6087" w14:textId="77777777" w:rsidR="001769BB" w:rsidRPr="00B94277" w:rsidRDefault="001769BB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001769BB" w:rsidRPr="00EC3895" w:rsidRDefault="001769BB">
+    <w:p w14:paraId="35DFF39C" w14:textId="77777777" w:rsidR="001769BB" w:rsidRPr="00EC3895" w:rsidRDefault="001769BB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC3895">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Petitioner</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC3895">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC3895">
         <w:rPr>
           <w:i/>
@@ -434,187 +453,179 @@
       <w:tblPr>
         <w:tblW w:w="10972" w:type="dxa"/>
         <w:tblInd w:w="-75" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4445"/>
         <w:gridCol w:w="70"/>
         <w:gridCol w:w="4399"/>
         <w:gridCol w:w="67"/>
         <w:gridCol w:w="1991"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC3895" w:rsidTr="00642A89">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00EC3895" w14:paraId="28E933FF" w14:textId="77777777" w:rsidTr="00642A89">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4445" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="6B9175F8" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="480"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="4667A42E" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4399" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="11124092" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="0443DBF0" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1991" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="3A5930D3" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">        File Number</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="5" w:name="Text19"/>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00195265">
+          <w:bookmarkStart w:id="4" w:name="Text19"/>
+          <w:p w14:paraId="0AB2CFB2" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00195265">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="230"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLine="1130"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -654,94 +665,86 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00A91755">
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+          <w:p w14:paraId="08D68641" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00A91755">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="6" w:name="Text45"/>
-[...8 lines deleted...]
-        </w:tblPrEx>
+      <w:bookmarkStart w:id="5" w:name="Text45"/>
+      <w:tr w:rsidR="00EC3895" w14:paraId="326A2C96" w14:textId="77777777" w:rsidTr="00642A89">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="157C82F3" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -776,85 +779,85 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="64B8586D" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="7" w:name="Text46"/>
+        <w:bookmarkStart w:id="6" w:name="Text46"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00B94277">
+          <w:p w14:paraId="0F2537A0" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00B94277">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="-547" w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -889,264 +892,248 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="21D3A96D" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1991" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00A91755">
+          <w:p w14:paraId="50178C32" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00A91755">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3895" w:rsidTr="00642A89">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00EC3895" w14:paraId="1C198439" w14:textId="77777777" w:rsidTr="00642A89">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4445" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="2E3D48D7" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               Street Address</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="00202B7D" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="6D31038B" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               Street Address</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="0C61E0FD" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1991" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00A91755">
+          <w:p w14:paraId="22010495" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00A91755">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="8" w:name="Text3"/>
-[...8 lines deleted...]
-        </w:tblPrEx>
+      <w:bookmarkStart w:id="7" w:name="Text3"/>
+      <w:tr w:rsidR="00EC3895" w14:paraId="12E0A5E9" w14:textId="77777777" w:rsidTr="00642A89">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00B94277">
+          <w:p w14:paraId="19F24C1C" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00B94277">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -1181,85 +1168,85 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="7F5E99FF" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="9" w:name="Text4"/>
+        <w:bookmarkStart w:id="8" w:name="Text4"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00B94277">
+          <w:p w14:paraId="6B46C4F1" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00B94277">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -1294,252 +1281,244 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="14FE54C1" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1991" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="7C0625AF" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3895" w:rsidTr="00642A89">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00EC3895" w14:paraId="64C03109" w14:textId="77777777" w:rsidTr="00642A89">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4445" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="4F498E85" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="53ED6AF8" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="562D8016" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="2A97BD96" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1991" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00A91755">
+          <w:p w14:paraId="1A50E50F" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00A91755">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">        Petition Number</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00EC3895">
+          <w:p w14:paraId="2C702174" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text6"/>
+            <w:bookmarkStart w:id="9" w:name="Text6"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
@@ -1567,76 +1546,68 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="11" w:name="Text7"/>
-[...8 lines deleted...]
-        </w:tblPrEx>
+      <w:bookmarkStart w:id="10" w:name="Text7"/>
+      <w:tr w:rsidR="00EC3895" w14:paraId="58B3F862" w14:textId="77777777" w:rsidTr="00642A89">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00B94277">
+          <w:p w14:paraId="3C261491" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00B94277">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -1671,85 +1642,85 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="1BEFC08A" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="12" w:name="Text8"/>
+        <w:bookmarkStart w:id="11" w:name="Text8"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00B94277">
+          <w:p w14:paraId="57BA3B02" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00B94277">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -1784,254 +1755,238 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="1E76A381" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1991" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00A91755">
+          <w:p w14:paraId="486B554B" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00A91755">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3895" w:rsidTr="00642A89">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00EC3895" w14:paraId="66B92303" w14:textId="77777777" w:rsidTr="00642A89">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4445" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="0B4CB526" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               City/State/Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="18CE3BB6" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="3AD584D7" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               City/State/Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="2C561023" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1991" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="7CB5D4FF" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="13" w:name="Text9"/>
-[...8 lines deleted...]
-        </w:tblPrEx>
+      <w:bookmarkStart w:id="12" w:name="Text9"/>
+      <w:tr w:rsidR="00EC3895" w14:paraId="7E10C8C5" w14:textId="77777777" w:rsidTr="00642A89">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00642A89">
+          <w:p w14:paraId="678104FA" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00642A89">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3020"/>
               </w:tabs>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2069,376 +2024,681 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="5BA8D152" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="14" w:name="Text12"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895" w:rsidP="00642A89">
+          <w:p w14:paraId="76732335" w14:textId="5EFCF56F" w:rsidR="00EC3895" w:rsidRDefault="002E3D21" w:rsidP="002E3D21">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3120"/>
               </w:tabs>
-              <w:ind w:firstLine="720"/>
-[...4 lines deleted...]
-            <w:r>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="Text12"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC3895">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00EC3895">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00EC3895">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00EC3895">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...34 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00EC3895">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC3895">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC3895">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC3895">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC3895">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC3895">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
-            <w:r>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidR="00EC3895">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="3A1AA217" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1991" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="2AC90D52" w14:textId="77777777" w:rsidR="00EC3895" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001769BB" w:rsidTr="00642A89">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00CB0CB6" w14:paraId="70E5723E" w14:textId="77777777" w:rsidTr="00642A89">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="200"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1991" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4445" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="5B051CBE" w14:textId="6463913B" w:rsidR="00CB0CB6" w:rsidRPr="00CB0CB6" w:rsidRDefault="00CB0CB6" w:rsidP="00CB0CB6">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">               Attorney Name</w:t>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3020"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73E3AEEB" w14:textId="3D46278A" w:rsidR="00CB0CB6" w:rsidRPr="00CB0CB6" w:rsidRDefault="00CB0CB6" w:rsidP="00CB0CB6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="00BA6EDA" w14:textId="77777777" w:rsidR="00CB0CB6" w:rsidRDefault="00CB0CB6">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4399" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="230D4FA2" w14:textId="3F27F8A7" w:rsidR="00CB0CB6" w:rsidRPr="00CB0CB6" w:rsidRDefault="00CB0CB6" w:rsidP="00CB0CB6">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3020"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B3B4FE1" w14:textId="6ED6936C" w:rsidR="00CB0CB6" w:rsidRPr="00CB0CB6" w:rsidRDefault="00CB0CB6" w:rsidP="00CB0CB6">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3120"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00CB0CB6">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="67" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D74246E" w14:textId="77777777" w:rsidR="00CB0CB6" w:rsidRDefault="00CB0CB6">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB0CB6" w14:paraId="38893247" w14:textId="77777777" w:rsidTr="00642A89">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1991" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="200"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64F3206E" w14:textId="77777777" w:rsidR="00CB0CB6" w:rsidRDefault="00CB0CB6">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               Attorney Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="70" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E300755" w14:textId="77777777" w:rsidR="00CB0CB6" w:rsidRDefault="00CB0CB6">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="73962CE1" w14:textId="77777777" w:rsidR="00CB0CB6" w:rsidRDefault="00CB0CB6">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">  A           Attorney Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="6344AE3F" w14:textId="77777777" w:rsidR="00CB0CB6" w:rsidRDefault="00CB0CB6">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="15" w:name="Text20"/>
-[...8 lines deleted...]
-        </w:tblPrEx>
+      <w:bookmarkStart w:id="14" w:name="Text20"/>
+      <w:tr w:rsidR="00CB0CB6" w14:paraId="5FC8B7B6" w14:textId="77777777" w:rsidTr="00EB2301">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1991" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="00EC3895" w:rsidP="00642A89">
+          <w:p w14:paraId="025AA1CB" w14:textId="77777777" w:rsidR="00CB0CB6" w:rsidRDefault="00CB0CB6" w:rsidP="00642A89">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2760"/>
               </w:tabs>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:w w:val="125"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -2477,85 +2737,85 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="69FD8D9C" w14:textId="77777777" w:rsidR="00CB0CB6" w:rsidRDefault="00CB0CB6">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="16" w:name="Text22"/>
+        <w:bookmarkStart w:id="15" w:name="Text22"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="00EC3895" w:rsidP="00642A89">
+          <w:p w14:paraId="3F2E819A" w14:textId="77777777" w:rsidR="00CB0CB6" w:rsidRDefault="00CB0CB6" w:rsidP="00642A89">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2593,402 +2853,378 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="762EB8F3" w14:textId="77777777" w:rsidR="00CB0CB6" w:rsidRDefault="00CB0CB6">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...18 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB2301" w:rsidTr="00EB2301">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00EB2301" w14:paraId="357B83DC" w14:textId="77777777" w:rsidTr="00EB2301">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB2301" w:rsidRPr="004970FC" w:rsidRDefault="00EB2301" w:rsidP="00EB2301">
+          <w:p w14:paraId="323CA958" w14:textId="77777777" w:rsidR="00EB2301" w:rsidRPr="004970FC" w:rsidRDefault="00EB2301" w:rsidP="00EB2301">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="004970FC">
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004970FC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004970FC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004970FC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004970FC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2301" w:rsidRDefault="00EB2301">
+          <w:p w14:paraId="5C3961D8" w14:textId="77777777" w:rsidR="00EB2301" w:rsidRDefault="00EB2301">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB2301" w:rsidRPr="004970FC" w:rsidRDefault="00EB2301" w:rsidP="00EB2301">
+          <w:p w14:paraId="206B833F" w14:textId="77777777" w:rsidR="00EB2301" w:rsidRPr="004970FC" w:rsidRDefault="00EB2301" w:rsidP="00EB2301">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="004970FC">
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004970FC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004970FC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004970FC">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004970FC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2301" w:rsidRDefault="00EB2301">
+          <w:p w14:paraId="5796D151" w14:textId="77777777" w:rsidR="00EB2301" w:rsidRDefault="00EB2301">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2301" w:rsidRDefault="00EB2301">
+          <w:p w14:paraId="4FE8EA90" w14:textId="77777777" w:rsidR="00EB2301" w:rsidRDefault="00EB2301">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB2301" w:rsidTr="00EB2301">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00EB2301" w14:paraId="7A9AD46A" w14:textId="77777777" w:rsidTr="00EB2301">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB2301" w:rsidRPr="004970FC" w:rsidRDefault="00EB2301" w:rsidP="00EB2301">
+          <w:p w14:paraId="5E7E57D3" w14:textId="77777777" w:rsidR="00EB2301" w:rsidRPr="004970FC" w:rsidRDefault="00EB2301" w:rsidP="00EB2301">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="004970FC">
               <w:t xml:space="preserve"> Language </w:t>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text49"/>
+            <w:bookmarkStart w:id="16" w:name="Text49"/>
             <w:r w:rsidRPr="004970FC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2301" w:rsidRDefault="00EB2301">
+          <w:p w14:paraId="2FFC2FBE" w14:textId="77777777" w:rsidR="00EB2301" w:rsidRDefault="00EB2301">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB2301" w:rsidRPr="004970FC" w:rsidRDefault="00EB2301" w:rsidP="00EB2301">
+          <w:p w14:paraId="78C049B0" w14:textId="77777777" w:rsidR="00EB2301" w:rsidRPr="004970FC" w:rsidRDefault="00EB2301" w:rsidP="00EB2301">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="004970FC">
               <w:t xml:space="preserve"> Language </w:t>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:rPr>
                 <w:noProof/>
@@ -3011,283 +3247,257 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004970FC">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2301" w:rsidRDefault="00EB2301">
+          <w:p w14:paraId="03D7D196" w14:textId="77777777" w:rsidR="00EB2301" w:rsidRDefault="00EB2301">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1991" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB2301" w:rsidRDefault="00EB2301">
+          <w:p w14:paraId="099029A8" w14:textId="77777777" w:rsidR="00EB2301" w:rsidRDefault="00EB2301">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+    <w:p w14:paraId="20D3E42A" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
       <w:pPr>
         <w:spacing w:before="120" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">IN THE INTEREST OF the following </w:t>
-[...13 lines deleted...]
-        <w:t>ren):</w:t>
+        <w:t>IN THE INTEREST OF the following child(ren):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3438"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3420"/>
         <w:gridCol w:w="2088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001769BB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="001769BB" w14:paraId="4DB6280C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="7BE4EA42" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="17FBDF5D" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="34B4B027" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="12D698F2" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001769BB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="001769BB" w14:paraId="7CAB677D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="602B2DAC" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text36"/>
+            <w:bookmarkStart w:id="17" w:name="Text36"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -3306,64 +3516,64 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="19" w:name="Text27"/>
+            <w:bookmarkEnd w:id="17"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="18" w:name="Text27"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="73840D1A" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3410,86 +3620,86 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="2BF794AF" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text30"/>
+            <w:bookmarkStart w:id="19" w:name="Text30"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -3508,64 +3718,64 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="21" w:name="Text33"/>
+            <w:bookmarkEnd w:id="19"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="20" w:name="Text33"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="540FC953" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3612,208 +3822,196 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001769BB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="001769BB" w14:paraId="428664C3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="56AE2DA8" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="731A5A9F" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="551388BC" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="6971819D" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001769BB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="001769BB" w14:paraId="3EA561D3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="38D468ED" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text26"/>
+            <w:bookmarkStart w:id="21" w:name="Text26"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -3832,64 +4030,64 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="23" w:name="Text29"/>
+            <w:bookmarkEnd w:id="21"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="22" w:name="Text29"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="47CA2F01" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3936,86 +4134,86 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="327A0A36" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text32"/>
+            <w:bookmarkStart w:id="23" w:name="Text32"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -4034,64 +4232,64 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="25" w:name="Text35"/>
+            <w:bookmarkEnd w:id="23"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="24" w:name="Text35"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="0EE69316" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4138,205 +4336,193 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001769BB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="001769BB" w14:paraId="6887BDE6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="69A6A348" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="38D2F3DF" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="0FE28F60" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2088" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="01A315CB" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001769BB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="001769BB" w14:paraId="282A9AB3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="3A8D0064" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text25"/>
+            <w:bookmarkStart w:id="25" w:name="Text25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -4355,63 +4541,63 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="27" w:name="Text28"/>
+            <w:bookmarkEnd w:id="25"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="26" w:name="Text28"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="4E54C77B" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4458,85 +4644,85 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="25759AA5" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text31"/>
+            <w:bookmarkStart w:id="27" w:name="Text31"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -4555,63 +4741,63 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="29" w:name="Text34"/>
+            <w:bookmarkEnd w:id="27"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="28" w:name="Text34"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="00EC3895">
+          <w:p w14:paraId="2BBA6111" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="00EC3895">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4658,378 +4844,370 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB" w:rsidP="00EB4468">
+    <w:p w14:paraId="057D907C" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB" w:rsidP="00EB4468">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The above named Petitioner was:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="Check4"/>
+      <w:bookmarkStart w:id="29" w:name="Check4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Petitioner  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="31" w:name="Check5"/>
+      <w:bookmarkStart w:id="30" w:name="Check5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007C484F" w:rsidRPr="0059371B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Respondent  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="Check6"/>
+      <w:bookmarkStart w:id="31" w:name="Check6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Other in the action that resulted in the order you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">seek to modify. If “Other” give name and relationship to </w:t>
-[...13 lines deleted...]
-        <w:t>ren):</w:t>
+        <w:t>seek to modify. If “Other” give name and relationship to child(ren):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB4468" w:rsidRDefault="00EB4468" w:rsidP="00EB4468">
+    <w:p w14:paraId="3D1C9527" w14:textId="77777777" w:rsidR="00EB4468" w:rsidRDefault="00EB4468" w:rsidP="00EB4468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="693" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4725"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="4410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001769BB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="001769BB" w14:paraId="3F84E291" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="0C92C42D" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="757C9F01" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="48ECCD18" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Relationship</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001769BB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="001769BB" w14:paraId="7C9A3329" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="67F4AE23" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Text37"/>
+            <w:bookmarkStart w:id="32" w:name="Text37"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
@@ -5053,105 +5231,105 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="30C97046" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="3AE4F510" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Text38"/>
+            <w:bookmarkStart w:id="33" w:name="Text38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
@@ -5175,160 +5353,154 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001769BB" w:rsidRPr="00890AFE" w:rsidRDefault="001769BB" w:rsidP="00890AFE">
+    <w:p w14:paraId="42A9AF9E" w14:textId="77777777" w:rsidR="001769BB" w:rsidRPr="00890AFE" w:rsidRDefault="001769BB" w:rsidP="00890AFE">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00890AFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>The Petitioner hereby moves the Court for an Order modifying a prior Custody Order of this Court</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="2160"/>
         <w:gridCol w:w="8028"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001769BB" w:rsidTr="00EB4468">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="001769BB" w14:paraId="76D81FDB" w14:textId="77777777" w:rsidTr="00EB4468">
         <w:trPr>
           <w:trHeight w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB" w:rsidP="00890AFE">
+          <w:p w14:paraId="02C326D4" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB" w:rsidP="00890AFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>dated</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB" w:rsidP="00890AFE">
+          <w:p w14:paraId="13B5521C" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB" w:rsidP="00890AFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="18"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Text39"/>
+            <w:bookmarkStart w:id="34" w:name="Text39"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
@@ -5338,146 +5510,140 @@
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8028" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRPr="00890AFE" w:rsidRDefault="001769BB" w:rsidP="00890AFE">
+          <w:p w14:paraId="2E1BAD67" w14:textId="77777777" w:rsidR="001769BB" w:rsidRPr="00890AFE" w:rsidRDefault="001769BB" w:rsidP="00890AFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00890AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00890AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:w w:val="110"/>
               </w:rPr>
               <w:t>and, in support thereof, alleges the following:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+    <w:p w14:paraId="5C4B13C9" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001769BB" w:rsidTr="00EC3895">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="001769BB" w14:paraId="6E0B3024" w14:textId="77777777" w:rsidTr="00EC3895">
         <w:trPr>
           <w:trHeight w:val="2545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+          <w:p w14:paraId="4742F058" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="800"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Text40"/>
+            <w:bookmarkStart w:id="35" w:name="Text40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -5496,142 +5662,142 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0059371B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001769BB" w:rsidRPr="00B94277" w:rsidRDefault="001769BB">
+    <w:p w14:paraId="3E42BC8E" w14:textId="77777777" w:rsidR="001769BB" w:rsidRPr="00B94277" w:rsidRDefault="001769BB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001769BB" w:rsidRPr="00890AFE" w:rsidRDefault="001769BB" w:rsidP="00195265">
+    <w:p w14:paraId="21486795" w14:textId="77777777" w:rsidR="001769BB" w:rsidRPr="00890AFE" w:rsidRDefault="001769BB" w:rsidP="00195265">
       <w:pPr>
         <w:ind w:left="-90"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00890AFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">WHEREFORE, the Petitioner prays that the Court will enter an Order reopening the Custody proceedings and thereafter enter an Order modifying the prior order and grant Custody of the above named </w:t>
+        <w:t xml:space="preserve">WHEREFORE, the Petitioner prays that the Court will enter an Order reopening the Custody proceedings and thereafter enter an Order modifying the prior order and grant Custody of the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00890AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>above named</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00890AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00890AFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
-        <w:t>child(</w:t>
-[...6 lines deleted...]
-        <w:t>ren) to</w:t>
+        <w:t>child(ren) to</w:t>
       </w:r>
       <w:r w:rsidR="002806C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3708"/>
         <w:gridCol w:w="7308"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00890AFE" w:rsidTr="00EB4468">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00890AFE" w14:paraId="5DAB16FD" w14:textId="77777777" w:rsidTr="00EB4468">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00890AFE" w:rsidRDefault="00890AFE" w:rsidP="00195265">
+          <w:p w14:paraId="71BA8A5B" w14:textId="77777777" w:rsidR="00890AFE" w:rsidRDefault="00890AFE" w:rsidP="00195265">
             <w:pPr>
               <w:ind w:left="-90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Text41"/>
+            <w:bookmarkStart w:id="36" w:name="Text41"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5641,234 +5807,214 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7308" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00890AFE" w:rsidRDefault="00890AFE">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> enter such other Orders as may be in the best interest of the child(ren).</w:t>
+          <w:p w14:paraId="1C5AACFD" w14:textId="77777777" w:rsidR="00890AFE" w:rsidRDefault="00890AFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>and enter such other Orders as may be in the best interest of the child(ren).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB4468" w:rsidTr="00890AFE">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00EB4468" w14:paraId="7D690C0B" w14:textId="77777777" w:rsidTr="00890AFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3708" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4468" w:rsidRDefault="00EB4468" w:rsidP="00195265">
+          <w:p w14:paraId="079DC0C7" w14:textId="77777777" w:rsidR="00EB4468" w:rsidRDefault="00EB4468" w:rsidP="00195265">
             <w:pPr>
               <w:ind w:left="-90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7308" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB4468" w:rsidRDefault="00EB4468">
+          <w:p w14:paraId="49F9561A" w14:textId="77777777" w:rsidR="00EB4468" w:rsidRDefault="00EB4468">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+    <w:p w14:paraId="41FFF1B7" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB4468" w:rsidRPr="00B94277" w:rsidRDefault="00EB4468">
+    <w:p w14:paraId="12E8CCBB" w14:textId="77777777" w:rsidR="00EB4468" w:rsidRPr="00B94277" w:rsidRDefault="00EB4468">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4428"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="4968"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00195265" w:rsidTr="00F90861">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00195265" w14:paraId="3964CA2C" w14:textId="77777777" w:rsidTr="00F90861">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00195265" w:rsidRDefault="00195265">
+          <w:p w14:paraId="0802CDD8" w14:textId="77777777" w:rsidR="00195265" w:rsidRDefault="00195265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>SWORN TO AND SUBSCRIBED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00195265" w:rsidRDefault="00195265">
+          <w:p w14:paraId="6E9F9BE0" w14:textId="77777777" w:rsidR="00195265" w:rsidRDefault="00195265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00195265" w:rsidRDefault="0042100B">
+          <w:p w14:paraId="7C2BDA5B" w14:textId="77777777" w:rsidR="00195265" w:rsidRDefault="0042100B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="Text50"/>
+            <w:bookmarkStart w:id="37" w:name="Text50"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -5883,171 +6029,159 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195265" w:rsidTr="00F90861">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00195265" w14:paraId="4DA42CFE" w14:textId="77777777" w:rsidTr="00F90861">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00195265" w:rsidRDefault="00195265">
+          <w:p w14:paraId="6AACD039" w14:textId="77777777" w:rsidR="00195265" w:rsidRDefault="00195265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>Before me this date,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00195265" w:rsidRDefault="00195265">
+          <w:p w14:paraId="02BD1D89" w14:textId="77777777" w:rsidR="00195265" w:rsidRDefault="00195265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4968" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00195265" w:rsidRDefault="00195265">
+          <w:p w14:paraId="2C22C9CB" w14:textId="77777777" w:rsidR="00195265" w:rsidRDefault="00195265">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>Petitioner</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195265" w:rsidTr="00F90861">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00195265" w14:paraId="5DFB1CDF" w14:textId="77777777" w:rsidTr="00F90861">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4968" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00195265" w:rsidRDefault="00195265">
+          <w:p w14:paraId="2E5ED841" w14:textId="77777777" w:rsidR="00195265" w:rsidRDefault="00195265">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="18"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Text44"/>
+            <w:bookmarkStart w:id="38" w:name="Text44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6057,1464 +6191,1512 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00195265" w:rsidRDefault="00195265">
+          <w:p w14:paraId="079AF023" w14:textId="77777777" w:rsidR="00195265" w:rsidRDefault="00195265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195265" w:rsidTr="00F90861">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00195265" w14:paraId="05213482" w14:textId="77777777" w:rsidTr="00F90861">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00195265" w:rsidRDefault="00195265">
+          <w:p w14:paraId="058F6CA9" w14:textId="77777777" w:rsidR="00195265" w:rsidRDefault="00195265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00195265" w:rsidRDefault="00195265">
+          <w:p w14:paraId="6A48341B" w14:textId="77777777" w:rsidR="00195265" w:rsidRDefault="00195265">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4968" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00195265" w:rsidRDefault="002806C5" w:rsidP="007C7213">
+          <w:p w14:paraId="6F03F029" w14:textId="77777777" w:rsidR="00195265" w:rsidRDefault="002806C5" w:rsidP="007C7213">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>Clerk of Court/</w:t>
             </w:r>
             <w:r w:rsidR="00195265">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>Notary Public</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+    <w:p w14:paraId="65E80A02" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001769BB" w:rsidSect="000606BE">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="317" w:right="720" w:bottom="270" w:left="720" w:header="144" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0042100B" w:rsidRDefault="0042100B">
+    <w:p w14:paraId="6CEB50FB" w14:textId="77777777" w:rsidR="0042100B" w:rsidRDefault="0042100B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0042100B" w:rsidRDefault="0042100B">
+    <w:p w14:paraId="6B4E86C9" w14:textId="77777777" w:rsidR="0042100B" w:rsidRDefault="0042100B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0042100B" w:rsidRDefault="0042100B">
+    <w:p w14:paraId="7E19E197" w14:textId="77777777" w:rsidR="0042100B" w:rsidRDefault="0042100B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0042100B" w:rsidRDefault="0042100B">
+    <w:p w14:paraId="3EF32493" w14:textId="77777777" w:rsidR="0042100B" w:rsidRDefault="0042100B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="12148ADF" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="001769BB" w:rsidRDefault="001769BB">
+  <w:p w14:paraId="39204369" w14:textId="77777777" w:rsidR="001769BB" w:rsidRDefault="001769BB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form 348</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="001769BB" w:rsidRDefault="005C72A3">
+  <w:p w14:paraId="25C6E80A" w14:textId="42835805" w:rsidR="001769BB" w:rsidRDefault="005C72A3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">(Rev. </w:t>
     </w:r>
-    <w:r w:rsidR="00EB2301">
+    <w:r w:rsidR="00CB0CB6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>10/11</w:t>
+      <w:t>11/25</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">) </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B1C5DB0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C1117E3"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6450E622"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E643378"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6276DE74"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="F4C25BEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="8C74A2BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8C729D94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="9F6A30BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="ACAAA9CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="809C68A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="F3303BA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="AEE66078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61C8B37C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FA55B41"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="145E9DD0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DA86084"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="748244BE"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="F980553A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FE6AB45A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6B12F15E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="6824AE8C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9DAEC1EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78BE976C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99944B5E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="B8505EAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="615C78E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="243F4F9E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7CA1EEA"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="322412F0">
       <w:start w:val="14"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="C6AC4586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="7EDE795E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="8F703062" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6E24FBB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="A5B21248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="CC3EF9BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="B4DAB5FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FEE40C4A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BFA368D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82847A38"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="C84CA63A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="77BE208E">
       <w:start w:val="14"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6ECCF9F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="B74A0CD4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="8140DF9C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="F96EA1E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75745B98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74507F12" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="6AE0933A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61567257"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7812DBF0"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="DEB20462">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="8BC808E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="907C6688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="EA9E5326" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6492988A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59D490D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="443872CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39CEDDF0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="E9027CEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="644A46BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FC0113E"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="C3201410">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="011AA342" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="BA783E7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="884660E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="2B42EF2A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="B59A4D00" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="6BC878CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="AECAE9BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86DC2ED2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78B1710D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E260534"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="209205A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78025B68" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27C651BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="6E4E0396" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="135878E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="4F5867C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="B6684ECE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90BCF3FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D22EA6A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1044913695">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="527834801">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="320934743">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1671985581">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="534274472">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="100805070">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="793445863">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1472019923">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1831939575">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1809740024">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1720863114">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="116"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="JjeQcmL/U9MquKRW9XSnRtL3O9FpQViUNaA794yMYQvHW/ssYF55hcb1Gu/IyAX6vnml3NKp4rm9kJhuj60BeQ==" w:salt="kleKfotSb6ywVC1zeD2q0g=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="pFt/+E2K37sLw7nS9dDy16vHcJnxmzlYdObyFGlQwGSgOCzo5dmpRkDMX5Y5InUaK2hDZUkwU1DvhnC7QBPRsQ==" w:salt="fuVkkZUvQ4XOKjAhsnJcTQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotSuppressParagraphBorders/>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0042100B"/>
     <w:rsid w:val="000606BE"/>
     <w:rsid w:val="000B0A3A"/>
     <w:rsid w:val="000D6C60"/>
     <w:rsid w:val="00135FEF"/>
     <w:rsid w:val="00166F6B"/>
     <w:rsid w:val="001769BB"/>
     <w:rsid w:val="00195265"/>
+    <w:rsid w:val="002009D0"/>
     <w:rsid w:val="0021277B"/>
     <w:rsid w:val="002252C3"/>
     <w:rsid w:val="002806C5"/>
     <w:rsid w:val="002C7CCA"/>
+    <w:rsid w:val="002E3D21"/>
     <w:rsid w:val="00417B7F"/>
     <w:rsid w:val="0042100B"/>
+    <w:rsid w:val="00434916"/>
+    <w:rsid w:val="00450C21"/>
     <w:rsid w:val="004970FC"/>
     <w:rsid w:val="00576480"/>
     <w:rsid w:val="0059371B"/>
     <w:rsid w:val="005C72A3"/>
     <w:rsid w:val="00604D30"/>
     <w:rsid w:val="0061317A"/>
     <w:rsid w:val="00620C3D"/>
     <w:rsid w:val="00642A89"/>
     <w:rsid w:val="006762EE"/>
     <w:rsid w:val="006B55D2"/>
     <w:rsid w:val="007A77DB"/>
     <w:rsid w:val="007C484F"/>
     <w:rsid w:val="007C7213"/>
     <w:rsid w:val="00815B6B"/>
     <w:rsid w:val="00836F21"/>
     <w:rsid w:val="00856134"/>
     <w:rsid w:val="00860B51"/>
     <w:rsid w:val="00890AFE"/>
     <w:rsid w:val="009D091A"/>
+    <w:rsid w:val="00A3540C"/>
+    <w:rsid w:val="00A45BEE"/>
     <w:rsid w:val="00A77084"/>
+    <w:rsid w:val="00A91342"/>
     <w:rsid w:val="00A91755"/>
     <w:rsid w:val="00B3430A"/>
+    <w:rsid w:val="00B34811"/>
     <w:rsid w:val="00B546E6"/>
     <w:rsid w:val="00B94277"/>
     <w:rsid w:val="00C279C0"/>
     <w:rsid w:val="00C93896"/>
     <w:rsid w:val="00CA7490"/>
+    <w:rsid w:val="00CB0CB6"/>
     <w:rsid w:val="00CC20EB"/>
     <w:rsid w:val="00DA5FF0"/>
     <w:rsid w:val="00DA74F1"/>
     <w:rsid w:val="00DC40AA"/>
     <w:rsid w:val="00E9614B"/>
     <w:rsid w:val="00EB2301"/>
     <w:rsid w:val="00EB4468"/>
     <w:rsid w:val="00EC3895"/>
     <w:rsid w:val="00F90861"/>
+    <w:rsid w:val="00F911D1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="1B33FDE4"/>
+  <w14:docId w14:val="091DA615"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9100159B-DFF5-4099-BB33-C6F3024B8370}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -7686,105 +7868,116 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-540" w:right="-72"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
@@ -7802,62 +7995,57 @@
     <w:rsid w:val="000606BE"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00EB2301"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///N:\FC-Admin\Case%20Processing\Forms%20and%20Procedures\Family%20Court%20Official%20Forms\300%20-%20Criminal%20&amp;%20Civil%20&amp;%20Support\348%20-%20Petition%20to%20Modify%20Custody\348-Petition%20to%20Modify%20Custody%20Order%2010112011.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8079,73 +8267,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>348-Petition to Modify Custody Order 10112011</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>364</Words>
-  <Characters>2075</Characters>
+  <Words>377</Words>
+  <Characters>2155</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2435</CharactersWithSpaces>
+  <CharactersWithSpaces>2527</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Clark, Tempess (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>