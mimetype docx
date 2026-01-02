--- v0 (2025-11-16)
+++ v1 (2026-01-02)
@@ -5,53 +5,53 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4612B512" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00A271A9">
+    <w:p w14:paraId="4612B512" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00A46573">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="6EFF230C">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
@@ -103,57 +103,57 @@
       <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check84"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check84"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle</w:t>
       </w:r>
       <w:r w:rsidR="004B24CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -170,57 +170,57 @@
       <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check85"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check85"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent</w:t>
       </w:r>
       <w:r w:rsidR="004B24CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -237,57 +237,57 @@
       <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check86"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Check86"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CAF615D" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -416,2940 +416,3183 @@
       <w:tblPr>
         <w:tblW w:w="10880" w:type="dxa"/>
         <w:tblInd w:w="65" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="70"/>
         <w:gridCol w:w="4423"/>
         <w:gridCol w:w="67"/>
         <w:gridCol w:w="2000"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA3AB2" w14:paraId="11D9EB75" w14:textId="77777777" w:rsidTr="002B3B63">
+      <w:tr w:rsidR="00A46573" w14:paraId="4D0813F4" w14:textId="77777777" w:rsidTr="00F60221">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4831F168" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="62BB79FB" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="480"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F070384" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="4D438CFE" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B1EA58A" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="3384BAF3" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31C156A8" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="0604CB7B" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6126355C" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2" w:rsidP="002B3B63">
+          <w:p w14:paraId="00FEE0F0" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="4" w:name="Text15"/>
-      <w:tr w:rsidR="00CA3AB2" w14:paraId="197421D2" w14:textId="77777777" w:rsidTr="00521BAD">
+      <w:tr w:rsidR="00A46573" w14:paraId="3F0F474B" w14:textId="77777777" w:rsidTr="00F60221">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="702AA398" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="0063537F" w:rsidP="00B8375C">
+          <w:p w14:paraId="49F25D65" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B8375C">
-[...27 lines deleted...]
-            <w:r w:rsidR="00B8375C">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2ED2F1FC" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="00CA3AB2" w:rsidP="00521BAD">
+          <w:p w14:paraId="71F5C441" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="5" w:name="Text2"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6D9A1C72" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="0063537F" w:rsidP="00B8375C">
+          <w:p w14:paraId="7C76E646" w14:textId="72E1B04D" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B8375C">
-[...27 lines deleted...]
-            <w:r w:rsidR="00B8375C">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C4241B1" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="786D0496" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24DEFBF1" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="002B3B63" w:rsidP="002B3B63">
+          <w:p w14:paraId="0955E3C2" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t xml:space="preserve">        </w:t>
-[...6 lines deleted...]
-              <w:t>File Number</w:t>
+              <w:t xml:space="preserve">        File Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA3AB2" w14:paraId="555E3EAA" w14:textId="77777777" w:rsidTr="002B3B63">
+      <w:tr w:rsidR="00A46573" w14:paraId="29CCB143" w14:textId="77777777" w:rsidTr="00F60221">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="174243E4" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2" w:rsidP="00B42C8B">
+          <w:p w14:paraId="482EDC77" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               Street Address</w:t>
             </w:r>
-            <w:r w:rsidR="006135D4">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006135D4" w:rsidRPr="006135D4">
+            <w:r w:rsidRPr="006135D4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">(including </w:t>
             </w:r>
-            <w:r w:rsidR="00B42C8B">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Apt</w:t>
             </w:r>
-            <w:r w:rsidR="006135D4" w:rsidRPr="006135D4">
+            <w:r w:rsidRPr="006135D4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64334A0F" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="48CCA15D" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EACFF30" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2" w:rsidP="00B42C8B">
+          <w:p w14:paraId="6D574858" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               Street Address</w:t>
             </w:r>
-            <w:r w:rsidR="006135D4">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006135D4" w:rsidRPr="006135D4">
+            <w:r w:rsidRPr="006135D4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">(including </w:t>
             </w:r>
-            <w:r w:rsidR="00B42C8B">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Apt</w:t>
             </w:r>
-            <w:r w:rsidR="006135D4" w:rsidRPr="006135D4">
+            <w:r w:rsidRPr="006135D4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DC690D4" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="487F56D2" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75AEFE49" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="002B3B63" w:rsidP="002B3B63">
+          <w:p w14:paraId="5832A40F" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLine="870"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text19"/>
-            <w:r w:rsidR="00CA3AB2" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00521BAD">
-[...5 lines deleted...]
-            <w:r w:rsidR="0063537F" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CA3AB2" w:rsidRPr="00521BAD">
-[...39 lines deleted...]
-            <w:r w:rsidR="0063537F" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="7" w:name="Text3"/>
-      <w:tr w:rsidR="00CA3AB2" w14:paraId="27978398" w14:textId="77777777" w:rsidTr="00521BAD">
+      <w:tr w:rsidR="00A46573" w14:paraId="0859DCA9" w14:textId="77777777" w:rsidTr="00F60221">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1B96DB3F" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="0063537F" w:rsidP="00521BAD">
+          <w:p w14:paraId="2CB91AB4" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00521BAD" w:rsidRPr="00521BAD">
-[...27 lines deleted...]
-            <w:r w:rsidR="00521BAD" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0565D16A" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="00CA3AB2" w:rsidP="00521BAD">
+          <w:p w14:paraId="54422A2E" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="8" w:name="Text4"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1F7499" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="0063537F" w:rsidP="00521BAD">
+          <w:p w14:paraId="095908CC" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00521BAD" w:rsidRPr="00521BAD">
-[...27 lines deleted...]
-            <w:r w:rsidR="00521BAD" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07C8E80E" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="37B324AB" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="417B05BA" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="6E92948D" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA3AB2" w14:paraId="732098BD" w14:textId="77777777">
+      <w:tr w:rsidR="00A46573" w14:paraId="6B8D5409" w14:textId="77777777" w:rsidTr="00F60221">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AA01B95" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2" w:rsidP="00C20A89">
+          <w:p w14:paraId="7A73078C" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B4F1A43" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="29F582FE" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54AF7559" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2" w:rsidP="00C20A89">
+          <w:p w14:paraId="4AAF0AF0" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A35BEA8" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="384369A9" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AE01F61" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="0D395562" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="9" w:name="Text7"/>
-      <w:tr w:rsidR="00CA3AB2" w14:paraId="7176B87C" w14:textId="77777777" w:rsidTr="00521BAD">
+      <w:tr w:rsidR="00A46573" w14:paraId="34AA1EC4" w14:textId="77777777" w:rsidTr="00F60221">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="449075F5" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="0063537F" w:rsidP="00521BAD">
+          <w:p w14:paraId="27DDC965" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00521BAD" w:rsidRPr="00521BAD">
-[...27 lines deleted...]
-            <w:r w:rsidR="00521BAD" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="750A1609" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="00CA3AB2" w:rsidP="00521BAD">
+          <w:p w14:paraId="0283DF5E" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="10" w:name="Text8"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1EFC55E7" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="0063537F" w:rsidP="00521BAD">
+          <w:p w14:paraId="181CCB0E" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00521BAD" w:rsidRPr="00521BAD">
-[...27 lines deleted...]
-            <w:r w:rsidR="00521BAD" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5178317E" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="23A68A84" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B0F9FEB" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="471CBDCC" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">        Petition Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA3AB2" w14:paraId="34363893" w14:textId="77777777">
+      <w:tr w:rsidR="00A46573" w14:paraId="0351D837" w14:textId="77777777" w:rsidTr="00F60221">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72905D23" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2" w:rsidP="000867EE">
+          <w:p w14:paraId="7D6B0F01" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">               City</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">                    </w:t>
+              <w:t xml:space="preserve">               City/State/ Zip Code                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2751FDBB" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="0F2B9659" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F7FA5B6" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2" w:rsidP="00C20A89">
+          <w:p w14:paraId="163386E9" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t xml:space="preserve">               City</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">             </w:t>
+              <w:t xml:space="preserve">               City/State/Zip Code             </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F04E221" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="51CB636C" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6963C981" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="00CA3AB2" w:rsidP="00521BAD">
+          <w:p w14:paraId="02B20AB8" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Text6"/>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00521BAD">
-[...5 lines deleted...]
-            <w:r w:rsidR="0063537F" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00521BAD" w:rsidRPr="00521BAD">
-[...34 lines deleted...]
-            <w:r w:rsidR="0063537F" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="12" w:name="Text9"/>
-      <w:tr w:rsidR="00CA3AB2" w14:paraId="4A2F88C1" w14:textId="77777777" w:rsidTr="00521BAD">
+      <w:tr w:rsidR="00A46573" w14:paraId="44EDF0C6" w14:textId="77777777" w:rsidTr="00F60221">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2529A9" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="0063537F" w:rsidP="00521BAD">
+          <w:p w14:paraId="75E05F44" w14:textId="246587DA" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3020"/>
               </w:tabs>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
-[...33 lines deleted...]
-                <w:noProof/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
-            <w:r w:rsidR="00CA3AB2" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6FBBEC18" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="00CA3AB2" w:rsidP="00521BAD">
+          <w:p w14:paraId="3BB3A7C3" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="13" w:name="Text12"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="175D3B4C" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="0063537F" w:rsidP="00521BAD">
+          <w:p w14:paraId="7637C3F8" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3120"/>
               </w:tabs>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
-[...31 lines deleted...]
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
-            <w:r w:rsidR="00CA3AB2" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EB89FB5" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="54660305" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BD3DF6F" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="688EAF74" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA3AB2" w14:paraId="14FAA71F" w14:textId="77777777">
+      <w:tr w:rsidR="00A46573" w14:paraId="4746C62E" w14:textId="77777777" w:rsidTr="00F60221">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="200"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2000" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">               Attorney Name</w:t>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="773AAA87" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00D03372" w:rsidRDefault="00A46573" w:rsidP="00F60221">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3020"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email Address </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="7B8C58DA" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20ACEBA4" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D8A9F4" w14:textId="71C4F98B" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3120"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email Address </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03372">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="67" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26FCB209" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A46573" w14:paraId="2E38F9FD" w14:textId="77777777" w:rsidTr="00F60221">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="200"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="012DB46C" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
+            <w:pPr>
+              <w:pStyle w:val="Style3"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">               Attorney Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="70" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="516F4151" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5239A160" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2" w:rsidP="00C20A89">
+          <w:p w14:paraId="34298F1A" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">           Attorney Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07F0B539" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="3963B31C" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3864FAEA" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="40DB0AC5" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="14" w:name="Text20"/>
-      <w:tr w:rsidR="00CA3AB2" w14:paraId="10476CDA" w14:textId="77777777" w:rsidTr="008F063A">
+      <w:tr w:rsidR="00A46573" w14:paraId="028A5C1D" w14:textId="77777777" w:rsidTr="00F60221">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6EEA0801" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="0063537F" w:rsidP="008F063A">
+          <w:p w14:paraId="5ADB3141" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2760"/>
               </w:tabs>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:w w:val="125"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
-[...31 lines deleted...]
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="234213F6" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="25FD7C5B" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="15" w:name="Text22"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3904991D" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="0063537F" w:rsidP="008F063A">
+          <w:p w14:paraId="08987E90" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
-[...31 lines deleted...]
-            <w:r w:rsidR="00C20A89" w:rsidRPr="00521BAD">
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0072B1B9" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="5D3C0312" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B18C4EC" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+          <w:p w14:paraId="624EC28C" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195730" w14:paraId="4311B8EA" w14:textId="77777777" w:rsidTr="004A53C4">
+      <w:tr w:rsidR="00A46573" w14:paraId="564BC002" w14:textId="77777777" w:rsidTr="00F60221">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F27A158" w14:textId="77777777" w:rsidR="00195730" w:rsidRPr="00195730" w:rsidRDefault="00195730" w:rsidP="00195730">
+          <w:p w14:paraId="10FC838E" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00195730" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Interpreter needed?  </w:t>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00195730">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Check1"/>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00195730">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00195730">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="Check2"/>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00195730">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E655EA5" w14:textId="77777777" w:rsidR="00195730" w:rsidRPr="00521BAD" w:rsidRDefault="00195730" w:rsidP="00195730">
+          <w:p w14:paraId="424F88D9" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21ECCA31" w14:textId="77777777" w:rsidR="00195730" w:rsidRPr="00521BAD" w:rsidRDefault="00195730" w:rsidP="00195730">
+          <w:p w14:paraId="0041C866" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Interpreter needed?  </w:t>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00195730">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00195730">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00195730">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00195730">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14158302" w14:textId="77777777" w:rsidR="00195730" w:rsidRDefault="00195730" w:rsidP="00195730">
+          <w:p w14:paraId="76B1A32E" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="184FA8F7" w14:textId="77777777" w:rsidR="00195730" w:rsidRDefault="00195730" w:rsidP="00195730">
+          <w:p w14:paraId="17CE0969" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195730" w14:paraId="53A3CE73" w14:textId="77777777" w:rsidTr="00195730">
+      <w:tr w:rsidR="00A46573" w14:paraId="3AE8D31F" w14:textId="77777777" w:rsidTr="00F60221">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19EFB0CB" w14:textId="77777777" w:rsidR="00195730" w:rsidRPr="00AE0CCA" w:rsidRDefault="00195730" w:rsidP="00195730">
+          <w:p w14:paraId="3311F5C7" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00AE0CCA" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00AE0CCA">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  Language</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE0CCA">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00AE0CCA">
+            <w:r w:rsidRPr="00AE0CCA">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Text1"/>
             <w:r w:rsidRPr="00AE0CCA">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00AE0CCA">
+            <w:r w:rsidRPr="00AE0CCA">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AE0CCA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AE0CCA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AE0CCA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AE0CCA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AE0CCA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00AE0CCA">
+            <w:r w:rsidRPr="00AE0CCA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B5E0FAD" w14:textId="77777777" w:rsidR="00195730" w:rsidRPr="00521BAD" w:rsidRDefault="00195730" w:rsidP="00195730">
+          <w:p w14:paraId="530EA018" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="028C0E9B" w14:textId="77777777" w:rsidR="00195730" w:rsidRPr="00521BAD" w:rsidRDefault="00195730" w:rsidP="00195730">
+          <w:p w14:paraId="73209986" w14:textId="77777777" w:rsidR="00A46573" w:rsidRPr="00521BAD" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00877297">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Language</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00195730">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text98"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Text98"/>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00195730">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00195730">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0063537F" w:rsidRPr="00195730">
+            <w:r w:rsidRPr="00195730">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="521910F9" w14:textId="77777777" w:rsidR="00195730" w:rsidRDefault="00195730" w:rsidP="00195730">
+          <w:p w14:paraId="44AE9D98" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26ACF0EF" w14:textId="77777777" w:rsidR="00195730" w:rsidRDefault="00195730" w:rsidP="00195730">
+          <w:p w14:paraId="79E0AA0E" w14:textId="77777777" w:rsidR="00A46573" w:rsidRDefault="00A46573" w:rsidP="00F60221">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E33F282" w14:textId="77777777" w:rsidR="00837661" w:rsidRDefault="00837661">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39EB522C" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
@@ -3487,58 +3730,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check92"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="Check92"/>
             <w:r w:rsidR="00BB5687">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidR="0063537F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0063537F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0063537F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
             <w:r w:rsidR="00BB5687">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00877C5A">
@@ -3562,58 +3805,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check93"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="Check93"/>
             <w:r w:rsidR="00BB5687">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidR="0063537F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0063537F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0063537F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
             <w:r w:rsidR="00BB5687">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> have not</w:t>
             </w:r>
             <w:r w:rsidRPr="00877C5A">
@@ -4390,115 +4633,115 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check87"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes </w:t>
             </w:r>
             <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check88"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6002,58 +6245,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check89"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="28" w:name="Check89"/>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="28"/>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes </w:t>
             </w:r>
             <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
@@ -6061,58 +6304,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check90"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="29" w:name="Check90"/>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="29"/>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
@@ -6728,115 +6971,115 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check87"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="001D57A1" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidRPr="00877C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="001D57A1" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes </w:t>
             </w:r>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check88"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="001D57A1" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidRPr="00877C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="001D57A1" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7551,115 +7794,115 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check87"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes </w:t>
             </w:r>
             <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check88"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0063537F" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8377,58 +8620,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="31" w:name="Check96"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="31"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r>
@@ -8436,58 +8679,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="32" w:name="Check97"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="32"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
@@ -8564,58 +8807,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check98"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="33" w:name="Check98"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> I (Petitioner) </w:t>
             </w:r>
             <w:r>
@@ -8640,58 +8883,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check99"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="34" w:name="Check99"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="34"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> my spouse (Respondent) last lived in </w:t>
             </w:r>
           </w:p>
@@ -8725,58 +8968,58 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="   "/>
                     <w:listEntry w:val="New Castle County"/>
                     <w:listEntry w:val="Kent County"/>
                     <w:listEntry w:val="Sussex County"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="35" w:name="Dropdown1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -9463,59 +9706,59 @@
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check52"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="36" w:name="Check52"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -9546,59 +9789,59 @@
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check53"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="37" w:name="Check53"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  The following address that is different from the address above:</w:t>
       </w:r>
@@ -10333,59 +10576,59 @@
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check54"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="43" w:name="Check54"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
@@ -10434,60 +10677,60 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check55"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="44" w:name="Check55"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="8"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="8"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="8"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="8"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="22"/>
@@ -10570,59 +10813,59 @@
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check56"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="45" w:name="Check56"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -10649,57 +10892,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check79"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="46" w:name="Check79"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-      <w:r w:rsidR="00A271A9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="16"/>
@@ -11498,57 +11741,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check83"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="53" w:name="Check83"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-      <w:r w:rsidR="00A271A9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  My spouse resided in a foreign country within two years prior to my filing the petition; he/she </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -12733,57 +12976,57 @@
             <w:r w:rsidR="0063537F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check94"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="56" w:name="Check94"/>
             <w:r w:rsidR="00BB5687">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidR="0063537F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0063537F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0063537F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="56"/>
             <w:r w:rsidR="00BB5687">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -12800,57 +13043,57 @@
             <w:r w:rsidR="0063537F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="57" w:name="Check95"/>
             <w:r w:rsidR="00BB5687">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidR="0063537F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0063537F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0063537F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="57"/>
             <w:r w:rsidR="00BB5687">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -13280,59 +13523,59 @@
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check59"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="58" w:name="Check59"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
@@ -13392,57 +13635,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check91"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917A9B" w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidRPr="00877C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00877C5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="59"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3583" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -13589,59 +13832,59 @@
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check61"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="61" w:name="Check61"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  We have </w:t>
       </w:r>
@@ -15540,59 +15783,59 @@
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check62"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="80" w:name="Check62"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  I have not brought an action for divorce or annulment in any court against this spouse </w:t>
       </w:r>
@@ -15630,59 +15873,59 @@
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check63"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="81" w:name="Check63"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="81"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Either my spouse or I have filed for divorce or annulment against the other before the date of filing of this petition. </w:t>
       </w:r>
@@ -16108,60 +16351,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="078B0A91" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">who filed the </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>who filed the action</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="7C21243B" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(myself or my spouse)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:tcBorders>
@@ -19516,59 +19751,59 @@
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check64"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="108" w:name="Check64"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0063537F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="108"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  I want to get a </w:t>
       </w:r>
@@ -19676,95 +19911,95 @@
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check65"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="109" w:name="Check65"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="109"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> MY MARRIAGE IS IRRETRIEVABLY BROKEN. My spouse and I separated for the following </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185A11C9" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2" w:rsidP="006C26CA">
+    <w:p w14:paraId="185A11C9" w14:textId="18706CB9" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2" w:rsidP="006C26CA">
       <w:pPr>
         <w:ind w:left="180" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>reason(s).  (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Check</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -19773,253 +20008,234 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ALL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> that apply</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="526912FA" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="0063537F" w:rsidP="007303CC">
+    <w:p w14:paraId="2C07C395" w14:textId="50EB92AD" w:rsidR="00A033EF" w:rsidRDefault="00A033EF" w:rsidP="006C26CA">
       <w:pPr>
-        <w:pStyle w:val="BodyTextIndent2"/>
-        <w:spacing w:before="120"/>
+        <w:ind w:left="180" w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28A7CCFB" w14:textId="77777777" w:rsidR="00A033EF" w:rsidRPr="007303CC" w:rsidRDefault="00A033EF" w:rsidP="00A033EF">
+      <w:pPr>
+        <w:spacing w:after="240"/>
         <w:ind w:left="1440"/>
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Check66"/>
+            <w:name w:val="Check69"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="110" w:name="Check66"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="110"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> My spouse and I cannot get along and our relationship </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  VOLUNTARY SEPARATION.  My spouse and I have agreed to separate and end the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00CA3AB2">
-[...3 lines deleted...]
-        <w:t>is</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>marriage;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00CA3AB2">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="2409DB30" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="0063537F" w:rsidP="007303CC">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check67"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="111" w:name="Check67"/>
+      <w:bookmarkStart w:id="110" w:name="Check67"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="111"/>
+      <w:bookmarkEnd w:id="110"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> MISCONDUCT OF MY SPOUSE</w:t>
       </w:r>
       <w:r w:rsidR="007B1F02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Misconduct such as physical abuse, mental abuse, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> or abandonment has occurred.  Describe the misconduct that occurred.</w:t>
+        <w:t xml:space="preserve"> Misconduct such as physical abuse, mental abuse, infidelity or abandonment has occurred.  Describe the misconduct that occurred.</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="292A762A" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:ind w:left="1685"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9268" w:type="dxa"/>
         <w:tblInd w:w="1685" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -20048,51 +20264,51 @@
           <w:p w14:paraId="5D03E5CC" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="0063537F" w:rsidP="00521BAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text88"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="500"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="112" w:name="Text88"/>
+            <w:bookmarkStart w:id="111" w:name="Text88"/>
             <w:r w:rsidR="00CA3AB2" w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00CA3AB2" w:rsidRPr="00521BAD">
               <w:rPr>
@@ -20125,119 +20341,119 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA3AB2" w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="112"/>
+            <w:bookmarkEnd w:id="111"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="335FB541" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="0063537F" w:rsidP="007303CC">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check68"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="113" w:name="Check68"/>
+      <w:bookmarkStart w:id="112" w:name="Check68"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="113"/>
+      <w:bookmarkEnd w:id="112"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  MY SPOUSE’S MENTAL ILLNESS</w:t>
       </w:r>
       <w:r w:rsidR="007B1F02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Describe your spouse’s mental illness including diagnosis and treating physician.</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -20365,261 +20581,265 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA3AB2" w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15A58972" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
+    <w:p w14:paraId="15A58972" w14:textId="3797F43B" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:ind w:left="1685"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C60FA6A" w14:textId="75C17F29" w:rsidR="00CA3AB2" w:rsidRPr="007303CC" w:rsidRDefault="0063537F" w:rsidP="007303CC">
+    <w:p w14:paraId="2CFDF14A" w14:textId="77777777" w:rsidR="00A033EF" w:rsidRDefault="00A033EF" w:rsidP="00A033EF">
       <w:pPr>
-        <w:spacing w:after="240"/>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:before="120"/>
         <w:ind w:left="1440"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Check69"/>
+            <w:name w:val="Check66"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="114" w:name="Check69"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="114"/>
-[...29 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  INCOMPATIBILITY BETWEEN THE PARTIES. My spouse and I cannot get along and our relationship is destroyed.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6CA1E647" w14:textId="1A0C19F2" w:rsidR="006C26CA" w:rsidRPr="006C26CA" w:rsidRDefault="00CA3AB2" w:rsidP="007303CC">
+    <w:p w14:paraId="5B813BA5" w14:textId="77777777" w:rsidR="00A033EF" w:rsidRDefault="00A033EF">
+      <w:pPr>
+        <w:ind w:left="1685"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CA1E647" w14:textId="15805B35" w:rsidR="006C26CA" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="900"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="003C384E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">AND </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>AND</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF4E9D0" w14:textId="2595742F" w:rsidR="00CA3AB2" w:rsidRDefault="0063537F" w:rsidP="007303CC">
+    <w:p w14:paraId="7837B500" w14:textId="77777777" w:rsidR="00EB386A" w:rsidRPr="003C384E" w:rsidRDefault="00EB386A" w:rsidP="003C384E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="900"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AF4E9D0" w14:textId="0274712E" w:rsidR="00CA3AB2" w:rsidRDefault="0063537F" w:rsidP="007303CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="540" w:hanging="630"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check70"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="115" w:name="Check70"/>
+      <w:bookmarkStart w:id="113" w:name="Check70"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-      <w:r w:rsidR="00A271A9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="115"/>
+      <w:bookmarkEnd w:id="113"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  RECONCILIATION (GETTING BACK TOGETHER) WITH MY SPOUSE IS NOT PROBABLE.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="48269E85" w14:textId="1BA80C2C" w:rsidR="00A033EF" w:rsidRDefault="00A033EF" w:rsidP="00A033EF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18E7AD02" w14:textId="77777777" w:rsidR="00A033EF" w:rsidRDefault="00A033EF" w:rsidP="00521EE5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="7FBF8207" w14:textId="23F77CFF" w:rsidR="00CA3AB2" w:rsidRDefault="000867EE">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t>ECTION III - ANNULMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70EC447F" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="330CA304" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
       </w:pPr>
       <w:r>
         <w:t>DO NOT COMPLETE THIS SECTION IF YOU WANT A DIVORCE</w:t>
@@ -20638,87 +20858,87 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check71"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="116" w:name="Check71"/>
+      <w:bookmarkStart w:id="114" w:name="Check71"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="116"/>
+      <w:bookmarkEnd w:id="114"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I want to get an </w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ANNULMENT</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
@@ -20805,137 +21025,121 @@
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check72"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="117" w:name="Check72"/>
+      <w:bookmarkStart w:id="115" w:name="Check72"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="117"/>
+      <w:bookmarkEnd w:id="115"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  MY SPOUSE LACKED CAPACITY TO CONSENT TO THE MARRIAGE</w:t>
       </w:r>
       <w:r w:rsidR="00917A9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>/CIVIL UNION</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.  My spouse did not have the legal capacity to agree to the marriage</w:t>
       </w:r>
       <w:r w:rsidR="00BB5687">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>/civil union</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at the time of the ceremony, because of mental incapacity or the influence of alcohol, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> or other incapacitating substances.  Describe the circumstances that made your spouse unable to agree to the marriage</w:t>
+        <w:t xml:space="preserve"> at the time of the ceremony, because of mental incapacity or the influence of alcohol, drugs or other incapacitating substances.  Describe the circumstances that made your spouse unable to agree to the marriage</w:t>
       </w:r>
       <w:r w:rsidR="00917A9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>/civil union</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>HOW</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
@@ -21113,87 +21317,87 @@
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check73"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="118" w:name="Check73"/>
+      <w:bookmarkStart w:id="116" w:name="Check73"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="118"/>
+      <w:bookmarkEnd w:id="116"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  I RELIED UPON A FRAUDULENT ACT OR MISREPRESENTATION.  I </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>married</w:t>
       </w:r>
       <w:r w:rsidR="00BB5687">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>/entered into</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00BB5687">
         <w:rPr>
@@ -21437,87 +21641,87 @@
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check74"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="119" w:name="Check74"/>
+      <w:bookmarkStart w:id="117" w:name="Check74"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="119"/>
+      <w:bookmarkEnd w:id="117"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  DURESS.  One of the parties </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>married</w:t>
       </w:r>
       <w:r w:rsidR="00917A9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>/entered into</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00917A9B">
         <w:rPr>
@@ -21572,217 +21776,212 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9187"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CA3AB2" w14:paraId="4CB3F1B6" w14:textId="77777777" w:rsidTr="00521BAD">
         <w:trPr>
           <w:trHeight w:val="1728"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3D88BF" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="0063537F" w:rsidP="00521BAD">
+          <w:p w14:paraId="4D3D88BF" w14:textId="5A727D33" w:rsidR="00CA3AB2" w:rsidRPr="00521BAD" w:rsidRDefault="0063537F" w:rsidP="00521BAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="500"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00CA3AB2" w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CA3AB2" w:rsidRPr="00521BAD">
-[...38 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="00A46573">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A46573">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A46573">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A46573">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A46573">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00521BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2E4CA34B" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D21355C" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="0063537F">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check75"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="120" w:name="Check75"/>
+      <w:bookmarkStart w:id="118" w:name="Check75"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-      <w:r w:rsidR="00A271A9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="120"/>
+      <w:bookmarkEnd w:id="118"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> JEST OR DARE.  One of the parties got </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>married</w:t>
       </w:r>
       <w:r w:rsidR="00C755F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>/entered into</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C755F5">
         <w:rPr>
@@ -21942,58 +22141,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA3AB2" w:rsidRPr="00B8375C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B8375C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00978F1F" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="454742CD" w14:textId="688308FE" w:rsidR="000867EE" w:rsidRPr="000867EE" w:rsidRDefault="003037D2" w:rsidP="000867EE">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="59DA803F" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:pStyle w:val="Heading7"/>
       </w:pPr>
       <w:r>
         <w:t>AND/OR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E76DF8F" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="216B2F4B" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2" w:rsidP="00195730">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
@@ -22013,137 +22204,137 @@
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check76"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="121" w:name="Check76"/>
+      <w:bookmarkStart w:id="119" w:name="Check76"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A271A9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="121"/>
+      <w:bookmarkEnd w:id="119"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  INABILITY TO CONSUMMATE MARRIAGE</w:t>
       </w:r>
       <w:r w:rsidR="00C755F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>/CIVIL UNION</w:t>
       </w:r>
       <w:r w:rsidR="007B1F02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  I learned that my spouse lacked the physical ability to have sexual intercourse and I did not know this before we got </w:t>
+        <w:t xml:space="preserve">  I learned that my spouse lacked the physical ability to have sexual </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>married</w:t>
+        <w:t>intercourse</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CA3AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and I did not know this before we got married</w:t>
       </w:r>
       <w:r w:rsidR="00C755F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>/entered into</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the civil union</w:t>
+        <w:t>/entered into the civil union</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Describe </w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>HOW</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
@@ -22326,79 +22517,79 @@
     </w:p>
     <w:p w14:paraId="6D517F38" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="0063537F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check77"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="122" w:name="Check77"/>
+      <w:bookmarkStart w:id="120" w:name="Check77"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-      <w:r w:rsidR="00A271A9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="122"/>
+      <w:bookmarkEnd w:id="120"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  WE DID NOT HAVE THE CONSENT OF PARENTS</w:t>
       </w:r>
       <w:r w:rsidR="007B1F02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  My spouse or I was underage when we </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -22705,79 +22896,79 @@
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check100"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="123" w:name="Check100"/>
+            <w:bookmarkStart w:id="121" w:name="Check100"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="123"/>
+            <w:bookmarkEnd w:id="121"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10403" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5DAEF152" w14:textId="77777777" w:rsidR="007B1F02" w:rsidRDefault="007B1F02" w:rsidP="007B1F02">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Property Division</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -22865,79 +23056,79 @@
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check101"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="124" w:name="Check101"/>
+            <w:bookmarkStart w:id="122" w:name="Check101"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="124"/>
+            <w:bookmarkEnd w:id="122"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10403" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="439B34C9" w14:textId="77777777" w:rsidR="007B1F02" w:rsidRDefault="007B1F02" w:rsidP="007B1F02">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Alimony</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -23038,79 +23229,79 @@
           <w:p w14:paraId="3D406324" w14:textId="77777777" w:rsidR="007B1F02" w:rsidRDefault="007B1F02" w:rsidP="007B1F02">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check102"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="125" w:name="Check102"/>
+            <w:bookmarkStart w:id="123" w:name="Check102"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="125"/>
+            <w:bookmarkEnd w:id="123"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10403" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A282C06" w14:textId="77777777" w:rsidR="007B1F02" w:rsidRDefault="007B1F02" w:rsidP="007B1F02">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Counsel Fees</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -23197,79 +23388,79 @@
           <w:p w14:paraId="429F77E7" w14:textId="77777777" w:rsidR="007B1F02" w:rsidRDefault="007B1F02" w:rsidP="007B1F02">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check103"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="126" w:name="Check103"/>
+            <w:bookmarkStart w:id="124" w:name="Check103"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="126"/>
+            <w:bookmarkEnd w:id="124"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10403" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7AC7C1AA" w14:textId="77777777" w:rsidR="007B1F02" w:rsidRDefault="007B1F02" w:rsidP="007B1F02">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Court Costs</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -23356,79 +23547,79 @@
           <w:p w14:paraId="3333425B" w14:textId="77777777" w:rsidR="001C1756" w:rsidRDefault="001C1756" w:rsidP="007B1F02">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check104"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="127" w:name="Check104"/>
+            <w:bookmarkStart w:id="125" w:name="Check104"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="127"/>
+            <w:bookmarkEnd w:id="125"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2249" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="50856CEE" w14:textId="77777777" w:rsidR="001C1756" w:rsidRDefault="001C1756" w:rsidP="007B1F02">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Change my name to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -23443,51 +23634,51 @@
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C1756">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text106"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="128" w:name="Text106"/>
+            <w:bookmarkStart w:id="126" w:name="Text106"/>
             <w:r w:rsidRPr="001C1756">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001C1756">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001C1756">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001C1756">
               <w:rPr>
@@ -23522,51 +23713,51 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C1756">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C1756">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="128"/>
+        <w:bookmarkEnd w:id="126"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="006BB201" w14:textId="77777777" w:rsidR="001C1756" w:rsidRPr="007B1F02" w:rsidRDefault="001C1756" w:rsidP="007B1F02">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B1F02" w14:paraId="16E47C88" w14:textId="77777777" w:rsidTr="00B45376">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="469" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7E510664" w14:textId="77777777" w:rsidR="007B1F02" w:rsidRDefault="007B1F02" w:rsidP="007B1F02">
             <w:pPr>
@@ -23644,79 +23835,79 @@
           <w:p w14:paraId="0A7FCEC8" w14:textId="77777777" w:rsidR="007B1F02" w:rsidRDefault="001C1756" w:rsidP="007B1F02">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check105"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="129" w:name="Check105"/>
+            <w:bookmarkStart w:id="127" w:name="Check105"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="129"/>
+            <w:bookmarkEnd w:id="127"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10403" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="642C92D7" w14:textId="77777777" w:rsidR="007B1F02" w:rsidRDefault="001C1756" w:rsidP="007B1F02">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Incorporate our Separation Agreement</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -23888,51 +24079,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="109378BA" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="004B24CB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text107"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="130" w:name="Text107"/>
+            <w:bookmarkStart w:id="128" w:name="Text107"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
@@ -23956,51 +24147,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="130"/>
+            <w:bookmarkEnd w:id="128"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A557926" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      Petitioner (person who is filing this Petition) or Petitioner’s Attorney</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C159E03" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2" w:rsidP="001C1756">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
@@ -24064,177 +24255,191 @@
         <w:t>uncontested</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by my spouse, I would like to proceed with my case in the following manner.  Please see the Divorce/Annulment Instruction Packet for a detailed explanation of your options.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="669B54D5" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70124D7C" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="0063537F" w:rsidP="00195730">
+    <w:p w14:paraId="70124D7C" w14:textId="2891EEE1" w:rsidR="00CA3AB2" w:rsidRDefault="0063537F" w:rsidP="00195730">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check46"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="131" w:name="Check46"/>
+      <w:bookmarkStart w:id="129" w:name="Check46"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-      <w:r w:rsidR="00A271A9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="131"/>
+      <w:bookmarkEnd w:id="129"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  I would like the Court to proceed without a hearing and decide my Petition for Divorce/Annulment based solely on the papers that I file.  </w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB386A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If all filing requirements are satisfied, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I would like the Court to proceed without a hearing and decide my Petition for Divorce/Annulment based solely on the papers that I file.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="093393A6" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="0063537F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check47"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="132" w:name="Check47"/>
+      <w:bookmarkStart w:id="130" w:name="Check47"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A271A9">
-[...5 lines deleted...]
-      <w:r w:rsidR="00A271A9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="132"/>
+      <w:bookmarkEnd w:id="130"/>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  I would like to attend a hearing an</w:t>
       </w:r>
       <w:r w:rsidR="008F063A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>d have my Petition for Divorce/</w:t>
       </w:r>
       <w:r w:rsidR="00CA3AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Annulment decided by a Commissioner at that hearing.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AB3F5B0" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:rPr>
@@ -24410,83 +24615,83 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C1756">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="   "/>
                     <w:listEntry w:val="NEW CASTLE"/>
                     <w:listEntry w:val="KENT"/>
                     <w:listEntry w:val="SUSSEX"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="133" w:name="Dropdown2"/>
+            <w:bookmarkStart w:id="131" w:name="Dropdown2"/>
             <w:r w:rsidRPr="001C1756">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A271A9">
-[...6 lines deleted...]
-            <w:r w:rsidR="00A271A9">
+            <w:r w:rsidRPr="001C1756">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001C1756">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001C1756">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="133"/>
+            <w:bookmarkEnd w:id="131"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="10ED890B" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2" w:rsidP="000E6D52">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -24616,51 +24821,51 @@
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text92"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="134" w:name="Text92"/>
+            <w:bookmarkStart w:id="132" w:name="Text92"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
@@ -24684,93 +24889,77 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="134"/>
+            <w:bookmarkEnd w:id="132"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="15EBCA6D" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> appeared before me a</w:t>
+              <w:t>, personally appeared before me a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="46B3ACDD" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
@@ -24890,51 +25079,51 @@
           <w:p w14:paraId="4B71B7FC" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRPr="00B8375C" w:rsidRDefault="0063537F" w:rsidP="001C1756">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B8375C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text93"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="135" w:name="Text93"/>
+            <w:bookmarkStart w:id="133" w:name="Text93"/>
             <w:r w:rsidR="00CA3AB2" w:rsidRPr="00B8375C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B8375C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00B8375C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00CA3AB2" w:rsidRPr="00B8375C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
@@ -24958,51 +25147,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA3AB2" w:rsidRPr="00B8375C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CA3AB2" w:rsidRPr="00B8375C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B8375C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="135"/>
+            <w:bookmarkEnd w:id="133"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="64AC2246" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -25083,51 +25272,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D9BBC4E" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="004B24CB" w:rsidP="001C1756">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="136" w:name="Text108"/>
+            <w:bookmarkStart w:id="134" w:name="Text108"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
@@ -25151,51 +25340,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="136"/>
+            <w:bookmarkEnd w:id="134"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="782FA431" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Petitioner (person who is filing the Petition form Divorce/Annulment) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56BAD3A6" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
@@ -25355,168 +25544,168 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5393FA88" w14:textId="77777777" w:rsidR="00CA3AB2" w:rsidRDefault="00CA3AB2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CA3AB2" w:rsidSect="001C1756">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="317" w:right="864" w:bottom="720" w:left="720" w:header="144" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3C91DA4E" w14:textId="77777777" w:rsidR="006C26CA" w:rsidRDefault="006C26CA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7BAA881A" w14:textId="77777777" w:rsidR="006C26CA" w:rsidRDefault="006C26CA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10D05DA1" w14:textId="77777777" w:rsidR="006C26CA" w:rsidRDefault="006C26CA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="24A49493" w14:textId="77777777" w:rsidR="006C26CA" w:rsidRDefault="006C26CA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5370D20D" w14:textId="77777777" w:rsidR="006C26CA" w:rsidRDefault="006C26CA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00837661">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00837661">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00837661">
       <w:rPr>
@@ -25591,119 +25780,126 @@
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00837661">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="2A372DB7" w14:textId="77777777" w:rsidR="006C26CA" w:rsidRDefault="006C26CA" w:rsidP="00837661">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4CF075ED" w14:textId="77777777" w:rsidR="006C26CA" w:rsidRDefault="006C26CA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6230C0B4" w14:textId="77777777" w:rsidR="006C26CA" w:rsidRDefault="006C26CA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66634FC7" w14:textId="77777777" w:rsidR="006C26CA" w:rsidRDefault="006C26CA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-180"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0AF87923" w14:textId="77777777" w:rsidR="006C26CA" w:rsidRDefault="006C26CA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-180"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form 442</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="794BE025" w14:textId="2C7268DC" w:rsidR="006C26CA" w:rsidRDefault="006C26CA">
+  <w:p w14:paraId="794BE025" w14:textId="7EFE9DE0" w:rsidR="006C26CA" w:rsidRDefault="006C26CA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-180"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>Rev 4/21</w:t>
+      <w:t xml:space="preserve">Rev </w:t>
+    </w:r>
+    <w:r w:rsidR="003C384E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>12/25</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B1C5DB0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C1117E3"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6450E622"/>
     <w:lvl w:ilvl="0">
@@ -26782,107 +26978,107 @@
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="305791029">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1273510634">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1242057076">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2054648407">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1549610379">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="205483132">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1202278852">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="633024030">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="2087262933">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="144784040">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1103185079">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="819034113">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1181814117">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="3QGvwD6bJSCybYJFInYwbQzaax3ybkmVnAWcFWvv/ZCr94IidP6PY5bdayAw4WsBr7qcan1ews0U48ofJeqPIQ==" w:salt="Gxxz7Exh4xwI3N6cFpJFQQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="c/3mWXwWJNy6MGbfMatgQ7H0m/xDArlMLYpv/SC+/tovKTIC898c73qhO4iOsoXYAXJnkaR4mbCzMJrk4aFfwQ==" w:salt="EuF60X2PYrIZgofOQB6Nyw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="26625"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotSuppressParagraphBorders/>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
@@ -26890,199 +27086,209 @@
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE3630"/>
     <w:rsid w:val="0004219B"/>
     <w:rsid w:val="00067357"/>
     <w:rsid w:val="000867EE"/>
     <w:rsid w:val="000A458A"/>
     <w:rsid w:val="000B3DC2"/>
     <w:rsid w:val="000E6D52"/>
+    <w:rsid w:val="000F2C9E"/>
     <w:rsid w:val="00110097"/>
     <w:rsid w:val="00130297"/>
     <w:rsid w:val="0014262A"/>
     <w:rsid w:val="0017334F"/>
     <w:rsid w:val="00173EB9"/>
     <w:rsid w:val="00195730"/>
     <w:rsid w:val="001B0504"/>
     <w:rsid w:val="001C1756"/>
     <w:rsid w:val="001C6737"/>
     <w:rsid w:val="001D57A1"/>
+    <w:rsid w:val="001D68A2"/>
     <w:rsid w:val="001F08DA"/>
+    <w:rsid w:val="00205313"/>
     <w:rsid w:val="00217678"/>
     <w:rsid w:val="00241723"/>
     <w:rsid w:val="00244345"/>
     <w:rsid w:val="00265D82"/>
     <w:rsid w:val="00285F24"/>
     <w:rsid w:val="002A3F0C"/>
     <w:rsid w:val="002B2411"/>
     <w:rsid w:val="002B3B63"/>
     <w:rsid w:val="002D149A"/>
     <w:rsid w:val="002E4D29"/>
     <w:rsid w:val="003037D2"/>
     <w:rsid w:val="003170E1"/>
     <w:rsid w:val="003757E3"/>
     <w:rsid w:val="003A3598"/>
+    <w:rsid w:val="003C384E"/>
     <w:rsid w:val="003C6397"/>
+    <w:rsid w:val="003E7A40"/>
     <w:rsid w:val="00433AF2"/>
     <w:rsid w:val="004350E3"/>
     <w:rsid w:val="00457EF9"/>
     <w:rsid w:val="004A53C4"/>
     <w:rsid w:val="004B24CB"/>
     <w:rsid w:val="004B6E54"/>
     <w:rsid w:val="004B7305"/>
     <w:rsid w:val="004F5ECA"/>
     <w:rsid w:val="00521BAD"/>
+    <w:rsid w:val="00521EE5"/>
+    <w:rsid w:val="0055080B"/>
     <w:rsid w:val="00574A6C"/>
     <w:rsid w:val="00591FE7"/>
     <w:rsid w:val="005D1314"/>
     <w:rsid w:val="005E48EB"/>
     <w:rsid w:val="005F41CC"/>
     <w:rsid w:val="006135D4"/>
     <w:rsid w:val="0063537F"/>
     <w:rsid w:val="0067480D"/>
     <w:rsid w:val="00696235"/>
     <w:rsid w:val="006B2DBA"/>
     <w:rsid w:val="006C26CA"/>
     <w:rsid w:val="006F3036"/>
     <w:rsid w:val="006F7452"/>
     <w:rsid w:val="00704C61"/>
     <w:rsid w:val="007179FF"/>
     <w:rsid w:val="0072464E"/>
     <w:rsid w:val="007303CC"/>
     <w:rsid w:val="00790C92"/>
     <w:rsid w:val="007B1F02"/>
     <w:rsid w:val="007D1CEF"/>
     <w:rsid w:val="00837661"/>
     <w:rsid w:val="00851E18"/>
     <w:rsid w:val="00874788"/>
     <w:rsid w:val="00877C5A"/>
     <w:rsid w:val="00892813"/>
     <w:rsid w:val="008A25D6"/>
     <w:rsid w:val="008D315B"/>
     <w:rsid w:val="008E4752"/>
     <w:rsid w:val="008F063A"/>
     <w:rsid w:val="00903816"/>
     <w:rsid w:val="00905C72"/>
     <w:rsid w:val="00917A9B"/>
     <w:rsid w:val="009A11CC"/>
     <w:rsid w:val="009B53FE"/>
     <w:rsid w:val="009C44A3"/>
     <w:rsid w:val="009C7ACD"/>
+    <w:rsid w:val="00A033EF"/>
     <w:rsid w:val="00A271A9"/>
+    <w:rsid w:val="00A46573"/>
     <w:rsid w:val="00A55617"/>
     <w:rsid w:val="00A60631"/>
     <w:rsid w:val="00AC04BD"/>
     <w:rsid w:val="00AE0CCA"/>
     <w:rsid w:val="00AE78D1"/>
     <w:rsid w:val="00B00C8E"/>
     <w:rsid w:val="00B2634C"/>
     <w:rsid w:val="00B42C8B"/>
     <w:rsid w:val="00B45376"/>
     <w:rsid w:val="00B81C68"/>
     <w:rsid w:val="00B8375C"/>
     <w:rsid w:val="00BB2C9F"/>
     <w:rsid w:val="00BB5687"/>
     <w:rsid w:val="00BE21F2"/>
     <w:rsid w:val="00C12AA1"/>
     <w:rsid w:val="00C20A89"/>
     <w:rsid w:val="00C5527C"/>
     <w:rsid w:val="00C55899"/>
     <w:rsid w:val="00C755F5"/>
     <w:rsid w:val="00C812FE"/>
     <w:rsid w:val="00CA3AB2"/>
     <w:rsid w:val="00CA70CC"/>
     <w:rsid w:val="00CC516B"/>
     <w:rsid w:val="00D10EBC"/>
     <w:rsid w:val="00D13CD8"/>
     <w:rsid w:val="00D332FD"/>
     <w:rsid w:val="00D463E4"/>
     <w:rsid w:val="00DA28F8"/>
     <w:rsid w:val="00DA5F09"/>
     <w:rsid w:val="00DD3742"/>
     <w:rsid w:val="00DD7CB8"/>
     <w:rsid w:val="00E05AA8"/>
     <w:rsid w:val="00E35440"/>
     <w:rsid w:val="00E418CC"/>
     <w:rsid w:val="00E80F25"/>
     <w:rsid w:val="00E844C0"/>
     <w:rsid w:val="00EA4178"/>
+    <w:rsid w:val="00EB386A"/>
     <w:rsid w:val="00EB50B7"/>
     <w:rsid w:val="00F3390E"/>
     <w:rsid w:val="00F67132"/>
     <w:rsid w:val="00F95651"/>
     <w:rsid w:val="00FC0798"/>
     <w:rsid w:val="00FC42F5"/>
     <w:rsid w:val="00FC61AF"/>
     <w:rsid w:val="00FE3630"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="26625"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5B859F47"/>
   <w15:docId w15:val="{D0502F0B-656C-4C9B-B86A-0306DEE86101}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -27893,55 +28099,62 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006C26CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="006C26CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A033EF"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -28190,69 +28403,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B72B11CB-4B67-406E-8287-81A1F919E01B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2157</Words>
-  <Characters>12295</Characters>
+  <Words>2174</Words>
+  <Characters>12395</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>103</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14424</CharactersWithSpaces>
+  <CharactersWithSpaces>14540</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Morett, William (Courts)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>