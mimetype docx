--- v0 (2025-11-18)
+++ v1 (2026-01-10)
@@ -1,55 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="33EAE861" w14:textId="13B127CB" w:rsidR="00DC0D77" w:rsidRPr="00DC0D77" w:rsidRDefault="000104ED" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="488D175E" wp14:editId="5F966CE9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2832100</wp:posOffset>
@@ -157,58 +155,58 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle County </w:t>
       </w:r>
       <w:r>
@@ -216,58 +214,58 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent County </w:t>
       </w:r>
       <w:r>
@@ -275,58 +273,58 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
@@ -3787,245 +3785,592 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7FD4D1B7" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="67D66170" w14:textId="77777777" w:rsidTr="00367115">
+      <w:tr w:rsidR="00E5392A" w14:paraId="33D3EB31" w14:textId="77777777" w:rsidTr="00367115">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3E1AD435" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="114B90AC" w14:textId="7C40F657" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="6"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Email Address:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...12 lines deleted...]
-            </w:pPr>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AF9E131" w14:textId="74945493" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46EFAAE6" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
-[...4 lines deleted...]
-                <w:szCs w:val="6"/>
+          <w:p w14:paraId="7F40CBF2" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="737C0514" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
-[...4 lines deleted...]
-                <w:szCs w:val="6"/>
+          <w:p w14:paraId="73DCF720" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="77DBD410" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="7F017C55" w14:textId="29C3D7EA" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="6"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Email Address:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...12 lines deleted...]
-            </w:pPr>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="770BD6DD" w14:textId="593F0565" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49128DCA" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
-[...4 lines deleted...]
-                <w:szCs w:val="6"/>
+          <w:p w14:paraId="1C3EE495" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="3E1B57AA" w14:textId="77777777" w:rsidTr="00367115">
+      <w:tr w:rsidR="00E5392A" w14:paraId="67D66170" w14:textId="77777777" w:rsidTr="00367115">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5DBBC167" w14:textId="1790DBE9" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="3E1AD435" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="00A25EAC" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="264BD9CF" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="00A25EAC" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46EFAAE6" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="00A25EAC" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="737C0514" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="00A25EAC" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77DBD410" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="00A25EAC" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2944" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47635722" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="00A25EAC" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49128DCA" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="00A25EAC" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E5392A" w14:paraId="3E1B57AA" w14:textId="77777777" w:rsidTr="00367115">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DBBC167" w14:textId="1790DBE9" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Relationship to Child(ren):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="06F77EFD" w14:textId="41AB81E9" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="06F77EFD" w14:textId="41AB81E9" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text5"/>
             <w:r>
               <w:rPr>
@@ -4094,122 +4439,122 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FCF58F8" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="5FCF58F8" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3095109D" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="3095109D" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="61AB2DCD" w14:textId="3F1757EF" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="61AB2DCD" w14:textId="3F1757EF" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Relationship to Child(ren):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7F08F858" w14:textId="7D954D4D" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="7F08F858" w14:textId="7D954D4D" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4276,255 +4621,255 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="162C573C" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="162C573C" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="3CED3C60" w14:textId="77777777" w:rsidTr="004537EA">
+      <w:tr w:rsidR="00E5392A" w14:paraId="3CED3C60" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="667C86B6" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="667C86B6" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5248F07F" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="5248F07F" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="533F260E" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="533F260E" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38A3D2D5" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="38A3D2D5" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7FDC16DB" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="7FDC16DB" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3965DBD3" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="3965DBD3" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13AF08B1" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="13AF08B1" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="73AE94CE" w14:textId="77777777" w:rsidTr="004537EA">
+      <w:tr w:rsidR="00E5392A" w14:paraId="73AE94CE" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7432130D" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="7432130D" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Attorney Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4011D44E" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="4011D44E" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4591,121 +4936,121 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="070A9479" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="070A9479" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BEE9B28" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="3BEE9B28" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC32605" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="4BC32605" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Attorney Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18967B84" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="18967B84" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4772,297 +5117,297 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="600D276E" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="600D276E" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="69B42986" w14:textId="77777777" w:rsidTr="004537EA">
+      <w:tr w:rsidR="00E5392A" w14:paraId="69B42986" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0B8F879E" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="0B8F879E" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C5277B7" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="1C5277B7" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22C76D9E" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="22C76D9E" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57C4FA79" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="57C4FA79" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC9D703" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="3AC9D703" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C4A6CDF" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="6C4A6CDF" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E3F9E98" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="7E3F9E98" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="2F589C5B" w14:textId="77777777" w:rsidTr="004537EA">
+      <w:tr w:rsidR="00E5392A" w14:paraId="2F589C5B" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3FA9E0B5" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="3FA9E0B5" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Interpreter needed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="731E5039" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="731E5039" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Check4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r>
@@ -5070,503 +5415,503 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Check5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CF89E0E" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="6CF89E0E" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18D468F6" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="18D468F6" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="27CB722C" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="27CB722C" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Interpreter needed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42E7BC6E" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="42E7BC6E" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F349583" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="4F349583" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="02E979B3" w14:textId="77777777" w:rsidTr="004537EA">
+      <w:tr w:rsidR="00E5392A" w14:paraId="02E979B3" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="757319C2" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="757319C2" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BB02B59" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="5BB02B59" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="107BE98D" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="107BE98D" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CBB6F21" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="7CBB6F21" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA34BEF" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="3DA34BEF" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CA4EEE9" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="3CA4EEE9" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E6E2761" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="1E6E2761" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="004E2B1E" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="13B01246" w14:textId="77777777" w:rsidTr="004537EA">
+      <w:tr w:rsidR="00E5392A" w14:paraId="13B01246" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="51EE8A1D" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="51EE8A1D" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Language:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47355C52" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="47355C52" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5633,121 +5978,121 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="652381D7" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="652381D7" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E38FCF5" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="1E38FCF5" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0B4D1368" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="0B4D1368" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Language:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26EE2C70" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="26EE2C70" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5814,200 +6159,200 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A2B8C3F" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="1A2B8C3F" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w14:paraId="78B1A0FF" w14:textId="77777777" w:rsidTr="004537EA">
+      <w:tr w:rsidR="00E5392A" w:rsidRPr="00164BAF" w14:paraId="78B1A0FF" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="64B9C28C" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="64B9C28C" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="00164BAF" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45695AC3" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="45695AC3" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="00164BAF" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75CBC5E0" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="75CBC5E0" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="00164BAF" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="257316D1" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="257316D1" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="00164BAF" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3F0DE4" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="4B3F0DE4" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="00164BAF" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D04C5FC" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="4D04C5FC" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="00164BAF" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B2C2C70" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="00A25EAC">
+          <w:p w14:paraId="4B2C2C70" w14:textId="77777777" w:rsidR="00E5392A" w:rsidRPr="00164BAF" w:rsidRDefault="00E5392A" w:rsidP="00E5392A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="10DB367B" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00544EB0" w:rsidRDefault="00A25EAC" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
@@ -9172,245 +9517,592 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="50DE5D07" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="3DE94A52" w14:textId="77777777" w:rsidTr="00367115">
+      <w:tr w:rsidR="006A1871" w14:paraId="476B1EC2" w14:textId="77777777" w:rsidTr="00367115">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0E99F11A" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="2532E602" w14:textId="0004A906" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="6"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Email Address:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...12 lines deleted...]
-            </w:pPr>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CAEA728" w14:textId="4DD4F1FE" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52452F68" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
-[...4 lines deleted...]
-                <w:szCs w:val="6"/>
+          <w:p w14:paraId="434F677F" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="433893DB" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
-[...4 lines deleted...]
-                <w:szCs w:val="6"/>
+          <w:p w14:paraId="5842554B" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6C8D01B0" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="03CEF624" w14:textId="0EA58005" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="6"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Email Address:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...12 lines deleted...]
-            </w:pPr>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35C57907" w14:textId="7E2CF23D" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FF10F6A" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
-[...4 lines deleted...]
-                <w:szCs w:val="6"/>
+          <w:p w14:paraId="73C0D2FD" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="1D38CA9E" w14:textId="77777777" w:rsidTr="00367115">
+      <w:tr w:rsidR="006A1871" w14:paraId="3DE94A52" w14:textId="77777777" w:rsidTr="00367115">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="39D50C72" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="0E99F11A" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="00A25EAC" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42C31D3B" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="00A25EAC" w:rsidRDefault="006A1871" w:rsidP="006A1871">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52452F68" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="00A25EAC" w:rsidRDefault="006A1871" w:rsidP="006A1871">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="433893DB" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="00A25EAC" w:rsidRDefault="006A1871" w:rsidP="006A1871">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C8D01B0" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="00A25EAC" w:rsidRDefault="006A1871" w:rsidP="006A1871">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2944" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7886A190" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="00A25EAC" w:rsidRDefault="006A1871" w:rsidP="006A1871">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FF10F6A" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="00A25EAC" w:rsidRDefault="006A1871" w:rsidP="006A1871">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A1871" w14:paraId="1D38CA9E" w14:textId="77777777" w:rsidTr="00367115">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D50C72" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Relationship to Child(ren):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3D4B5764" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="3D4B5764" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9477,122 +10169,122 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E647956" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="0E647956" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F8FA232" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="3F8FA232" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="044E3CB9" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="044E3CB9" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Relationship to Child(ren):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="487C2F8B" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="487C2F8B" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9659,255 +10351,255 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F38B306" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="5F38B306" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="706110A5" w14:textId="77777777" w:rsidTr="004537EA">
+      <w:tr w:rsidR="006A1871" w14:paraId="706110A5" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="26C1D648" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="26C1D648" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75465B8C" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="75465B8C" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2733106F" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="2733106F" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D0A2E7D" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="6D0A2E7D" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3AA66C25" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="3AA66C25" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D8F8F4D" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="1D8F8F4D" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="277937DE" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="277937DE" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="4D4057E5" w14:textId="77777777" w:rsidTr="004537EA">
+      <w:tr w:rsidR="006A1871" w14:paraId="4D4057E5" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="56C87157" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="56C87157" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Attorney Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62B109EB" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="62B109EB" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9974,121 +10666,121 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CD66B1E" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="3CD66B1E" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08D82336" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="08D82336" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="66CB82C4" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="66CB82C4" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Attorney Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2864833A" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="2864833A" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10155,797 +10847,797 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="330B22BC" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="330B22BC" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="05E504D4" w14:textId="77777777" w:rsidTr="004537EA">
+      <w:tr w:rsidR="006A1871" w14:paraId="05E504D4" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3878BE9D" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="3878BE9D" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B355F63" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="0B355F63" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1998FDFB" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="1998FDFB" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D5455AF" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="1D5455AF" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4767E9B3" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="4767E9B3" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="787D4AAC" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="787D4AAC" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79A68FBB" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="79A68FBB" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="5317B0D2" w14:textId="77777777" w:rsidTr="004537EA">
+      <w:tr w:rsidR="006A1871" w14:paraId="5317B0D2" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF6F14A" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="3DF6F14A" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Interpreter needed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4593672B" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="4593672B" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42E9BACE" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="42E9BACE" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BB0570A" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="1BB0570A" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5707EB2E" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="5707EB2E" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Interpreter needed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65D627AA" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="65D627AA" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63BC8A6F" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="63BC8A6F" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="624E307F" w14:textId="77777777" w:rsidTr="004537EA">
+      <w:tr w:rsidR="006A1871" w14:paraId="624E307F" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4EE742BA" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="4EE742BA" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18F7BCA1" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="18F7BCA1" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="730C24E8" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="730C24E8" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33F0CFDE" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="33F0CFDE" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="38634D98" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="38634D98" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54A480CE" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="54A480CE" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45EE4EB4" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="004E2B1E" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="45EE4EB4" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="004E2B1E" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w14:paraId="011FEA1B" w14:textId="77777777" w:rsidTr="004537EA">
+      <w:tr w:rsidR="006A1871" w14:paraId="011FEA1B" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA7618F" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="6CA7618F" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Language:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C569A97" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="6C569A97" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11012,121 +11704,121 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51758592" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="51758592" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24920F7A" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="24920F7A" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="12688235" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="12688235" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Language:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E57D849" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="4E57D849" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11193,200 +11885,200 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B1148BB" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="1B1148BB" w14:textId="77777777" w:rsidR="006A1871" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w14:paraId="76EC6443" w14:textId="77777777" w:rsidTr="004537EA">
+      <w:tr w:rsidR="006A1871" w:rsidRPr="00164BAF" w14:paraId="76EC6443" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4064BBD1" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="4064BBD1" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="00164BAF" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="738608A1" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="738608A1" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="00164BAF" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78060DA2" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="78060DA2" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="00164BAF" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B45F784" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="1B45F784" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="00164BAF" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="66353993" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="66353993" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="00164BAF" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22EEA634" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="22EEA634" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="00164BAF" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="386ADEA6" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
+          <w:p w14:paraId="386ADEA6" w14:textId="77777777" w:rsidR="006A1871" w:rsidRPr="00164BAF" w:rsidRDefault="006A1871" w:rsidP="006A1871">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="358D6EF3" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00544EB0" w:rsidRDefault="00A25EAC" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
@@ -15024,161 +15716,143 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2353057D" w14:textId="77777777" w:rsidR="00544EB0" w:rsidRDefault="00544EB0" w:rsidP="004537EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> one) </w:t>
+              <w:t xml:space="preserve">(check one) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Male </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -15254,161 +15928,143 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3CD8D986" w14:textId="77777777" w:rsidR="00544EB0" w:rsidRDefault="00544EB0" w:rsidP="004537EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> one) </w:t>
+              <w:t xml:space="preserve">(check one) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Male </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -17707,161 +18363,143 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0921BF4E" w14:textId="77777777" w:rsidR="00544EB0" w:rsidRDefault="00544EB0" w:rsidP="004537EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> one) </w:t>
+              <w:t xml:space="preserve">(check one) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Male </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -17937,161 +18575,143 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="50C0E129" w14:textId="77777777" w:rsidR="00544EB0" w:rsidRDefault="00544EB0" w:rsidP="004537EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> one) </w:t>
+              <w:t xml:space="preserve">(check one) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Male </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -22144,58 +22764,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Check10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00737419">
@@ -27108,58 +27728,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Check11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> The following children are under 14 years of age:</w:t>
             </w:r>
           </w:p>
@@ -27470,58 +28090,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="Check12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> The following children are 14 years of age or older and consent to (agree with) this</w:t>
             </w:r>
           </w:p>
@@ -27906,58 +28526,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Check13"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> The following children are 14 years of age or older and do NOT consent to (agree with)</w:t>
             </w:r>
           </w:p>
@@ -28384,58 +29004,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Check14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> The child(ren)’s parent(s) agree that I/we should become the guardian(s) of the child(ren).</w:t>
             </w:r>
           </w:p>
@@ -28595,58 +29215,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Check16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> The child(ren)’s parent(s) are deceased. (</w:t>
             </w:r>
             <w:r w:rsidRPr="003E6CC0">
@@ -28725,58 +29345,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="Check17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> The child(ren) is/are dependent, neglected, and/or abused based on the following </w:t>
             </w:r>
           </w:p>
@@ -29489,58 +30109,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Adoption of the child is not possible or appropriate;</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -29600,58 +30220,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="23" w:name="Check18"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Permanent Guardianship is in the best interests of the child;</w:t>
             </w:r>
           </w:p>
@@ -29711,58 +30331,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Th</w:t>
             </w:r>
             <w:r w:rsidR="00D951A0">
               <w:rPr>
@@ -29831,58 +30451,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="24" w:name="Check19"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> i. Relative (pursuant to 13 </w:t>
             </w:r>
             <w:r w:rsidRPr="00D951A0">
@@ -30040,58 +30660,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Check20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> sibling</w:t>
             </w:r>
           </w:p>
@@ -30152,58 +30772,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> grandparent or great-grandparent</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -30263,58 +30883,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> aunt or uncle</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -30374,58 +30994,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> first cousin or first cousin once removed</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -30485,58 +31105,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> grandaunt or granduncle</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -30596,58 +31216,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> half sibling</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -30707,58 +31327,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> stepparent</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -30818,58 +31438,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> stepsibling</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -30929,58 +31549,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> stepaunt or stepuncle</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -31040,58 +31660,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> stepgrandparent</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -31151,58 +31771,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> If you are a relative and you have not had placement of the child for at least</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -31753,58 +32373,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D951A0">
               <w:rPr>
@@ -31880,58 +32500,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="26" w:name="Check21"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="26"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> iii. Guardian hold</w:t>
             </w:r>
             <w:r w:rsidR="00804B9D">
@@ -32009,58 +32629,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="27" w:name="Check22"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="27"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> iv. Individual with whom the child in DSCYF custody has been placed for at least the</w:t>
             </w:r>
           </w:p>
@@ -32192,58 +32812,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="28" w:name="Check23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="28"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> The proposed permanent guardian:</w:t>
             </w:r>
           </w:p>
@@ -32305,99 +32925,81 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="29" w:name="Check24"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> i. Is emotionally, mentally, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> and financially suitable to become the</w:t>
+              <w:t xml:space="preserve"> i. Is emotionally, mentally, physically and financially suitable to become the</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00750041" w:rsidRPr="00737419" w14:paraId="531371D6" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7788B84E" w14:textId="77777777" w:rsidR="00750041" w:rsidRPr="00750041" w:rsidRDefault="00750041" w:rsidP="00750041">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
@@ -32498,58 +33100,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="30" w:name="Check25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="30"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ii. Has expressly committed to remain the permanent guardian and assume the</w:t>
             </w:r>
           </w:p>
@@ -32746,79 +33348,80 @@
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63D122DE" w14:textId="28E524B9" w:rsidR="00750041" w:rsidRDefault="00750041" w:rsidP="00750041">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="31" w:name="Check26"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="31"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> iii. Has demonstrated an understanding of the financial implications of becoming a</w:t>
             </w:r>
           </w:p>
@@ -32952,58 +33555,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="32" w:name="Check27"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="32"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> If the child is at least 14 years old, the child consents to the permanent guardianship being</w:t>
             </w:r>
           </w:p>
@@ -33127,58 +33730,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="33" w:name="Check28"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> If the proposed permanent guardian is not a relative (pursuant to 13 </w:t>
             </w:r>
             <w:r w:rsidRPr="00E30B8A">
@@ -33320,58 +33923,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="34" w:name="Check29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="34"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> i. The child is at least 12 years old; OR</w:t>
             </w:r>
           </w:p>
@@ -33432,58 +34035,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ii. The proposed permanent guardian is the permanent guardian of one of the child’s</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -33605,58 +34208,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> iii. The child receives substantial governmental benefits for a serious physical or</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -33840,58 +34443,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> iv. Extraordinary circumstances that support granting the permanent guardianship</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -34013,58 +34616,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00097A1A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00097A1A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> I/We have made the following efforts to place the child for adoption (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -37521,58 +38124,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>A parent of the child, or a person or organization holding parental rights over the child, agrees (consents) that this Petition should be granted.</w:t>
       </w:r>
     </w:p>
@@ -37601,58 +38204,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -37737,58 +38340,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -37841,58 +38444,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The child is </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -37910,69 +38513,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> this Petition and Respondent(s) FAILED to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46B9BFFC" w14:textId="77777777" w:rsidR="00B20B4C" w:rsidRPr="00B20B4C" w:rsidRDefault="00B20B4C" w:rsidP="006200B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pay reasonable prenatal, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and postnatal expenses for the child; </w:t>
+        <w:t xml:space="preserve">Pay reasonable prenatal, natal and postnatal expenses for the child; </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AND</w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F07069A" w14:textId="77777777" w:rsidR="00B20B4C" w:rsidRPr="00B20B4C" w:rsidRDefault="00B20B4C" w:rsidP="006200B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
@@ -38074,58 +38659,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The child is </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -38284,58 +38869,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The child is </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -38545,59 +39130,59 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="48" w:name="Check15"/>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -38822,58 +39407,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -38902,58 +39487,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Placing the child in Respondent(s)’ legal and physical custody would pose a risk of substantial harm to the child’s physical or psychological well-being.  Respondent(s) are unfit to maintain a relationship of “parent and child” with the child because of at least one (1) of the following reasons:</w:t>
       </w:r>
     </w:p>
@@ -39676,58 +40261,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B20B4C" w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidR="00B20B4C" w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidR="00B20B4C" w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B20B4C" w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B20B4C" w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Failure to grant the Petition for Permanent Guardianship would be detrimental to the child.</w:t>
       </w:r>
     </w:p>
@@ -39759,51 +40344,50 @@
     </w:p>
     <w:p w14:paraId="6F652119" w14:textId="75A81BDF" w:rsidR="00B20B4C" w:rsidRPr="00B20B4C" w:rsidRDefault="00B20B4C" w:rsidP="006200B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B3BC83" w14:textId="77777777" w:rsidR="00B20B4C" w:rsidRPr="00B20B4C" w:rsidRDefault="00B20B4C" w:rsidP="006200B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CONVICTION OR ADJUDICATION:</w:t>
@@ -39829,58 +40413,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -39941,58 +40525,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -40048,58 +40632,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -40155,165 +40739,147 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Dealing in Children or attempting to deal in children under § 1100A of Title </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Dealing in Children or attempting to deal in children under § 1100A of Title 11; </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C19580B" w14:textId="77777777" w:rsidR="00B20B4C" w:rsidRPr="00B20B4C" w:rsidRDefault="00B20B4C" w:rsidP="006200B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -40352,58 +40918,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -40459,58 +41025,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -40578,58 +41144,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -40818,60 +41384,60 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -40908,59 +41474,59 @@
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -41014,59 +41580,59 @@
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -41102,59 +41668,59 @@
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -41190,59 +41756,59 @@
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -41306,58 +41872,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -41455,59 +42021,59 @@
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Petitioner (or proposed permanent guardian) is the child’s guardian, relative, or foster parent.</w:t>
@@ -41533,59 +42099,59 @@
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The child has resided in the Petitioner’s (or proposed guardian’s) home for at least 1 year.</w:t>
@@ -41611,143 +42177,144 @@
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Respondent(s) failed to discharge parental responsibilities for at least 12 of the 18 months preceding the filing of the petition.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D973C28" w14:textId="77777777" w:rsidR="00B20B4C" w:rsidRPr="00B20B4C" w:rsidRDefault="00B20B4C" w:rsidP="006200B6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -42184,58 +42751,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check35"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -42309,58 +42876,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -42434,58 +43001,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00097A1A">
+      <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -42536,144 +43103,142 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3C6A51" w14:textId="77777777" w:rsidR="00B20B4C" w:rsidRPr="00B20B4C" w:rsidRDefault="00B20B4C" w:rsidP="006200B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B20B4C" w:rsidRPr="00B20B4C" w:rsidSect="00DC0D77">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2E454A2D" w14:textId="77777777" w:rsidR="00710366" w:rsidRDefault="00710366" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="07EBA1BB" w14:textId="77777777" w:rsidR="00710366" w:rsidRDefault="00710366" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B715677" w14:textId="77777777" w:rsidR="00DC0D77" w:rsidRPr="00DC0D77" w:rsidRDefault="00DC0D77">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="02B12F08" w14:textId="72651210" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77" w:rsidP="00DC0D77">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C23A53">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
@@ -42746,166 +43311,138 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00C23A53">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00C23A53">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="06CEB2FB" w14:textId="77777777" w:rsidR="00710366" w:rsidRDefault="00710366" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="36BB77A4" w14:textId="77777777" w:rsidR="00710366" w:rsidRDefault="00710366" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3E1B1DAF" w14:textId="01E7F3FF" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C23A53">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Form </w:t>
     </w:r>
     <w:r w:rsidR="00A25EAC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>126P</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="744B03CB" w14:textId="04B86E67" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77" w:rsidP="00A25EAC">
+  <w:p w14:paraId="744B03CB" w14:textId="6CD7161C" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77" w:rsidP="00A25EAC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="1270"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C23A53">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
-    <w:r w:rsidR="00A25EAC">
+    <w:r w:rsidR="00E5392A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>1/24</w:t>
-[...7 lines deleted...]
-      <w:t xml:space="preserve"> v1.01</w:t>
+      <w:t>11/25</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C030489"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5232CA38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -44067,141 +44604,147 @@
   <w:num w:numId="4" w16cid:durableId="371345153">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1658342924">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1607271693">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1270775132">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="185750518">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1129472998">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="684093613">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="116"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="yg5cB3D6dqkuDITdDx1V9/6s98R3wGx9IXHjbM7lBGGejkPVlSW6G0kjofioVXR4oio7f1bZyyqyPKXN46RKYQ==" w:salt="c5s+/Agg6o/PM9zFGTQj9Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="StgwcakEFFshdA4t6zcYPxKLdMn/sdltSD139rsAlokvCab3li6s6UL+Wa5ERsmA72TWVxTd5vfbP2cctpUk+A==" w:salt="iWhei1GKYOVC8uPBYfmVWA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DC0D77"/>
     <w:rsid w:val="000104ED"/>
     <w:rsid w:val="00092EEA"/>
     <w:rsid w:val="00097A1A"/>
+    <w:rsid w:val="00103BBD"/>
     <w:rsid w:val="00131477"/>
     <w:rsid w:val="00163D30"/>
     <w:rsid w:val="00206FB0"/>
     <w:rsid w:val="00277A8D"/>
     <w:rsid w:val="00367115"/>
     <w:rsid w:val="00373355"/>
+    <w:rsid w:val="003E0832"/>
     <w:rsid w:val="00544EB0"/>
     <w:rsid w:val="005970A4"/>
     <w:rsid w:val="006200B6"/>
+    <w:rsid w:val="006A1871"/>
     <w:rsid w:val="00710366"/>
     <w:rsid w:val="00750041"/>
     <w:rsid w:val="00804B9D"/>
     <w:rsid w:val="00824553"/>
     <w:rsid w:val="00853155"/>
     <w:rsid w:val="00912B16"/>
     <w:rsid w:val="0092056C"/>
+    <w:rsid w:val="009523FE"/>
     <w:rsid w:val="00A25EAC"/>
     <w:rsid w:val="00AA6114"/>
     <w:rsid w:val="00B077EF"/>
     <w:rsid w:val="00B20B4C"/>
+    <w:rsid w:val="00BC1AF1"/>
     <w:rsid w:val="00BD7E9D"/>
     <w:rsid w:val="00BF2889"/>
     <w:rsid w:val="00C23A53"/>
     <w:rsid w:val="00C64E29"/>
     <w:rsid w:val="00CD335E"/>
     <w:rsid w:val="00D951A0"/>
     <w:rsid w:val="00DA1C3E"/>
     <w:rsid w:val="00DC0D77"/>
     <w:rsid w:val="00E30B8A"/>
+    <w:rsid w:val="00E5392A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5DDF6631"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A60EB659-D990-4915-BAAF-534F0D0AC240}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -44663,58 +45206,58 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00544EB0"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -44973,69 +45516,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2736</Words>
-  <Characters>15598</Characters>
+  <Words>2758</Words>
+  <Characters>15724</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>129</Lines>
+  <Lines>131</Lines>
   <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18298</CharactersWithSpaces>
+  <CharactersWithSpaces>18446</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ostroski, Audrey J (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>