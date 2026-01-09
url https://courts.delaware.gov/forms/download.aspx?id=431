--- v0 (2025-10-23)
+++ v1 (2026-01-09)
@@ -1,100 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="33EAE861" w14:textId="13B127CB" w:rsidR="00DC0D77" w:rsidRPr="00DC0D77" w:rsidRDefault="000104ED" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="488D175E" wp14:editId="5F966CE9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2832100</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-287655</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1193800" cy="1193800"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1" descr="A picture containing text, ceramic ware, porcelain&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="A picture containing text, ceramic ware, porcelain&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId8">
                       <a:alphaModFix amt="20000"/>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1193800" cy="1193800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
@@ -110,105 +109,87 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79620AED" w14:textId="0520E4F1" w:rsidR="00DC0D77" w:rsidRDefault="00DC0D77" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In and </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B2211">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="006B2211">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle County </w:t>
       </w:r>
       <w:r>
@@ -216,58 +197,58 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B2211">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="006B2211">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent County </w:t>
       </w:r>
       <w:r>
@@ -275,58 +256,58 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B2211">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="006B2211">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
@@ -3937,51 +3918,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4606FAD6" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRPr="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E2B1E" w14:paraId="753E16D9" w14:textId="77777777" w:rsidTr="004E2B1E">
+      <w:tr w:rsidR="004E2B1E" w14:paraId="753E16D9" w14:textId="77777777" w:rsidTr="008D46A2">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6F0DAB69" w14:textId="5446B693" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4286,238 +4267,440 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D8227D0" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E2B1E" w14:paraId="6A1D9BEA" w14:textId="77777777" w:rsidTr="004E2B1E">
+      <w:tr w:rsidR="004E2B1E" w14:paraId="6A1D9BEA" w14:textId="77777777" w:rsidTr="008D46A2">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="29BFA195" w14:textId="5EFDF96C" w:rsidR="004E2B1E" w:rsidRPr="008D46A2" w:rsidRDefault="008D46A2" w:rsidP="004E2B1E">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email Address: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37A687D4" w14:textId="746553A4" w:rsidR="004E2B1E" w:rsidRPr="008D46A2" w:rsidRDefault="008D46A2" w:rsidP="004E2B1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="Text31"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AB59A6C" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRPr="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73F1E2DE" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRPr="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="21996359" w14:textId="67884069" w:rsidR="004E2B1E" w:rsidRPr="008D46A2" w:rsidRDefault="008D46A2" w:rsidP="004E2B1E">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Email Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2944" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14851B2F" w14:textId="385CFE9F" w:rsidR="004E2B1E" w:rsidRPr="008D46A2" w:rsidRDefault="008D46A2" w:rsidP="004E2B1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text32"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="Text32"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5170A959" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRPr="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E2B1E" w14:paraId="6BA9F81F" w14:textId="77777777" w:rsidTr="008D46A2">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="29BFA195" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRPr="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
+          <w:p w14:paraId="6EB92DA3" w14:textId="07B43314" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="6"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Attorney Name:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="nil"/>
-[...155 lines deleted...]
-              <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5118B3C2" w14:textId="0F1E8BF2" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -4654,51 +4837,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7C3084FB" w14:textId="27B9D299" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Attorney Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C6A7E94" w14:textId="1ED110F9" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -4975,357 +5158,358 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Interpreter needed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="089447D7" w14:textId="4CB515C3" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
+          <w:p w14:paraId="089447D7" w14:textId="6DA36E9A" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Check4"/>
+            <w:bookmarkStart w:id="11" w:name="Check4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="Check5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="008D46A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B94CB1D" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5640E05D" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="11EC3EE8" w14:textId="5584EEAE" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Interpreter needed?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2944" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F360C12" w14:textId="67C57B53" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="004E2B1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Check5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...211 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9321,51 +9505,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="71A8B5A4" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRPr="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E2B1E" w14:paraId="1345F59B" w14:textId="77777777" w:rsidTr="007D2012">
+      <w:tr w:rsidR="004E2B1E" w14:paraId="1345F59B" w14:textId="77777777" w:rsidTr="008D46A2">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5FC0652A" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -9668,238 +9852,440 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="08BE9AD1" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E2B1E" w14:paraId="1149FC0A" w14:textId="77777777" w:rsidTr="007D2012">
+      <w:tr w:rsidR="004E2B1E" w14:paraId="1149FC0A" w14:textId="77777777" w:rsidTr="008D46A2">
+        <w:trPr>
+          <w:trHeight w:val="215"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEBFF31" w14:textId="6E2273BB" w:rsidR="004E2B1E" w:rsidRPr="008D46A2" w:rsidRDefault="008D46A2" w:rsidP="007D2012">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Email Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2954" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61A9EA5E" w14:textId="4CCCED9B" w:rsidR="004E2B1E" w:rsidRPr="008D46A2" w:rsidRDefault="008D46A2" w:rsidP="007D2012">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text33"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="Text33"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E9103D2" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRPr="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="007D2012">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C4C69CE" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRPr="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="007D2012">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A83C780" w14:textId="539F1201" w:rsidR="004E2B1E" w:rsidRPr="008D46A2" w:rsidRDefault="008D46A2" w:rsidP="007D2012">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Email Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2944" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C892DCC" w14:textId="416EA4C8" w:rsidR="004E2B1E" w:rsidRPr="008D46A2" w:rsidRDefault="008D46A2" w:rsidP="007D2012">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text34"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="Text34"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35AEE312" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRPr="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="007D2012">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E2B1E" w14:paraId="589CA42F" w14:textId="77777777" w:rsidTr="008D46A2">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7DEBFF31" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRPr="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="007D2012">
+          <w:p w14:paraId="5E56BE95" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="6"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Attorney Name:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="nil"/>
-[...155 lines deleted...]
-              <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="40DA47C0" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -10036,51 +10422,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6F24B4F9" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Attorney Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6E3F9D94" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -10391,115 +10777,115 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10595,115 +10981,115 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11400,51 +11786,51 @@
         <w:gridCol w:w="111"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F33E3D" w:rsidRPr="00164BAF" w14:paraId="3AA481B8" w14:textId="77777777" w:rsidTr="00F33E3D">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7735" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E05CF04" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRPr="00164BAF" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="11" w:name="_Hlk156932239"/>
+            <w:bookmarkStart w:id="15" w:name="_Hlk156932239"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F33E3D" w:rsidRPr="00164BAF" w14:paraId="6CFC1BA6" w14:textId="77777777" w:rsidTr="00F33E3D">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7624" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5411390C" w14:textId="662D22C2" w:rsidR="00F33E3D" w:rsidRPr="00F33E3D" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -12658,72 +13044,52 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="47A5F5E3" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRPr="00164BAF" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:tbl>
-    <w:p w14:paraId="40970E21" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="00DC0D77">
-[...18 lines deleted...]
-    </w:p>
     <w:p w14:paraId="28439051" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
       <w:tr w:rsidR="004E2B1E" w14:paraId="2B88AD82" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
@@ -12765,160 +13131,160 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Check6"/>
+            <w:bookmarkStart w:id="16" w:name="Check6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006B2211">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">YES  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Check7"/>
+            <w:bookmarkStart w:id="17" w:name="Check7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3284D64B" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRDefault="00F33E3D" w:rsidP="00F33E3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
@@ -12932,51 +13298,51 @@
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
       <w:tr w:rsidR="004E03CA" w14:paraId="4704D632" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0F1C2D5C" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="14" w:name="_Hlk156932674"/>
+            <w:bookmarkStart w:id="18" w:name="_Hlk156932674"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>IN THE INTEREST OF THE FOLLOWING CHILD(REN):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E03CA" w14:paraId="783EF405" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -13064,51 +13430,51 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="209666F8" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Attach additional sheets if necessary.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:tbl>
     <w:p w14:paraId="064B3AD2" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRPr="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="00F33E3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1705"/>
         <w:gridCol w:w="3499"/>
         <w:gridCol w:w="106"/>
@@ -13118,51 +13484,51 @@
         <w:gridCol w:w="106"/>
       </w:tblGrid>
       <w:tr w:rsidR="004E03CA" w:rsidRPr="00164BAF" w14:paraId="33BFF9D4" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5D678721" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRPr="00164BAF" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="15" w:name="_Hlk156932680"/>
+            <w:bookmarkStart w:id="19" w:name="_Hlk156932680"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="67B7D939" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRPr="00164BAF" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5300" w:type="dxa"/>
@@ -15213,161 +15579,143 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D752B73" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> one) </w:t>
+              <w:t xml:space="preserve">(check one) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Male </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -15443,161 +15791,143 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6160B55B" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> one) </w:t>
+              <w:t xml:space="preserve">(check one) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Male </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -15749,51 +16079,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="03DD5824" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRPr="00164BAF" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:tbl>
     <w:p w14:paraId="79544EEF" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRPr="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="00F33E3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1705"/>
         <w:gridCol w:w="3499"/>
         <w:gridCol w:w="106"/>
@@ -17897,161 +18227,143 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="51487963" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> one) </w:t>
+              <w:t xml:space="preserve">(check one) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Male </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -18127,161 +18439,143 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76B68810" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> one) </w:t>
+              <w:t xml:space="preserve">(check one) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Male </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -18635,83 +18929,83 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Check9"/>
+            <w:bookmarkStart w:id="20" w:name="Check9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7CBCD417" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRPr="00F24A46" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -18956,58 +19250,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -19053,58 +19347,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -19143,83 +19437,83 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Check8"/>
+            <w:bookmarkStart w:id="21" w:name="Check8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4AB475D5" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRPr="00F24A46" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -19383,58 +19677,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -19480,58 +19774,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -19578,58 +19872,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -19808,58 +20102,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -19905,58 +20199,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -20003,58 +20297,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -20233,58 +20527,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -20330,58 +20624,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -20601,58 +20895,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3328" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -20841,51 +21135,51 @@
         <w:gridCol w:w="106"/>
       </w:tblGrid>
       <w:tr w:rsidR="004E2B1E" w:rsidRPr="00F33E3D" w14:paraId="6B4CD5A8" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="35752D04" w14:textId="164D668A" w:rsidR="004E2B1E" w:rsidRPr="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="004E03CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="18" w:name="_Hlk156932720"/>
+            <w:bookmarkStart w:id="22" w:name="_Hlk156932720"/>
             <w:r w:rsidRPr="004E03CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Complete the table below regarding the child(ren)’s parents (individuals holding parental rights):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E03CA" w:rsidRPr="004E03CA" w14:paraId="5E6DB29A" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20970,69 +21264,69 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E03CA" w:rsidRPr="00164BAF" w14:paraId="54905BCB" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5204" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3085B887" w14:textId="58AEA587" w:rsidR="004E03CA" w:rsidRPr="00992134" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
+          <w:p w14:paraId="3085B887" w14:textId="5B3C0A89" w:rsidR="004E03CA" w:rsidRPr="00992134" w:rsidRDefault="002F0979" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>MOTHER</w:t>
+              <w:t>Parent #1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1504CF37" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRPr="00992134" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -21045,72 +21339,72 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="748E1EFC" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRPr="00164BAF" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B47979F" w14:textId="0228E9F7" w:rsidR="004E03CA" w:rsidRPr="0002648E" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
+          <w:p w14:paraId="0B47979F" w14:textId="35A5533E" w:rsidR="004E03CA" w:rsidRPr="0002648E" w:rsidRDefault="002F0979" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>FATHER</w:t>
+              <w:t>Parent #2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E03CA" w14:paraId="25D2B3C4" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="411E5AF4" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRPr="00164BAF" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
@@ -24114,51 +24408,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2B039CF1" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRPr="00164BAF" w:rsidRDefault="004E03CA" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:tbl>
     <w:p w14:paraId="1E503802" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="004E03CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EF8BD44" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="004E03CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7281B351" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="004E03CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -24206,82 +24500,114 @@
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="106"/>
         <w:gridCol w:w="10573"/>
         <w:gridCol w:w="111"/>
       </w:tblGrid>
       <w:tr w:rsidR="004E03CA" w:rsidRPr="004E03CA" w14:paraId="144F191F" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F275E08" w14:textId="242519FC" w:rsidR="004E03CA" w:rsidRPr="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="004E03CA">
-[...7 lines deleted...]
-            <w:bookmarkStart w:id="19" w:name="_Hlk156932731"/>
+          <w:p w14:paraId="2F275E08" w14:textId="4F14150E" w:rsidR="004E03CA" w:rsidRPr="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="004E03CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="_Hlk156932731"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="004E36F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>If you do not know the name/address of the child(ren)’s mother and/or father, write in the space</w:t>
+              <w:t xml:space="preserve">If you do not know the name/address of the child(ren)’s </w:t>
+            </w:r>
+            <w:r w:rsidR="00877BAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parent #1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and/or</w:t>
+            </w:r>
+            <w:r w:rsidR="00877BAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parent #2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, write in the space</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E36F0" w:rsidRPr="004E03CA" w14:paraId="2416123B" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="02842F45" w14:textId="77777777" w:rsidR="004E36F0" w:rsidRPr="004E36F0" w:rsidRDefault="004E36F0" w:rsidP="004E03CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
@@ -24452,51 +24778,51 @@
           <w:p w14:paraId="784A58DC" w14:textId="176FAECE" w:rsidR="00737419" w:rsidRPr="00F33E3D" w:rsidRDefault="00737419" w:rsidP="00F33E3D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="635"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text5"/>
+            <w:bookmarkStart w:id="24" w:name="Text5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -24529,51 +24855,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5329608B" w14:textId="216C1008" w:rsidR="00737419" w:rsidRPr="00F33E3D" w:rsidRDefault="00737419" w:rsidP="00F33E3D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00737419" w:rsidRPr="0069498C" w14:paraId="31137983" w14:textId="77777777" w:rsidTr="004E36F0">
         <w:trPr>
@@ -24751,115 +25077,115 @@
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Check10"/>
+            <w:bookmarkStart w:id="25" w:name="Check10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00737419">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Affidavit that a Party’s Address is Unknown</w:t>
             </w:r>
             <w:r w:rsidR="007C0D36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Form 241)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:tbl>
     <w:p w14:paraId="58F4A267" w14:textId="77777777" w:rsidR="00737419" w:rsidRDefault="00737419" w:rsidP="00737419">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2250"/>
         <w:gridCol w:w="8434"/>
         <w:gridCol w:w="106"/>
@@ -29133,51 +29459,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="377208B1" w14:textId="77777777" w:rsidR="00E54D29" w:rsidRPr="00164BAF" w:rsidRDefault="00E54D29" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="734B7D43" w14:textId="77777777" w:rsidR="00E54D29" w:rsidRPr="00737419" w:rsidRDefault="00E54D29" w:rsidP="00737419">
+    <w:p w14:paraId="4E2BA6C2" w14:textId="77777777" w:rsidR="00877BAA" w:rsidRPr="00737419" w:rsidRDefault="00877BAA" w:rsidP="00737419">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="8884"/>
         <w:gridCol w:w="106"/>
       </w:tblGrid>
       <w:tr w:rsidR="00737419" w:rsidRPr="00737419" w14:paraId="71AF38BA" w14:textId="77777777" w:rsidTr="007D2012">
@@ -29317,51 +29643,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5BE4F799" w14:textId="6AE65977" w:rsidR="00BB6A73" w:rsidRPr="00737419" w:rsidRDefault="00BB6A73" w:rsidP="00737419">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text6"/>
+            <w:bookmarkStart w:id="26" w:name="Text6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -29394,51 +29720,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4BF76D17" w14:textId="6A0B0954" w:rsidR="00BB6A73" w:rsidRPr="00737419" w:rsidRDefault="00BB6A73" w:rsidP="00737419">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1F76009B" w14:textId="77777777" w:rsidR="00BB6A73" w:rsidRPr="00BB6A73" w:rsidRDefault="00BB6A73" w:rsidP="00BB6A73">
@@ -29546,83 +29872,83 @@
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Check11"/>
+            <w:bookmarkStart w:id="27" w:name="Check11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="27"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> The following children are under 14 years of age:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB6A73" w:rsidRPr="00737419" w14:paraId="61BDB582" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -29673,51 +29999,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7C4B97D9" w14:textId="45FE90A0" w:rsidR="00BB6A73" w:rsidRPr="00737419" w:rsidRDefault="00527AAD" w:rsidP="00737419">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text7"/>
+            <w:bookmarkStart w:id="28" w:name="Text7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -29750,51 +30076,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="02F4D32F" w14:textId="0A7F8666" w:rsidR="00BB6A73" w:rsidRPr="00737419" w:rsidRDefault="00BB6A73" w:rsidP="00737419">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB6A73" w:rsidRPr="00737419" w14:paraId="7B1907BF" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
@@ -29908,83 +30234,83 @@
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Check12"/>
+            <w:bookmarkStart w:id="29" w:name="Check12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> The following children are 14 years of age or older and consent to (agree with) this</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB6A73" w:rsidRPr="00737419" w14:paraId="3B6950A5" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -30175,51 +30501,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4922611F" w14:textId="7A3A1BA5" w:rsidR="00BB6A73" w:rsidRPr="00737419" w:rsidRDefault="00527AAD" w:rsidP="00737419">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text8"/>
+            <w:bookmarkStart w:id="30" w:name="Text8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -30252,51 +30578,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1E4C9E56" w14:textId="0B7541C4" w:rsidR="00BB6A73" w:rsidRPr="00737419" w:rsidRDefault="00BB6A73" w:rsidP="00737419">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB6A73" w:rsidRPr="00737419" w14:paraId="0F1BBBC0" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
@@ -30344,83 +30670,83 @@
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Check13"/>
+            <w:bookmarkStart w:id="31" w:name="Check13"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="31"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> The following children are 14 years of age or older and do NOT consent to (agree with)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB6A73" w:rsidRPr="00737419" w14:paraId="1CADA0CF" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -30532,51 +30858,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1873A4CA" w14:textId="7DFDA467" w:rsidR="00527AAD" w:rsidRPr="00737419" w:rsidRDefault="00527AAD" w:rsidP="00737419">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text9"/>
+            <w:bookmarkStart w:id="32" w:name="Text9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -30609,51 +30935,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4850AF80" w14:textId="78D96AD4" w:rsidR="00527AAD" w:rsidRPr="00737419" w:rsidRDefault="00527AAD" w:rsidP="00737419">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A258437" w14:textId="77777777" w:rsidR="00527AAD" w:rsidRPr="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
@@ -30823,83 +31149,83 @@
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Check14"/>
+            <w:bookmarkStart w:id="33" w:name="Check14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> The child(ren)’s parent(s) agree that I/we should become the guardian(s) of the child(ren).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="60E0F3CA" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -30908,622 +31234,1120 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="384BF158" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55339E47" w14:textId="5DA7B5FE" w:rsidR="00527AAD" w:rsidRPr="00737419" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
+          <w:p w14:paraId="55339E47" w14:textId="04FF65C4" w:rsidR="00527AAD" w:rsidRPr="00737419" w:rsidRDefault="00D83850" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">     The guardianship is needed because (a reason must be provided; check all that apply):</w:t>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="34" w:name="Check18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="34"/>
+            <w:r w:rsidR="00527AAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  The guardianship is needed because (a reason must be provided; check all that apply):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="4B9292DF" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="64AC930F" w14:textId="77777777" w:rsidR="00527AAD" w:rsidRPr="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00737419">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="2B2F3F55" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51FE7DDC" w14:textId="09B7857E" w:rsidR="00527AAD" w:rsidRPr="00737419" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
+          <w:p w14:paraId="51FE7DDC" w14:textId="4AC9A94D" w:rsidR="00527AAD" w:rsidRPr="00737419" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Check15"/>
+            <w:bookmarkStart w:id="35" w:name="Check15"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> parent(s) lack stable housing</w:t>
+            <w:bookmarkEnd w:id="35"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F0979">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parent #1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="36" w:name="Check19"/>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="36"/>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F0979">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parent #2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>lack stable housing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="0EEF5234" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="34C89B01" w14:textId="77777777" w:rsidR="00527AAD" w:rsidRPr="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="5282EFBA" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13FFAC55" w14:textId="3DEB21B6" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
+          <w:p w14:paraId="13FFAC55" w14:textId="0F5AF85B" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> parent(s) dealing with substance abuse issues</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F0979">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parent #1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check20"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="37" w:name="Check20"/>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="37"/>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F0979">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parent #2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">is/are </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dealing with substance abuse issues</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="62CE0A80" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4864EC67" w14:textId="77777777" w:rsidR="00527AAD" w:rsidRPr="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="0C92D416" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60F75C0A" w14:textId="4C8C335B" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
+          <w:p w14:paraId="60F75C0A" w14:textId="5DFFA321" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> parent(s) physical health</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F0979">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parent #1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check21"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="38" w:name="Check21"/>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="38"/>
+            <w:r w:rsidR="002F0979">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parent #2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>physical health</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="312DB681" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="42C5968F" w14:textId="77777777" w:rsidR="00527AAD" w:rsidRPr="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="6B45FF2E" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="616498C7" w14:textId="1532E2C7" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
+          <w:p w14:paraId="616498C7" w14:textId="1D78B36D" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> parent(s) mental health</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F0979">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parent #1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check22"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="39" w:name="Check22"/>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="39"/>
+            <w:r w:rsidR="002F0979">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parent #2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mental health</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="4F6B3968" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="09CB182D" w14:textId="77777777" w:rsidR="00527AAD" w:rsidRPr="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="26DC0EE6" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B7C33CD" w14:textId="0DC21703" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
+          <w:p w14:paraId="3B7C33CD" w14:textId="00B80571" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> parent(s) lack of financial resources</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F0979">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parent #1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="40" w:name="Check23"/>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="40"/>
+            <w:r w:rsidR="002F0979">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parent #2</w:t>
+            </w:r>
+            <w:r w:rsidR="00806039">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>lack of financial resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="5EC0ADFA" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="69C8FDE2" w14:textId="77777777" w:rsidR="00527AAD" w:rsidRPr="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
@@ -31561,58 +32385,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> other (please explain):</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -31627,51 +32451,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2256C06B" w14:textId="3ECA3C23" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text10"/>
+            <w:bookmarkStart w:id="41" w:name="Text10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -31704,51 +32528,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2E8FD013" w14:textId="3BF416CD" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="40B62AA8" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
@@ -31869,117 +32693,259 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="754E140A" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1446A5AA" w14:textId="7FDC4DF4" w:rsidR="00527AAD" w:rsidRPr="00737419" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
+          <w:p w14:paraId="1446A5AA" w14:textId="0D3F7989" w:rsidR="00527AAD" w:rsidRPr="00737419" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Check16"/>
+            <w:bookmarkStart w:id="42" w:name="Check16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> The child(ren)’s parent(s) are deceased. (</w:t>
+            <w:bookmarkEnd w:id="42"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The child(ren)’s </w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check24"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="43" w:name="Check24"/>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="43"/>
+            <w:r w:rsidR="002F0979">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parent #1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="44" w:name="Check25"/>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="44"/>
+            <w:r w:rsidR="002F0979">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parent #2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D83850">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">is </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>deceased. (</w:t>
             </w:r>
             <w:r w:rsidRPr="003E6CC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Attach a certified copy of the death certificate.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="2341D6F0" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
@@ -32026,83 +32992,83 @@
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Check17"/>
+            <w:bookmarkStart w:id="45" w:name="Check17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006B2211">
-[...6 lines deleted...]
-            <w:r w:rsidR="006B2211">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="45"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> The child(ren) is/are dependent, neglected, and/or abused based on the following </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="3625713D" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -32154,51 +33120,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w14:paraId="024E849C" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="52E6FB96" w14:textId="77777777" w:rsidR="00527AAD" w:rsidRPr="0087612A" w:rsidRDefault="00527AAD" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="34" w:name="_Hlk156851396"/>
+            <w:bookmarkStart w:id="46" w:name="_Hlk156851396"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w14:paraId="0E7F648B" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1942035B" w14:textId="77777777" w:rsidR="00527AAD" w:rsidRPr="0087612A" w:rsidRDefault="00527AAD" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
@@ -32317,51 +33283,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="049593BA" w14:textId="6B8435EA" w:rsidR="00527AAD" w:rsidRPr="0037460B" w:rsidRDefault="001D4EBF" w:rsidP="007D2012">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="550"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Text20"/>
+            <w:bookmarkStart w:id="47" w:name="Text20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -32394,51 +33360,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="47"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7950F0C0" w14:textId="77777777" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w14:paraId="3755CF01" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
@@ -32504,83 +33470,53 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1A2C7A20" w14:textId="77777777" w:rsidR="00527AAD" w:rsidRPr="0087612A" w:rsidRDefault="00527AAD" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:tbl>
     <w:p w14:paraId="5589A839" w14:textId="77777777" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
-      <w:pPr>
-[...28 lines deleted...]
-    <w:p w14:paraId="2CEFCE9F" w14:textId="77777777" w:rsidR="0069498C" w:rsidRDefault="0069498C" w:rsidP="00527AAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B16C40F" w14:textId="77777777" w:rsidR="0069498C" w:rsidRDefault="0069498C" w:rsidP="00527AAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F3F69DF" w14:textId="77777777" w:rsidR="0069498C" w:rsidRDefault="0069498C" w:rsidP="00527AAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -33406,51 +34342,51 @@
           </w:p>
           <w:p w14:paraId="4B9D1867" w14:textId="4B89A97C" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Text21"/>
+            <w:bookmarkStart w:id="48" w:name="Text21"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -33483,51 +34419,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="48"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="64BE0BBF" w14:textId="77777777" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -33543,51 +34479,51 @@
           </w:tcPr>
           <w:p w14:paraId="69D5808A" w14:textId="0942A567" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Text22"/>
+            <w:bookmarkStart w:id="49" w:name="Text22"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -33620,51 +34556,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="49"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3EB12C63" w14:textId="77777777" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -33680,51 +34616,51 @@
           </w:tcPr>
           <w:p w14:paraId="2E00AE47" w14:textId="22CAF922" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="Text23"/>
+            <w:bookmarkStart w:id="50" w:name="Text23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -33757,51 +34693,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="50"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6B2AAB3D" w14:textId="77777777" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -33817,51 +34753,51 @@
           </w:tcPr>
           <w:p w14:paraId="37876C9F" w14:textId="55AB3F3C" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Text24"/>
+            <w:bookmarkStart w:id="51" w:name="Text24"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -33894,51 +34830,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="51"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00371F4F" w:rsidRPr="00371F4F" w14:paraId="66158023" w14:textId="77777777" w:rsidTr="00371F4F">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3C54A519" w14:textId="5D03B2A1" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -34811,51 +35747,51 @@
           </w:p>
           <w:p w14:paraId="6FDBF850" w14:textId="038BD10F" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="Text25"/>
+            <w:bookmarkStart w:id="52" w:name="Text25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -34888,51 +35824,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="52"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="64D20AEC" w14:textId="77777777" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -34948,51 +35884,51 @@
           </w:tcPr>
           <w:p w14:paraId="68F9F54B" w14:textId="546E3B7C" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="Text26"/>
+            <w:bookmarkStart w:id="53" w:name="Text26"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -35025,51 +35961,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
+            <w:bookmarkEnd w:id="53"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="58443E39" w14:textId="77777777" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -35085,51 +36021,51 @@
           </w:tcPr>
           <w:p w14:paraId="4D13F3D6" w14:textId="44D6DBF2" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="Text27"/>
+            <w:bookmarkStart w:id="54" w:name="Text27"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -35162,51 +36098,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="54"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="117E3E7F" w14:textId="77777777" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -35222,51 +36158,51 @@
           </w:tcPr>
           <w:p w14:paraId="33305B3D" w14:textId="2487FB40" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="43" w:name="Text28"/>
+            <w:bookmarkStart w:id="55" w:name="Text28"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -35299,93 +36235,93 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="55"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00371F4F" w:rsidRPr="00371F4F" w14:paraId="24FDB197" w14:textId="77777777" w:rsidTr="00371F4F">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="271B8D0F" w14:textId="37D9772C" w:rsidR="003F60AE" w:rsidRDefault="003F60AE" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="44" w:name="Text29"/>
+            <w:bookmarkStart w:id="56" w:name="Text29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -35418,51 +36354,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
+            <w:bookmarkEnd w:id="56"/>
           </w:p>
           <w:p w14:paraId="489246BD" w14:textId="08B872DF" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Clerk of Court/Notary Public</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -35544,51 +36480,51 @@
           </w:tcPr>
           <w:p w14:paraId="037F2D9F" w14:textId="4B984F5C" w:rsidR="003F60AE" w:rsidRDefault="003F60AE" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="Text30"/>
+            <w:bookmarkStart w:id="57" w:name="Text30"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -35621,51 +36557,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkEnd w:id="57"/>
           </w:p>
           <w:p w14:paraId="223278D7" w14:textId="2CBDAC13" w:rsidR="00371F4F" w:rsidRPr="00371F4F" w:rsidRDefault="00371F4F" w:rsidP="00371F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Clerk of Court/Notary Public</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -35705,90 +36641,88 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="469B566E" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRPr="00DC0D77" w:rsidRDefault="004E2B1E" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004E2B1E" w:rsidRPr="00DC0D77" w:rsidSect="00DC0D77">
-      <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
-      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="66C14EEA" w14:textId="77777777" w:rsidR="00B01088" w:rsidRDefault="00B01088" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2F73ED95" w14:textId="77777777" w:rsidR="00B01088" w:rsidRDefault="00B01088" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -35798,51 +36732,51 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B715677" w14:textId="77777777" w:rsidR="00DC0D77" w:rsidRPr="00DC0D77" w:rsidRDefault="00DC0D77">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="02B12F08" w14:textId="72651210" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77" w:rsidP="00DC0D77">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C23A53">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
@@ -35915,161 +36849,173 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00C23A53">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00C23A53">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="571416CE" w14:textId="77777777" w:rsidR="00B01088" w:rsidRDefault="00B01088" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="14E8B62F" w14:textId="77777777" w:rsidR="00B01088" w:rsidRDefault="00B01088" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3E1B1DAF" w14:textId="5CE7F918" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C23A53">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Form </w:t>
     </w:r>
     <w:r w:rsidR="004E2B1E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>126</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="744B03CB" w14:textId="7E5B4BA9" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77">
+  <w:p w14:paraId="744B03CB" w14:textId="32098CE1" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C23A53">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
-    <w:r w:rsidR="004E2B1E">
+    <w:r w:rsidR="002F0979">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>1/24</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="008D46A2">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="002F0979">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>/25</w:t>
     </w:r>
     <w:r w:rsidR="00ED682E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> v1.01</w:t>
+      <w:t xml:space="preserve"> v</w:t>
+    </w:r>
+    <w:r w:rsidR="00806039">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="002F0979">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>.1</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12503D04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7284EDE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -36238,149 +37184,169 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="932055526">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1037781162">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="g9r/5pDP8RXX5CdyhGnrgS6dxG8zzHGSvTqcCvplz7aQuaWrUNt31AmUegmIdewjCdbpd/9Pu4GqI82VG3ciXg==" w:salt="MKxCs3wI3MUt4k40uZMzQA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="lyUKn4AXuhxoQkLvEowCdkwEf7yUeWMIaOEcv5I4CBt+gYsnzLIIItgRx2n8YGP1MOppFEtBNgW6iw+F5GvaPg==" w:salt="i80r/RzY6GrekcRz3FQg6g=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DC0D77"/>
     <w:rsid w:val="000104ED"/>
+    <w:rsid w:val="00013883"/>
     <w:rsid w:val="00092EEA"/>
+    <w:rsid w:val="00122A78"/>
     <w:rsid w:val="00131477"/>
     <w:rsid w:val="00163D30"/>
     <w:rsid w:val="001D4EBF"/>
+    <w:rsid w:val="00200E64"/>
     <w:rsid w:val="00206FB0"/>
     <w:rsid w:val="0021521C"/>
+    <w:rsid w:val="002F0979"/>
     <w:rsid w:val="00371F4F"/>
     <w:rsid w:val="003C29F0"/>
     <w:rsid w:val="003E6CC0"/>
     <w:rsid w:val="003F60AE"/>
     <w:rsid w:val="004E03CA"/>
     <w:rsid w:val="004E2B1E"/>
     <w:rsid w:val="004E36F0"/>
     <w:rsid w:val="00513257"/>
     <w:rsid w:val="00527AAD"/>
     <w:rsid w:val="005970A4"/>
+    <w:rsid w:val="00624732"/>
     <w:rsid w:val="0069498C"/>
     <w:rsid w:val="006B2211"/>
+    <w:rsid w:val="006D7253"/>
+    <w:rsid w:val="0073000B"/>
     <w:rsid w:val="00737419"/>
     <w:rsid w:val="007C0D36"/>
+    <w:rsid w:val="00806039"/>
     <w:rsid w:val="00824553"/>
+    <w:rsid w:val="0085339E"/>
+    <w:rsid w:val="00875BE6"/>
+    <w:rsid w:val="00877BAA"/>
+    <w:rsid w:val="008864BE"/>
+    <w:rsid w:val="008D46A2"/>
+    <w:rsid w:val="009129B3"/>
     <w:rsid w:val="0092056C"/>
+    <w:rsid w:val="009629C9"/>
     <w:rsid w:val="00992537"/>
     <w:rsid w:val="009B1BFD"/>
+    <w:rsid w:val="00A44B8A"/>
     <w:rsid w:val="00A75A77"/>
     <w:rsid w:val="00AA6114"/>
     <w:rsid w:val="00B01088"/>
     <w:rsid w:val="00B077EF"/>
+    <w:rsid w:val="00B8193B"/>
     <w:rsid w:val="00BB6A73"/>
     <w:rsid w:val="00BD7E9D"/>
     <w:rsid w:val="00BF2889"/>
     <w:rsid w:val="00C23A53"/>
     <w:rsid w:val="00CB00AD"/>
+    <w:rsid w:val="00D52978"/>
+    <w:rsid w:val="00D83850"/>
     <w:rsid w:val="00DC0D77"/>
     <w:rsid w:val="00E54D29"/>
     <w:rsid w:val="00E82A00"/>
     <w:rsid w:val="00ED682E"/>
     <w:rsid w:val="00F33E3D"/>
     <w:rsid w:val="00F96549"/>
+    <w:rsid w:val="00FA4C08"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5DDF6631"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A60EB659-D990-4915-BAAF-534F0D0AC240}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -36867,62 +37833,72 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720" w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
     <w:name w:val="Body Text Indent 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent2"/>
     <w:rsid w:val="0069498C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D83850"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -37176,74 +38152,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5DFF449-406F-406C-B486-18270D68527F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1374</Words>
-  <Characters>7835</Characters>
+  <Words>1425</Words>
+  <Characters>8126</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9191</CharactersWithSpaces>
+  <CharactersWithSpaces>9532</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ostroski, Audrey J (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>