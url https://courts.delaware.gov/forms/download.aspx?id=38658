--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -3,63 +3,63 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00534CF3" w:rsidRDefault="007058DB" w:rsidP="006B033F">
+    <w:p w14:paraId="00E6FF35" w14:textId="77777777" w:rsidR="00534CF3" w:rsidRDefault="007058DB" w:rsidP="006B033F">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="631B2E43" wp14:editId="24CAAF89">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2703195</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-213360</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1257300" cy="1257300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="16" name="Picture 16" descr="test2 Family-Court-grayscale-9per"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 16" descr="test2 Family-Court-grayscale-9per"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
@@ -80,296 +80,294 @@
                       <a:ext cx="1257300" cy="1257300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00534CF3">
         <w:t xml:space="preserve">The Family Court of the State of </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidR="00534CF3">
             <w:t>Delaware</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
     </w:p>
-    <w:p w:rsidR="00534CF3" w:rsidRDefault="00534CF3" w:rsidP="00C94EBA">
+    <w:p w14:paraId="38D95452" w14:textId="77777777" w:rsidR="00534CF3" w:rsidRDefault="00534CF3" w:rsidP="00C94EBA">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Check1"/>
+      <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle</w:t>
       </w:r>
       <w:r w:rsidR="00373231">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Check2"/>
+      <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent</w:t>
       </w:r>
       <w:r w:rsidR="00373231">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Check3"/>
+      <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B033F" w:rsidRDefault="00C94EBA" w:rsidP="006B033F">
+    <w:p w14:paraId="04848CE2" w14:textId="77777777" w:rsidR="006B033F" w:rsidRDefault="00C94EBA" w:rsidP="006B033F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">PETITION FOR </w:t>
       </w:r>
       <w:r w:rsidR="00054B92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>THIRD-PARTY VISITATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF001E" w:rsidRPr="00C94EBA" w:rsidRDefault="00AF001E" w:rsidP="00AF001E">
+    <w:p w14:paraId="6C1D76CB" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00C94EBA" w:rsidRDefault="00AF001E" w:rsidP="00AF001E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94EBA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Petitioner</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94EBA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -398,200 +396,200 @@
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10759" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4310"/>
         <w:gridCol w:w="59"/>
         <w:gridCol w:w="4230"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="2070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="2B382611" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="41632888" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A14D53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="1416BAB5" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="4705684D" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="357F34CE" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="6C198CB6" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>File Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="6D8536EC" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="24192F12" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -643,69 +641,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="752F97A8" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="3DDA0B3B" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -749,188 +747,188 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="70EDB25E" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="69E0BB7A" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="702EE1B4" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="2A98E263" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>D.O.B.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="4631C41C" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="7E3D3F55" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>D.O.B.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="0EB3A5EE" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="1CF14D4A" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -969,85 +967,85 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="08EC85F0" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="008D61C4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="51959DB7" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="008D61C4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text60"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text60"/>
+            <w:bookmarkStart w:id="4" w:name="Text60"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -1062,102 +1060,102 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="008D61C4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="73D061E6" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="008D61C4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="008D61C4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="1C48AE64" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="008D61C4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text61"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text61"/>
+            <w:bookmarkStart w:id="5" w:name="Text61"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -1172,231 +1170,231 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="2B56F34B" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="41C04A3B" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="7CD2FECA" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="74DB0D1E" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Street Address  (including Apt)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="12933C4D" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="357D07F3" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Street Address  (including Apt)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="18A6D50A" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="5347995A" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Petition Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="7" w:name="Text51"/>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:bookmarkStart w:id="6" w:name="Text51"/>
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="5C70F78F" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="45857734" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1430,83 +1428,83 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="2C3AEE6B" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="8" w:name="Text52"/>
+        <w:bookmarkStart w:id="7" w:name="Text52"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="6BD94141" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1540,200 +1538,200 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="08A95846" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="63AC1A11" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="3C2DC1CF" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="74D60CAD" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="52B13FFC" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="74F07931" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="4866340D" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="9" w:name="Text57"/>
+        <w:bookmarkStart w:id="8" w:name="Text57"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="13E7BC41" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1767,69 +1765,69 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="10" w:name="Text53"/>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:bookmarkStart w:id="9" w:name="Text53"/>
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="110138F8" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="427104E1" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1863,83 +1861,83 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="04D50E0C" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="11" w:name="Text54"/>
+        <w:bookmarkStart w:id="10" w:name="Text54"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="7C88A1D2" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1973,105 +1971,105 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="20B4EFB9" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="585D5E8D" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="62FA1B78" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="76F32B3A" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -2092,71 +2090,71 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="69CE458E" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="294F5199" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2116"/>
                 <w:tab w:val="left" w:pos="3026"/>
               </w:tabs>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -2168,66 +2166,66 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="5DF868FE" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="2FFCAFF9" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2289,70 +2287,70 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="0BF7B415" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="12" w:name="Text56"/>
+        <w:bookmarkStart w:id="11" w:name="Text56"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="38C44E30" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2116"/>
                 <w:tab w:val="left" w:pos="3026"/>
               </w:tabs>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2390,188 +2388,188 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="6655F1AB" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="1DE0C526" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Home Phone Number</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Work Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="52F7F35B" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="0D3FDEE0" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Home Phone Number</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">       Work Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="51634F41" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="0A25131A" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2627,51 +2625,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text64"/>
+            <w:bookmarkStart w:id="12" w:name="Text64"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2686,82 +2684,82 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="4B5A8816" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="6B23A44F" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2476"/>
               </w:tabs>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2878,67 +2876,327 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00446C18" w:rsidRPr="001E5734" w14:paraId="0E0438F0" w14:textId="77777777" w:rsidTr="00753AB8">
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="2160" w:type="dxa"/>
+          <w:trHeight w:val="269"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="500F0019" w14:textId="77777777" w:rsidR="00446C18" w:rsidRPr="00446C18" w:rsidRDefault="00446C18" w:rsidP="00753AB8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2525"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00446C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29EB04FE" w14:textId="4649E795" w:rsidR="00446C18" w:rsidRDefault="00446C18" w:rsidP="00753AB8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2525"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text64"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="382B52F3" w14:textId="77777777" w:rsidR="00446C18" w:rsidRPr="001E5734" w:rsidRDefault="00446C18" w:rsidP="00753AB8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF58925" w14:textId="1E17173F" w:rsidR="00446C18" w:rsidRPr="00446C18" w:rsidRDefault="00446C18" w:rsidP="00446C18">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2525"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00446C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="711A0379" w14:textId="4C9B02A5" w:rsidR="00446C18" w:rsidRDefault="00446C18" w:rsidP="00446C18">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2476"/>
+              </w:tabs>
+              <w:ind w:firstLine="75"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text64"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="03A3B79D" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00C94EBA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="69E44175" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00C94EBA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C94EBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Relation to Child</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2950,134 +3208,134 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ren</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00C94EBA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="74B02554" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00C94EBA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00C94EBA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="24950313" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00C94EBA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2476"/>
               </w:tabs>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C94EBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Relation to Child</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00C94EBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ren</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="21EBDD85" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="3AC7AEFE" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3127,69 +3385,69 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="19911F84" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="6F72CB3D" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2476"/>
               </w:tabs>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3229,246 +3487,246 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="0ACE0A20" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00753BCA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="709E029E" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00753BCA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Interpreter needed?</w:t>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Check40"/>
+            <w:bookmarkStart w:id="13" w:name="Check40"/>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Check41"/>
+            <w:bookmarkStart w:id="14" w:name="Check41"/>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00753BCA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="78D7564A" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00753BCA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00753BCA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="78164E7D" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00753BCA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2476"/>
               </w:tabs>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Interpreter needed?</w:t>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -3478,195 +3736,195 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="023F0A2E" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="1D6712B8" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Language</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text95"/>
+            <w:bookmarkStart w:id="15" w:name="Text95"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3681,83 +3939,83 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="1645CCF3" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="0ED45149" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2476"/>
               </w:tabs>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Language</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3812,51 +4070,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF001E" w:rsidRPr="00406DA5" w:rsidRDefault="00AF001E" w:rsidP="00AF001E">
+    <w:p w14:paraId="47764414" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00406DA5" w:rsidRDefault="00AF001E" w:rsidP="00AF001E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00406DA5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2nd Petitioner (if any)</w:t>
       </w:r>
@@ -3877,159 +4135,159 @@
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10759" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4310"/>
         <w:gridCol w:w="59"/>
         <w:gridCol w:w="4230"/>
         <w:gridCol w:w="2160"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="10A3291B" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="1F1E840B" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="70BC5D21" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="054DB19B" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="5B97A0B6" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="5E6CA136" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4081,69 +4339,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="08717B7F" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="049B79AD" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4180,151 +4438,151 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="6F897C8B" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="62FD4F2A" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>D.O.B.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="2AD2F16D" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="79849D0A" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>D.O.B.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="4DF3E0FD" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="008D61C4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="087BE0B4" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="008D61C4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4370,69 +4628,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="008D61C4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="136804C7" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="008D61C4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="008D61C4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="188C004A" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="008D61C4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4469,151 +4727,151 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="4605993E" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="200B160A" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Street Address  (including Apt)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="64594616" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="4FE2ACA2" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00E714F4" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Street Address  (including Apt)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="62ADBF3A" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="5FD4C9EC" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4659,69 +4917,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="015339E1" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="70E029BA" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4758,150 +5016,150 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="3AD3EC78" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="3E8E06C9" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="69A72A61" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="4D11B184" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="65D99ABB" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="6F23976D" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4947,69 +5205,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="437516A6" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="7DF2C76D" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -5046,66 +5304,66 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="7C878C93" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="6811D4C5" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -5126,71 +5384,71 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="0F1C656F" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="4F6BFAF6" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2116"/>
                 <w:tab w:val="left" w:pos="3026"/>
               </w:tabs>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -5202,66 +5460,66 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="24DECB69" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="7728E21A" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5323,69 +5581,69 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="767705A4" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="4F204AB4" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2116"/>
                 <w:tab w:val="left" w:pos="3026"/>
               </w:tabs>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5438,172 +5696,172 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="4BEA0617" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="122E43D4" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Home Phone Number</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Work Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="13ECD6D6" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="7FFA99C5" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Home Phone Number</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">       Work Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="5C434AA1" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="6BF86D01" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5730,69 +5988,69 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="347AB899" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="63089B86" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2476"/>
               </w:tabs>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5909,67 +6167,320 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00E071DE" w:rsidRPr="001E5734" w14:paraId="68A6520A" w14:textId="77777777" w:rsidTr="00753AB8">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2160" w:type="dxa"/>
+          <w:trHeight w:val="269"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA62BB7" w14:textId="77777777" w:rsidR="00E071DE" w:rsidRPr="00446C18" w:rsidRDefault="00E071DE" w:rsidP="00E071DE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2525"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00446C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09C6FF3C" w14:textId="34E7DC67" w:rsidR="00E071DE" w:rsidRDefault="00E071DE" w:rsidP="00E071DE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2525"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text64"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="323A583F" w14:textId="77777777" w:rsidR="00E071DE" w:rsidRPr="001E5734" w:rsidRDefault="00E071DE" w:rsidP="00753AB8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DFF3BDA" w14:textId="77777777" w:rsidR="00E071DE" w:rsidRPr="00446C18" w:rsidRDefault="00E071DE" w:rsidP="00E071DE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2525"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00446C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03582C40" w14:textId="03A7EB46" w:rsidR="00E071DE" w:rsidRDefault="00E071DE" w:rsidP="00E071DE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2476"/>
+              </w:tabs>
+              <w:ind w:firstLine="75"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text64"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="740D44DA" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00753BCA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="1C92F25C" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00753BCA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Interpreter needed?</w:t>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -5979,170 +6490,170 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="4C686E2A" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="00753BCA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="5D572AAE" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="00753BCA" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Interpreter needed?</w:t>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -6152,156 +6663,156 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00753BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidTr="00753AB8">
+      <w:tr w:rsidR="00AF001E" w:rsidRPr="001E5734" w14:paraId="137E6E05" w14:textId="77777777" w:rsidTr="00753AB8">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="3C1751C3" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Language</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6365,69 +6876,69 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="65A87556" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="0AAA59BC" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E714F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Language</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6489,71 +7000,71 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
+          <w:p w14:paraId="44412D94" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRPr="001E5734" w:rsidRDefault="00AF001E" w:rsidP="00753AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF001E" w:rsidRDefault="00AF001E" w:rsidP="006B033F">
+    <w:p w14:paraId="744F74D4" w14:textId="77777777" w:rsidR="00AF001E" w:rsidRDefault="00AF001E" w:rsidP="006B033F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A3215C" w:rsidRPr="00A3215C" w:rsidRDefault="00A3215C" w:rsidP="00A3215C">
+    <w:p w14:paraId="2741E001" w14:textId="77777777" w:rsidR="00A3215C" w:rsidRPr="00A3215C" w:rsidRDefault="00A3215C" w:rsidP="00A3215C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3215C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IN THE INTEREST OF THE FOLLOWING CHILD(REN): (</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3215C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete the table below for each child </w:t>
       </w:r>
@@ -6614,202 +7125,202 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Attach additional sheets if necessary.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11178" w:type="dxa"/>
         <w:tblInd w:w="-180" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3849"/>
         <w:gridCol w:w="250"/>
         <w:gridCol w:w="1940"/>
         <w:gridCol w:w="250"/>
         <w:gridCol w:w="2668"/>
         <w:gridCol w:w="250"/>
         <w:gridCol w:w="1971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B6EB9" w:rsidRPr="00A3215C" w:rsidTr="00215407">
+      <w:tr w:rsidR="005B6EB9" w:rsidRPr="00A3215C" w14:paraId="2DB7F714" w14:textId="77777777" w:rsidTr="00215407">
         <w:trPr>
           <w:trHeight w:val="529"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3849" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="253B4AED" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Child’s Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="00A3215C" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="6EB6214A" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="00A3215C" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="5C2800C1" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Child’s Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="00A3215C" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="05B1C31C" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="00A3215C" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="0F96B83B" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Child’s Place of Birth</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="00A3215C" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="2426659C" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="00A3215C" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(City, State)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="7014D1A8" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="00A3215C" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="69BC1EE0" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="00A3215C" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1971" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="00A3215C" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="70F97986" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="00A3215C" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Child’s Gender (Check one</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidTr="00215407">
+      <w:tr w:rsidR="005B6EB9" w:rsidRPr="005746D0" w14:paraId="61A21C0B" w14:textId="77777777" w:rsidTr="00215407">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3849" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
+          <w:p w14:paraId="058E753D" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -6851,67 +7362,67 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="453456C3" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
+          <w:p w14:paraId="03F15A20" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -6953,67 +7464,67 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="5D1B2496" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
+          <w:p w14:paraId="755779B6" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -7055,180 +7566,180 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="37E5388C" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1971" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="6FB72F65" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Check4"/>
+            <w:bookmarkStart w:id="16" w:name="Check4"/>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
-[...4 lines deleted...]
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="005746D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Male </w:t>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Check5"/>
+            <w:bookmarkStart w:id="17" w:name="Check5"/>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
-[...4 lines deleted...]
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="005746D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidTr="00215407">
+      <w:tr w:rsidR="005B6EB9" w:rsidRPr="005746D0" w14:paraId="6B128B09" w14:textId="77777777" w:rsidTr="00215407">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3849" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
+          <w:p w14:paraId="231AB0A2" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -7270,68 +7781,68 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="51F6FA23" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
+          <w:p w14:paraId="0AE6EEE7" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -7373,68 +7884,68 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="5867D3C1" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
+          <w:p w14:paraId="22338A07" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -7476,176 +7987,176 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="2E42EC23" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1971" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="5869BA07" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
-[...4 lines deleted...]
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="005746D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Male </w:t>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
-[...4 lines deleted...]
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="005746D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidTr="00215407">
+      <w:tr w:rsidR="005B6EB9" w:rsidRPr="005746D0" w14:paraId="3FBD6DE0" w14:textId="77777777" w:rsidTr="00215407">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3849" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
+          <w:p w14:paraId="416CD912" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -7687,68 +8198,68 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="07D06AAC" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
+          <w:p w14:paraId="619907DF" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -7790,68 +8301,68 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="46CFE97A" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
+          <w:p w14:paraId="313CC3A4" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -7893,389 +8404,390 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="032A27A6" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1971" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
+          <w:p w14:paraId="033FC035" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRPr="005746D0" w:rsidRDefault="005B6EB9" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
-[...4 lines deleted...]
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="005746D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Male </w:t>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
-[...4 lines deleted...]
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="005746D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="005746D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="00A07AA6">
+    <w:p w14:paraId="612CF2D3" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="00A07AA6">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005B6EB9" w:rsidRDefault="005B6EB9" w:rsidP="008D22F4">
+    <w:p w14:paraId="146C73A7" w14:textId="77777777" w:rsidR="005B6EB9" w:rsidRDefault="005B6EB9" w:rsidP="008D22F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B6EB9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Complete the table below regarding the child(ren)’s parents (individuals holding parental rights):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11178" w:type="dxa"/>
         <w:tblInd w:w="-180" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="2700"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="4790"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1708"/>
         <w:gridCol w:w="270"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C56668" w:rsidRPr="00A3215C" w:rsidTr="00215407">
+      <w:tr w:rsidR="00C56668" w:rsidRPr="00A3215C" w14:paraId="0E23BCF2" w14:textId="77777777" w:rsidTr="00215407">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
+          <w:p w14:paraId="1F9D8FD5" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="005B6EB9">
+          <w:p w14:paraId="7AA3A0C3" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
+          <w:p w14:paraId="725B567E" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4790" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
+          <w:p w14:paraId="35121124" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
+          <w:p w14:paraId="1128652D" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
+          <w:p w14:paraId="55BE33AE" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
+          <w:p w14:paraId="7CD18D39" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C56668" w:rsidRPr="00A3215C" w:rsidTr="00215407">
+      <w:tr w:rsidR="00C56668" w:rsidRPr="00A3215C" w14:paraId="15D747FB" w14:textId="77777777" w:rsidTr="00215407">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
+          <w:p w14:paraId="0C143F7F" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>MOTHER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
+          <w:p w14:paraId="7FD4ABB9" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -8318,68 +8830,68 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
+          <w:p w14:paraId="1CCCC814" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4790" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00E77B80" w:rsidP="00F3172E">
+          <w:p w14:paraId="77246215" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00E77B80" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -8422,68 +8934,68 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
+          <w:p w14:paraId="49D3B005" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00E77B80" w:rsidP="00F3172E">
+          <w:p w14:paraId="59149B56" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00E77B80" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -8526,93 +9038,93 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
+          <w:p w14:paraId="06982530" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C56668" w:rsidRPr="00A3215C" w:rsidTr="00215407">
+      <w:tr w:rsidR="00C56668" w:rsidRPr="00A3215C" w14:paraId="18BAB780" w14:textId="77777777" w:rsidTr="00215407">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
+          <w:p w14:paraId="7EF11BBB" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>FATHER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
+          <w:p w14:paraId="02C1D3F1" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00E77B80" w:rsidP="005B6EB9">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -8655,69 +9167,69 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
+          <w:p w14:paraId="60EC7387" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00E77B80" w:rsidP="00F3172E">
+          <w:p w14:paraId="6A18FDF9" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00E77B80" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -8761,69 +9273,69 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
+          <w:p w14:paraId="5BD43AEF" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00E77B80" w:rsidP="00F3172E">
+          <w:p w14:paraId="77E5B7DD" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00E77B80" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -8866,142 +9378,142 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
+          <w:p w14:paraId="42CB9FB5" w14:textId="77777777" w:rsidR="00C56668" w:rsidRPr="00733AB2" w:rsidRDefault="00C56668" w:rsidP="00F3172E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A07AA6" w:rsidRDefault="00A07AA6" w:rsidP="00A07AA6">
+    <w:p w14:paraId="4E1E6DAF" w14:textId="77777777" w:rsidR="00A07AA6" w:rsidRDefault="00A07AA6" w:rsidP="00A07AA6">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E714F4" w:rsidRDefault="00E714F4" w:rsidP="00A07AA6">
+    <w:p w14:paraId="0062B7A8" w14:textId="77777777" w:rsidR="00E714F4" w:rsidRDefault="00E714F4" w:rsidP="00A07AA6">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00733AB2" w:rsidRDefault="005B6EB9" w:rsidP="008D22F4">
+    <w:p w14:paraId="662C5CC7" w14:textId="77777777" w:rsidR="00733AB2" w:rsidRDefault="005B6EB9" w:rsidP="008D22F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B6EB9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If you do not know the name/address of the child(ren)’s mother and/or father, write in the space provided below what you have done </w:t>
       </w:r>
       <w:r w:rsidR="00733AB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to try to locate him/her/them. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11088" w:type="dxa"/>
         <w:tblInd w:w="-180" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11088"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008912C7" w:rsidTr="002943E0">
+      <w:tr w:rsidR="008912C7" w14:paraId="70E27678" w14:textId="77777777" w:rsidTr="002943E0">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11088" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008912C7" w:rsidRDefault="00E77B80" w:rsidP="008912C7">
+          <w:p w14:paraId="4EF039B3" w14:textId="77777777" w:rsidR="008912C7" w:rsidRDefault="00E77B80" w:rsidP="008912C7">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -9040,60 +9552,60 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008912C7" w:rsidTr="002943E0">
+      <w:tr w:rsidR="008912C7" w14:paraId="6A1A0A2F" w14:textId="77777777" w:rsidTr="002943E0">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11088" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008912C7" w:rsidRDefault="00E77B80" w:rsidP="008912C7">
+          <w:p w14:paraId="3AE7CFC2" w14:textId="77777777" w:rsidR="008912C7" w:rsidRDefault="00E77B80" w:rsidP="008912C7">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -9132,60 +9644,60 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008912C7" w:rsidTr="002943E0">
+      <w:tr w:rsidR="008912C7" w14:paraId="66544B4D" w14:textId="77777777" w:rsidTr="002943E0">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11088" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008912C7" w:rsidRDefault="00E77B80" w:rsidP="008912C7">
+          <w:p w14:paraId="04059C92" w14:textId="77777777" w:rsidR="008912C7" w:rsidRDefault="00E77B80" w:rsidP="008912C7">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -9224,60 +9736,60 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008912C7" w:rsidTr="002943E0">
+      <w:tr w:rsidR="008912C7" w14:paraId="1FB438C6" w14:textId="77777777" w:rsidTr="002943E0">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11088" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008912C7" w:rsidRDefault="00E77B80" w:rsidP="008912C7">
+          <w:p w14:paraId="4AD9C700" w14:textId="77777777" w:rsidR="008912C7" w:rsidRDefault="00E77B80" w:rsidP="008912C7">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -9317,63 +9829,63 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+    <w:p w14:paraId="5FF2BB60" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00733AB2" w:rsidRPr="008912C7" w:rsidRDefault="005746D0" w:rsidP="00430467">
+    <w:p w14:paraId="7E0B3B98" w14:textId="77777777" w:rsidR="00733AB2" w:rsidRPr="008912C7" w:rsidRDefault="005746D0" w:rsidP="00430467">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00733AB2" w:rsidRPr="008912C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -9392,440 +9904,440 @@
       <w:r w:rsidR="00516197">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>following affidavit</w:t>
       </w:r>
       <w:r w:rsidR="007E6A79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in support of my answer to section 2</w:t>
       </w:r>
       <w:r w:rsidR="00733AB2" w:rsidRPr="008912C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00733AB2" w:rsidRDefault="008912C7" w:rsidP="008D22F4">
+    <w:p w14:paraId="0FFA41BD" w14:textId="77777777" w:rsidR="00733AB2" w:rsidRDefault="008912C7" w:rsidP="008D22F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="Check6"/>
+      <w:bookmarkStart w:id="18" w:name="Check6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00733AB2" w:rsidRPr="008912C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Affidavit that a Party’s Address is Unknown</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E6A79" w:rsidRDefault="007E6A79" w:rsidP="007E6A79">
+    <w:p w14:paraId="0EB8AB88" w14:textId="77777777" w:rsidR="007E6A79" w:rsidRDefault="007E6A79" w:rsidP="007E6A79">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004871A2" w:rsidRPr="008912C7" w:rsidRDefault="007E6A79" w:rsidP="007E6A79">
+    <w:p w14:paraId="5D9938E7" w14:textId="77777777" w:rsidR="004871A2" w:rsidRPr="008912C7" w:rsidRDefault="007E6A79" w:rsidP="007E6A79">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">      3.   </w:t>
       </w:r>
       <w:r w:rsidR="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I am eligible for visitation because</w:t>
       </w:r>
       <w:r w:rsidR="004871A2" w:rsidRPr="008912C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004871A2" w:rsidRPr="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+    <w:p w14:paraId="5A28CE1B" w14:textId="77777777" w:rsidR="004871A2" w:rsidRPr="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I have a substantial and positive relationship with the child; AND/OR</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+    <w:p w14:paraId="6A77D9FE" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I am a </w:t>
       </w:r>
       <w:r w:rsidR="009B2BB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>grandparent, aunt, uncle or adult sibling of the child</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+    <w:p w14:paraId="12F2CC9A" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -9836,408 +10348,408 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I am a Guardian ad litem petitioning on behalf of a child against the child’s parent.  Guardian and/or DSCYF and the adult person with whom visitation is sought consents to visitation with the child and has a substantial and positive prior relationship with the child or is a </w:t>
       </w:r>
       <w:r w:rsidR="009B2BB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>grandparent, aunt, uncle or adult sibling of the child</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+    <w:p w14:paraId="079FF5EF" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I am a Guardian ad litem petitioning on behalf of a child seeking visitation with another child with whom they have at least one parent in common.   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+    <w:p w14:paraId="1EAA77F7" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10800"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004871A2">
+      <w:tr w:rsidR="004871A2" w14:paraId="47A9A369" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="2703"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRPr="004871A2" w:rsidRDefault="007E6A79" w:rsidP="004871A2">
+          <w:p w14:paraId="0CC903AB" w14:textId="77777777" w:rsidR="004871A2" w:rsidRPr="004871A2" w:rsidRDefault="007E6A79" w:rsidP="004871A2">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">4.  </w:t>
             </w:r>
             <w:r w:rsidR="004871A2" w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Complete this section only if you are a parent or relative of a parent whose parental rights have been terminated.   </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004871A2" w:rsidRPr="008912C7" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="169E6ECC" w14:textId="77777777" w:rsidR="004871A2" w:rsidRPr="008912C7" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="819"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I am a parent or relative of a parent whose parental rights have been terminated and:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004871A2" w:rsidRPr="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="570D3A03" w14:textId="77777777" w:rsidR="004871A2" w:rsidRPr="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:ind w:left="1683" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">More than 3 years have passed since the termination of parental rights order was entered and the child has not been adopted; or </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="31775DE2" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:ind w:left="1683" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t>The adoptive parents previously entered into a written notarized agreement or court approved agreement for continued visitation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="4B5963F1" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:ind w:left="1683" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10262,1223 +10774,1224 @@
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004871A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A copy of the agreement is attached to this petition.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="3F5C0146" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+    <w:p w14:paraId="51EEC9D6" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004871A2" w:rsidRPr="008912C7" w:rsidRDefault="004871A2" w:rsidP="007E6A79">
+    <w:p w14:paraId="50C1F6A6" w14:textId="77777777" w:rsidR="004871A2" w:rsidRPr="008912C7" w:rsidRDefault="004871A2" w:rsidP="007E6A79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>In support of my petition I allege the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004871A2" w:rsidRPr="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+    <w:p w14:paraId="3C202B53" w14:textId="77777777" w:rsidR="004871A2" w:rsidRPr="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Third party visitation is in the best interest of the child(ren). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004871A2" w:rsidRPr="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+    <w:p w14:paraId="392AF402" w14:textId="77777777" w:rsidR="004871A2" w:rsidRPr="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00BC5C2D">
+      <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="004871A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>At least one of the following is true as to each parent:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="765" w:type="dxa"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6480"/>
         <w:gridCol w:w="1201"/>
         <w:gridCol w:w="1202"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004871A2">
+      <w:tr w:rsidR="004871A2" w14:paraId="4D36634F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="3FDFB6EF" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="0479D03C" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mother</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1202" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="5036465E" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Father</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004871A2">
+      <w:tr w:rsidR="004871A2" w14:paraId="56439072" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="3A8C9B67" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The parents consent to the visitation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="3F327FC1" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Check7"/>
+            <w:bookmarkStart w:id="19" w:name="Check7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1202" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="0F5BF7F1" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004871A2">
+      <w:tr w:rsidR="004871A2" w14:paraId="6E421441" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="271"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="79095295" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The child is dependant, neglected or abused in the parent’s care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="75B210EB" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1202" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="4B3FEBB3" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004871A2">
+      <w:tr w:rsidR="004871A2" w14:paraId="34B43DEC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="781006D5" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The parent is deceased</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="19E31816" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1202" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="381FBD77" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004871A2">
+      <w:tr w:rsidR="004871A2" w14:paraId="68F9EE9D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="01B8495A" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">The parent objects to the visitation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="15E2A12B" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1202" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+          <w:p w14:paraId="324DAD31" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00BC5C2D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+    <w:p w14:paraId="5743F79E" w14:textId="77777777" w:rsidR="004871A2" w:rsidRDefault="004871A2" w:rsidP="004871A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004871A2" w:rsidRPr="004871A2" w:rsidRDefault="004871A2" w:rsidP="007E6A79">
+    <w:p w14:paraId="657F4888" w14:textId="77777777" w:rsidR="004871A2" w:rsidRPr="004871A2" w:rsidRDefault="004871A2" w:rsidP="007E6A79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>If the parent objects to the visitation:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896943" w:rsidRDefault="004871A2" w:rsidP="004871A2">
+    <w:p w14:paraId="5F0E64F8" w14:textId="77777777" w:rsidR="00896943" w:rsidRDefault="004871A2" w:rsidP="004871A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I allege that the </w:t>
       </w:r>
       <w:r w:rsidR="00226717">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -11489,141 +12002,141 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>visitation will not substantially interfere with the parent/child relationship</w:t>
       </w:r>
       <w:r w:rsidR="00226717">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRDefault="00DD274E" w:rsidP="004871A2">
+    <w:p w14:paraId="46445696" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRDefault="00DD274E" w:rsidP="004871A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002943E0" w:rsidRDefault="002943E0" w:rsidP="004871A2">
+    <w:p w14:paraId="46BA7FD3" w14:textId="77777777" w:rsidR="002943E0" w:rsidRDefault="002943E0" w:rsidP="004871A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002943E0" w:rsidRDefault="002943E0" w:rsidP="004871A2">
+    <w:p w14:paraId="7BC6987E" w14:textId="77777777" w:rsidR="002943E0" w:rsidRDefault="002943E0" w:rsidP="004871A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="0CD5079F" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>VERIFICATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="63921D53" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="777BECB0" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>STATE OF DELAWARE</w:t>
@@ -11643,51 +12156,51 @@
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="68341F96" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
@@ -11708,51 +12221,51 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>) ss.:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="32AC9CE1" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="center" w:pos="1440"/>
           <w:tab w:val="center" w:pos="3240"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -11864,70 +12377,70 @@
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="230B1FFC" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="7CD6BB85" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
@@ -12002,100 +12515,100 @@
       <w:r w:rsidRPr="00DD274E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD274E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__, being duly sworn, says:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="54E4C744" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="67BD4F8C" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>I am the Petitioner in this action.  I have read the above Petition and know to the best of my knowledge that the facts contained therein are true.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="002943E0" w:rsidRDefault="002943E0" w:rsidP="002943E0">
+    <w:p w14:paraId="64A19183" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="002943E0" w:rsidRDefault="002943E0" w:rsidP="002943E0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="8010"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -12151,81 +12664,81 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002943E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002943E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002943E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="25583EC2" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EBCE387" wp14:editId="7F7173D4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4074795</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>74930</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2171700" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Straight Connector 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2171700" cy="0"/>
                         </a:xfrm>
@@ -12266,101 +12779,101 @@
             <w:pict>
               <v:line w14:anchorId="323DCA6E" id="Straight Connector 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="320.85pt,5.9pt" to="491.85pt,5.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4jJUGHQIAADcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i5QxIaCBsRVlUCvWxb&#10;JLYfYGwnserYlm0IqOq/d2wIYttLVTUHZ+yZeX7zZrx6PvcCnZixXMkySqdJhJgkinLZltG31+1k&#10;GSHrsKRYKMnK6MJs9Lx+/2416ILNVKcEZQYBiLTFoMuoc04XcWxJx3psp0ozCc5GmR472Jo2pgYP&#10;gN6LeJYki3hQhmqjCLMWTuurM1oH/KZhxH1tGsscEmUE3FxYTVgPfo3XK1y0BuuOkxsN/A8seswl&#10;XHqHqrHD6Gj4H1A9J0ZZ1bgpUX2smoYTFmqAatLkt2r2HdYs1ALiWH2Xyf4/WPLltDOI0zLKIyRx&#10;Dy3aO4N52zlUKSlBQGVQ7nUatC0gvJI74yslZ7nXL4p8t0iqqsOyZYHv60UDSOoz4jcpfmM13HYY&#10;PisKMfjoVBDt3JjeQ4Ic6Bx6c7n3hp0dInA4S/M0T6CFZPTFuBgTtbHuE1M98kYZCS69bLjApxfr&#10;PBFcjCH+WKotFyK0Xkg0ANv5Mp+HDKsEp97r46xpD5Uw6IT99IQvlAWexzCjjpIGtI5hurnZDnNx&#10;teF2IT0e1AJ8btZ1PH48JU+b5WaZTbLZYjPJkrqefNxW2WSxTfN5/aGuqjr96amlWdFxSpn07MZR&#10;TbO/G4Xbo7kO2X1Y7zrEb9GDYEB2/AfSoZm+f9dJOCh62ZmxyTCdIfj2kvz4P+7Bfnzv618AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQABHNNo3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETv&#10;lfoP1lbiVpwURGiIgxBSpV5KBfQDTLwkEfE6ig0kfH236gGOO/M0O5Mte9uIC3a+dqQgHkcgkApn&#10;aioV/Ow/XucgfNBkdOMIFQzoYZk/P2U6Ne5KW7zsQik4hHyqFVQhtKmUvqjQaj92LRJ7R9dZHfjs&#10;Smk6feVw28i3KJpJq2viD5VucV1hcdqdrYLt2m2SVTv9/tyEr2Nyuw1YlINSo5d+tQARsA93GP7q&#10;c3XIudPBncl40SiYTeOEUTZinsDA+3zCwuFfkHkmHxfkvwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQB4jJUGHQIAADcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQABHNNo3QAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokeweight="1.25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="456C6F18" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Petitioner 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="6BEEC4A8" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="002943E0" w:rsidP="002943E0">
+    <w:p w14:paraId="41FB522C" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="002943E0" w:rsidP="002943E0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="8085"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -12425,81 +12938,81 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002943E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002943E0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="618C469D" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17581E9D" wp14:editId="2A9B266F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E75784A" wp14:editId="3B94747E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4074795</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>74930</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2171700" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="8" name="Straight Connector 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2171700" cy="0"/>
                         </a:xfrm>
@@ -12540,188 +13053,188 @@
             <w:pict>
               <v:line w14:anchorId="3B72BD03" id="Straight Connector 8" o:spid="_x0000_s1026" style="position:absolute;z-index:251665920;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="320.85pt,5.9pt" to="491.85pt,5.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOaBwsHQIAADcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uu2yAQ3VfqPyDvE9tpXteKc1XZSTe3&#10;baTcfgABHKNiBgGJE1X99w7kodx2U1X1Ag/MzOHMmWHxfOoUOQrrJOgyyYdZQoRmwKXel8m31/Vg&#10;nhDnqeZUgRZlchYueV6+f7foTSFG0ILiwhIE0a7oTZm03psiTR1rRUfdEIzQ6GzAdtTj1u5TbmmP&#10;6J1KR1k2TXuw3Fhgwjk8rS/OZBnxm0Yw/7VpnPBElQly83G1cd2FNV0uaLG31LSSXWnQf2DRUanx&#10;0jtUTT0lByv/gOoks+Cg8UMGXQpNI5mINWA1efZbNduWGhFrQXGcucvk/h8s+3LcWCJ5mWCjNO2w&#10;RVtvqdy3nlSgNQoIlsyDTr1xBYZXemNDpeykt+YF2HdHNFQt1XsR+b6eDYLkISN9kxI2zuBtu/4z&#10;cIyhBw9RtFNjuwCJcpBT7M353htx8oTh4Sif5bMMW8huvpQWt0Rjnf8koCPBKBMldZCNFvT44nwg&#10;QotbSDjWsJZKxdYrTXpkO5nPJjHDgZI8eEOcs/tdpSw50jA98YtloecxzMJB84jWCspXV9tTqS42&#10;3q50wMNakM/VuozHj6fsaTVfzceD8Wi6Goyzuh58XFfjwXSdzyb1h7qq6vxnoJaPi1ZyLnRgdxvV&#10;fPx3o3B9NJchuw/rXYf0LXoUDMne/pF0bGbo32USdsDPG3trMk5nDL6+pDD+j3u0H9/78hcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQABHNNo3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETv&#10;lfoP1lbiVpwURGiIgxBSpV5KBfQDTLwkEfE6ig0kfH236gGOO/M0O5Mte9uIC3a+dqQgHkcgkApn&#10;aioV/Ow/XucgfNBkdOMIFQzoYZk/P2U6Ne5KW7zsQik4hHyqFVQhtKmUvqjQaj92LRJ7R9dZHfjs&#10;Smk6feVw28i3KJpJq2viD5VucV1hcdqdrYLt2m2SVTv9/tyEr2Nyuw1YlINSo5d+tQARsA93GP7q&#10;c3XIudPBncl40SiYTeOEUTZinsDA+3zCwuFfkHkmHxfkvwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBOaBwsHQIAADcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQABHNNo3QAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokeweight="1.25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="5D7DCCB3" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002943E0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Petitioner </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002943E0" w:rsidRDefault="002943E0" w:rsidP="00DD274E">
+    <w:p w14:paraId="3E22DCCC" w14:textId="77777777" w:rsidR="002943E0" w:rsidRDefault="002943E0" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="5A7D5BEB" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
+    <w:p w14:paraId="163C3019" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRPr="00D30397" w:rsidRDefault="00DD274E" w:rsidP="00DD274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="7740"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Subscribed and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> sworn before me on this date, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002943E0" w:rsidRDefault="002943E0" w:rsidP="007122D9">
+    <w:p w14:paraId="1E0DEDE0" w14:textId="77777777" w:rsidR="002943E0" w:rsidRDefault="002943E0" w:rsidP="007122D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002943E0" w:rsidRPr="002943E0" w:rsidRDefault="002943E0" w:rsidP="007122D9">
+    <w:p w14:paraId="176B6618" w14:textId="77777777" w:rsidR="002943E0" w:rsidRPr="002943E0" w:rsidRDefault="002943E0" w:rsidP="007122D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -12874,51 +13387,51 @@
       </w:r>
       <w:r w:rsidRPr="00DD274E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD274E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD274E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD274E" w:rsidRDefault="002943E0" w:rsidP="007122D9">
+    <w:p w14:paraId="0E3877A5" w14:textId="77777777" w:rsidR="00DD274E" w:rsidRDefault="002943E0" w:rsidP="007122D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -12927,180 +13440,180 @@
       </w:r>
       <w:r w:rsidR="007122D9" w:rsidRPr="00D778D9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
       <w:r w:rsidR="007122D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DD274E" w:rsidRPr="00D30397">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Notary Public</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002943E0" w:rsidRDefault="002943E0" w:rsidP="007122D9">
+    <w:p w14:paraId="2752AF03" w14:textId="77777777" w:rsidR="002943E0" w:rsidRDefault="002943E0" w:rsidP="007122D9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="auto"/>
           <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00226717" w:rsidRDefault="00226717" w:rsidP="002943E0">
+    <w:p w14:paraId="2A10D72A" w14:textId="77777777" w:rsidR="00226717" w:rsidRDefault="00226717" w:rsidP="002943E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00226717" w:rsidSect="00B25B16">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="317" w:right="864" w:bottom="907" w:left="864" w:header="144" w:footer="489" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007058DB" w:rsidRDefault="007058DB">
+    <w:p w14:paraId="50A7E87B" w14:textId="77777777" w:rsidR="007058DB" w:rsidRDefault="007058DB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007058DB" w:rsidRDefault="007058DB">
+    <w:p w14:paraId="7A73CB8F" w14:textId="77777777" w:rsidR="007058DB" w:rsidRDefault="007058DB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00226717" w:rsidRPr="005746D0" w:rsidRDefault="00226717" w:rsidP="00B25B16">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="71D17260" w14:textId="77777777" w:rsidR="00226717" w:rsidRPr="005746D0" w:rsidRDefault="00226717" w:rsidP="00B25B16">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005746D0">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="005746D0">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="005746D0">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13148,127 +13661,134 @@
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00BC5C2D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="005746D0">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007058DB" w:rsidRDefault="007058DB">
+    <w:p w14:paraId="1727CCA7" w14:textId="77777777" w:rsidR="007058DB" w:rsidRDefault="007058DB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007058DB" w:rsidRDefault="007058DB">
+    <w:p w14:paraId="5597371A" w14:textId="77777777" w:rsidR="007058DB" w:rsidRDefault="007058DB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00226717" w:rsidRDefault="00226717">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="276D5D0A" w14:textId="77777777" w:rsidR="00226717" w:rsidRDefault="00226717">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00226717" w:rsidRDefault="00226717">
+  <w:p w14:paraId="29971D74" w14:textId="77777777" w:rsidR="00226717" w:rsidRDefault="00226717">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form 172</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00226717" w:rsidRDefault="002943E0">
+  <w:p w14:paraId="2551B64C" w14:textId="7DA6C20B" w:rsidR="00226717" w:rsidRDefault="002943E0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>Rev 4/20</w:t>
+      <w:t xml:space="preserve">Rev </w:t>
+    </w:r>
+    <w:r w:rsidR="00BF2770">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>11/25</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0822365C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="50EAB464"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -17009,333 +17529,342 @@
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="79258213">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="589658009">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="457525989">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="32510637">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1864129230">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1269435961">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1609242567">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="692415104">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1258172190">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2107335908">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="541554972">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1889754415">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1316106983">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1593974330">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1512648712">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="568345845">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1716586691">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="712340953">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="856115445">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1540818315">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1416052943">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="717778084">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1963488395">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="364451525">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="536741081">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="195388666">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1681157140">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="524438712">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1579828803">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1076980781">
     <w:abstractNumId w:val="26"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="116"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="0Rc801dSITS3AbmF3fdofL9JpTGGfm3Shfp/v8kp+W4oWQ94Jy00EzQ7NPMN8I/0HfTzNYFYOEfCy0oxxzDZtA==" w:salt="MQH+xIo4/R7aJEXeuB9tmg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="o4uAc9rbX/0UT4R6vZTLBmoYpEtgBp3ONZUhN9jyagCLfS9jgndcXOhtwECeIA+ibt7iP/USz62awjV5MKDPrQ==" w:salt="nwHgHCIfON/05EyMDOG4mg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B033F"/>
     <w:rsid w:val="000016ED"/>
     <w:rsid w:val="00017A4E"/>
     <w:rsid w:val="00035618"/>
     <w:rsid w:val="00054B92"/>
     <w:rsid w:val="000C5B14"/>
     <w:rsid w:val="000D02C8"/>
     <w:rsid w:val="000D32B6"/>
     <w:rsid w:val="00115EB6"/>
+    <w:rsid w:val="00153C44"/>
+    <w:rsid w:val="00167B35"/>
     <w:rsid w:val="001716C9"/>
     <w:rsid w:val="00173E5F"/>
     <w:rsid w:val="001E5734"/>
     <w:rsid w:val="00215407"/>
     <w:rsid w:val="00226717"/>
     <w:rsid w:val="00265250"/>
     <w:rsid w:val="00265904"/>
     <w:rsid w:val="00280E13"/>
     <w:rsid w:val="002943E0"/>
+    <w:rsid w:val="002973E7"/>
     <w:rsid w:val="0030779E"/>
     <w:rsid w:val="00364BDB"/>
     <w:rsid w:val="00373231"/>
     <w:rsid w:val="003A3F64"/>
     <w:rsid w:val="003F56F3"/>
     <w:rsid w:val="00406C75"/>
     <w:rsid w:val="00430467"/>
     <w:rsid w:val="004440FC"/>
+    <w:rsid w:val="00446C18"/>
     <w:rsid w:val="00474C60"/>
     <w:rsid w:val="004871A2"/>
     <w:rsid w:val="004E6C17"/>
     <w:rsid w:val="00516197"/>
     <w:rsid w:val="00520A17"/>
     <w:rsid w:val="00524C96"/>
     <w:rsid w:val="00534CF3"/>
     <w:rsid w:val="00534EED"/>
     <w:rsid w:val="0054404E"/>
     <w:rsid w:val="00566F22"/>
     <w:rsid w:val="00567BD7"/>
     <w:rsid w:val="005746D0"/>
     <w:rsid w:val="005B6EB9"/>
     <w:rsid w:val="005D57DE"/>
     <w:rsid w:val="005F4B81"/>
     <w:rsid w:val="006069E2"/>
     <w:rsid w:val="006676BD"/>
     <w:rsid w:val="006831CC"/>
+    <w:rsid w:val="006A731C"/>
     <w:rsid w:val="006A744A"/>
     <w:rsid w:val="006B033F"/>
     <w:rsid w:val="006E56EC"/>
     <w:rsid w:val="007058DB"/>
     <w:rsid w:val="007122D9"/>
     <w:rsid w:val="00733AB2"/>
     <w:rsid w:val="00753B86"/>
     <w:rsid w:val="007579EB"/>
     <w:rsid w:val="00770AC8"/>
     <w:rsid w:val="007B1CDA"/>
     <w:rsid w:val="007E6A79"/>
     <w:rsid w:val="007F60E4"/>
     <w:rsid w:val="008353AF"/>
     <w:rsid w:val="00876AFE"/>
     <w:rsid w:val="008912C7"/>
     <w:rsid w:val="00896943"/>
     <w:rsid w:val="008C151E"/>
     <w:rsid w:val="008D22F4"/>
     <w:rsid w:val="008D61C4"/>
     <w:rsid w:val="00916125"/>
     <w:rsid w:val="00930CE5"/>
     <w:rsid w:val="009B2BB1"/>
     <w:rsid w:val="009B5BEC"/>
     <w:rsid w:val="009E633B"/>
     <w:rsid w:val="009F34C3"/>
     <w:rsid w:val="009F6D3B"/>
     <w:rsid w:val="00A07AA6"/>
     <w:rsid w:val="00A3215C"/>
     <w:rsid w:val="00A614A7"/>
     <w:rsid w:val="00A908CA"/>
     <w:rsid w:val="00AA4FAD"/>
     <w:rsid w:val="00AB7499"/>
     <w:rsid w:val="00AC530C"/>
     <w:rsid w:val="00AF001E"/>
     <w:rsid w:val="00B25B16"/>
     <w:rsid w:val="00B334B1"/>
     <w:rsid w:val="00B95C26"/>
     <w:rsid w:val="00BB011F"/>
     <w:rsid w:val="00BC5C2D"/>
+    <w:rsid w:val="00BF2770"/>
     <w:rsid w:val="00C0023A"/>
     <w:rsid w:val="00C473AE"/>
     <w:rsid w:val="00C5305E"/>
     <w:rsid w:val="00C56668"/>
     <w:rsid w:val="00C707AB"/>
     <w:rsid w:val="00C94EBA"/>
     <w:rsid w:val="00C95DCC"/>
     <w:rsid w:val="00CD2369"/>
     <w:rsid w:val="00CD5362"/>
     <w:rsid w:val="00D778D9"/>
     <w:rsid w:val="00DA24F2"/>
     <w:rsid w:val="00DA6183"/>
     <w:rsid w:val="00DC5A84"/>
     <w:rsid w:val="00DC7DE4"/>
     <w:rsid w:val="00DD13F6"/>
     <w:rsid w:val="00DD274E"/>
     <w:rsid w:val="00DF5E19"/>
     <w:rsid w:val="00E0411E"/>
+    <w:rsid w:val="00E071DE"/>
     <w:rsid w:val="00E67FF2"/>
     <w:rsid w:val="00E714F4"/>
     <w:rsid w:val="00E77B80"/>
     <w:rsid w:val="00E875BA"/>
     <w:rsid w:val="00E91C8C"/>
     <w:rsid w:val="00EB5C26"/>
     <w:rsid w:val="00ED57D6"/>
     <w:rsid w:val="00F3172E"/>
     <w:rsid w:val="00F336B4"/>
     <w:rsid w:val="00F84D5A"/>
     <w:rsid w:val="00FA52C5"/>
     <w:rsid w:val="00FE332D"/>
     <w:rsid w:val="00FF3BA4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="227E1068"/>
+  <w14:docId w14:val="5F5F167B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DA46F920-345A-4F44-876E-8C5865422A29}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -17566,50 +18095,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-540" w:right="-72"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
@@ -17751,51 +18285,51 @@
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00215407"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00215407"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -18026,70 +18560,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>862</Words>
-  <Characters>4914</Characters>
+  <Words>883</Words>
+  <Characters>5035</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
+  <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5765</CharactersWithSpaces>
+  <CharactersWithSpaces>5907</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Teoli, Jacqulin A (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>