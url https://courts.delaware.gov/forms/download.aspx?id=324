--- v0 (2025-10-02)
+++ v1 (2026-02-03)
@@ -1,5159 +1,6433 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="77CB2E23" w14:textId="77777777" w:rsidR="00433C07" w:rsidRDefault="006910EB" w:rsidP="00433C07">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="00A89AEE" w14:textId="77777777" w:rsidR="00E06F2D" w:rsidRDefault="00C244A3" w:rsidP="007E39F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk219552713"/>
       <w:r>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="164C480A" wp14:editId="0774598A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E125511" wp14:editId="7EE3460F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:align>center</wp:align>
+              <wp:posOffset>2354580</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-279400</wp:posOffset>
+              <wp:posOffset>-365760</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1314450" cy="1314450"/>
+            <wp:extent cx="1219200" cy="1219200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="2" name="Picture 2"/>
+            <wp:docPr id="1" name="Picture 1">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="FCFormSeal.png"/>
+                    <pic:cNvPr id="1" name="Picture 1">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1314450" cy="1314450"/>
+                      <a:ext cx="1219200" cy="1219200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00433C07">
-[...8 lines deleted...]
-      </w:smartTag>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Family Court of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00540FCA" w:rsidRPr="00540FCA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>State of Delaware</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="48B5F9DD" w14:textId="77777777" w:rsidR="006910EB" w:rsidRDefault="00433C07" w:rsidP="00EF29F5">
-      <w:pPr>
+    <w:p w14:paraId="1BE6CC75" w14:textId="60EB6636" w:rsidR="002B66C8" w:rsidRDefault="00052EB1" w:rsidP="002B66C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="cnty"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:bookmarkStart w:id="1" w:name="Check1"/>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA7B31">
-[...8 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
-[...24 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> New Castle County </w:t>
+      </w:r>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:bookmarkStart w:id="2" w:name="Check2"/>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA7B31">
-[...8 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
-[...24 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kent County </w:t>
+      </w:r>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:bookmarkStart w:id="3" w:name="Check3"/>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA7B31">
-[...8 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00540FCA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083F6496" w14:textId="77777777" w:rsidR="00EF29F5" w:rsidRPr="00EF29F5" w:rsidRDefault="00EF29F5" w:rsidP="00EF29F5">
-      <w:pPr>
+    <w:p w14:paraId="28869517" w14:textId="35C5460E" w:rsidR="00C244A3" w:rsidRDefault="00590B7C" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00025575">
+        <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">MOTION AND </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>MOTION AND AFFIDAVIT FOR EMERGENCY EX PARTE ORDER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3640F74D" w14:textId="77777777" w:rsidR="007E39F1" w:rsidRDefault="007E39F1" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>AFFIDAVIT FOR EMERGENCY EX PARTE ORDER</w:t>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E39F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Petition for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text135"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="Text135"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="4670E114" w14:textId="3774A03C" w:rsidR="00AF4F13" w:rsidRDefault="007E39F1" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00AF4F13" w:rsidSect="007E39F1">
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:headerReference w:type="first" r:id="rId11"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="288" w:footer="288" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0042269E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This form is not to be used in Protection from Abuse matters</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D969AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E39F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042269E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>To request a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042269E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PFA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">emergency </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042269E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ex </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0042269E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>parte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0042269E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> order, please use Form 654</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D969AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F95ECA7" w14:textId="3520D28E" w:rsidR="00AF4F13" w:rsidRPr="00BC0BFF" w:rsidRDefault="00AF4F13" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Movant Name: </w:t>
+      </w:r>
+      <w:r w:rsidR="002B66C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text136"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="Text136"/>
+      <w:r w:rsidR="002B66C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="002B66C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002B66C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="002B66C8">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B66C8">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B66C8">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B66C8">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B66C8">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B66C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text149"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F335D7C" w14:textId="5B495724" w:rsidR="00AF4F13" w:rsidRPr="00BC0BFF" w:rsidRDefault="00AF4F13" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Respondent Name: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text137"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="Text137"/>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text149"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4E8DEB" w14:textId="7E96EC1A" w:rsidR="00AF4F13" w:rsidRPr="00835A26" w:rsidRDefault="00AF4F13" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">File Number: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text138"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="Text138"/>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text149"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73779A00" w14:textId="260AA013" w:rsidR="00AF4F13" w:rsidRPr="00BC0BFF" w:rsidRDefault="00AF4F13" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00AF4F13" w:rsidRPr="00BC0BFF" w:rsidSect="00BC0BFF">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="288" w:footer="288" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Petition Number:</w:t>
+      </w:r>
+      <w:r w:rsidR="002B66C8" w:rsidRPr="00BC0BFF" w:rsidDel="00AF4F13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B66C8" w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text146"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="Text146"/>
+      <w:r w:rsidR="002B66C8" w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="002B66C8" w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002B66C8" w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="002B66C8" w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B66C8" w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B66C8" w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B66C8" w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B66C8" w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B66C8" w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text149"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00835A26" w:rsidRPr="00835A26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28F8A1A0" w14:textId="77777777" w:rsidR="002B66C8" w:rsidRPr="002B66C8" w:rsidRDefault="002B66C8" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="002B66C8" w:rsidRPr="002B66C8" w:rsidSect="00AF4F13">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="288" w:footer="288" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="222A4C8E" w14:textId="5459951A" w:rsidR="0042269E" w:rsidRPr="00BC0BFF" w:rsidRDefault="00AF4F13" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I, the undersigned movant, being duly sworn according to law, do hereby attest to the truth of the allegations made in the underlying petition. I request that an Emergency Ex </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Parte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Order be issued without the Respondent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF8864A" w14:textId="2F3EE147" w:rsidR="00AF4F13" w:rsidRPr="00BC0BFF" w:rsidRDefault="00AF4F13" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Notice to the Respondent should not be given for the following reason(s):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="2790" w:type="dxa"/>
+        <w:tblInd w:w="720" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="8640"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="35E13BBD" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4758D49C" w14:textId="222ADF5E" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00BC0BFF" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text147"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="Text147"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="31650AC7" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CBD9E0D" w14:textId="287B1B94" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text147"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="21FFEBFF" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5B34A9" w14:textId="15DDC8BF" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text147"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="05ABCD54" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="720D5CBE" w14:textId="786B01E7" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text147"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="708F664A" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF0BD00" w14:textId="3C34F5CD" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text147"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="5CB86A6A" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4854150D" w14:textId="56C68F1D" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text147"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="493CB2AB" w14:textId="77777777" w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w:rsidRDefault="00316CE3" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w:rsidSect="00AF4F13">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="288" w:footer="288" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="702053C6" w14:textId="1075A4EE" w:rsidR="00AF4F13" w:rsidRPr="00BC0BFF" w:rsidRDefault="00AF4F13" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I request the following specific relief:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="720" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8640"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="0CF53E0B" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49A6541A" w14:textId="5093FC77" w:rsidR="00BC0BFF" w:rsidRPr="00E86940" w:rsidRDefault="00BC0BFF" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E86940">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text148"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="Text148"/>
+            <w:r w:rsidRPr="00E86940">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E86940">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E86940">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E86940">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E86940">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E86940">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E86940">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E86940">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E86940">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="0E4951D9" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3759E23F" w14:textId="5BC00736" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text149"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="7847B876" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD5A5D5" w14:textId="70E17EA0" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text149"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="2FB25F90" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="727C9022" w14:textId="15C3C26E" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text149"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="170CB75C" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6908F0DA" w14:textId="1206A4A5" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text149"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="69B4288C" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DE307EE" w14:textId="23E707A3" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text149"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4A3F0A2A" w14:textId="75CD3569" w:rsidR="00BC0BFF" w:rsidRDefault="00BC0BFF" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0351D7B7" w14:textId="606E5928" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00BC0BFF" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B1F80C" w14:textId="77777777" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00AF4F13" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">I further attest that unless relief is granted on an ex </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>parte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> basis, the following immediate and irreparable harm will result:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="720" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8640"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="124838B4" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F59454" w14:textId="0C5938E0" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00BC0BFF" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text149"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="Text149"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="5205D4FB" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B4113A" w14:textId="04087ECD" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text149"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="5BAB5543" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C88537" w14:textId="54F52702" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text149"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="3CB0EE4B" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F2D3B7" w14:textId="5BE65BD4" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text149"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="5FB5CCD5" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB292C7" w14:textId="2F5DC7A2" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text149"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="35ACFC71" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8000D6" w14:textId="3BC04FBE" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00E86940" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text149"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="76B79E73" w14:textId="510F6C4D" w:rsidR="00AF4F13" w:rsidRPr="00BC0BFF" w:rsidRDefault="00AF4F13" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="1861" w:tblpY="169"/>
+        <w:tblW w:w="4320" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006910EB" w14:paraId="216474C3" w14:textId="77777777" w:rsidTr="00EF29F5">
-[...31 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w14:paraId="41642096" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="060FA61E" w14:textId="77777777" w:rsidR="006910EB" w:rsidRDefault="006910EB" w:rsidP="006910EB">
+          <w:p w14:paraId="055FA5B1" w14:textId="77777777" w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w:rsidRDefault="00316CE3" w:rsidP="00BC0BFF">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:b/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text107"/>
+                  <w:name w:val="Text128"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text107"/>
-[...3 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...52 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w14:paraId="591FCCFD" w14:textId="77777777" w:rsidTr="00BC0BFF">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3942F78E" w14:textId="77777777" w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w:rsidRDefault="00316CE3" w:rsidP="00BC0BFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Movant (Print)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="25E02898" w14:textId="77777777" w:rsidR="007435C2" w:rsidRPr="00573913" w:rsidRDefault="007435C2" w:rsidP="00573913">
-[...24 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="137"/>
-[...1 lines deleted...]
-        <w:tblW w:w="2070" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="169"/>
+        <w:tblW w:w="4590" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:left w:w="0" w:type="dxa"/>
-          <w:right w:w="0" w:type="dxa"/>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="4590"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007435C2" w:rsidRPr="001E5734" w14:paraId="0BA556E2" w14:textId="77777777" w:rsidTr="0081176D">
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="04AC4C23" w14:textId="77777777" w:rsidTr="00BC0BFF">
         <w:trPr>
-          <w:trHeight w:val="327"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...760 lines deleted...]
-            <w:tcW w:w="9903" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="79830EE0" w14:textId="77777777" w:rsidR="007435C2" w:rsidRDefault="007435C2" w:rsidP="007435C2">
+          <w:p w14:paraId="39C2E3DC" w14:textId="77777777" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00BC0BFF" w:rsidP="00BC0BFF">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text87"/>
+                  <w:name w:val="Text128"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text87"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007435C2" w14:paraId="126A3DF0" w14:textId="77777777" w:rsidTr="007435C2">
-[...699 lines deleted...]
-      <w:tr w:rsidR="007435C2" w14:paraId="791400E0" w14:textId="77777777" w:rsidTr="00EF29F5">
+      <w:tr w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w14:paraId="2DAF4210" w14:textId="77777777" w:rsidTr="00BC0BFF">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10728" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3E3457AB" w14:textId="77777777" w:rsidR="007435C2" w:rsidRDefault="007435C2" w:rsidP="007435C2">
+          <w:p w14:paraId="60F18CB1" w14:textId="77777777" w:rsidR="00BC0BFF" w:rsidRPr="00BC0BFF" w:rsidRDefault="00BC0BFF" w:rsidP="00BC0BFF">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>2. I request the following specific relief:</w:t>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Movant (Sign)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007435C2" w14:paraId="3ED59DCE" w14:textId="77777777" w:rsidTr="007435C2">
+    </w:tbl>
+    <w:p w14:paraId="5E5BFFA2" w14:textId="67CE4852" w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w:rsidRDefault="00316CE3" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w:rsidSect="00316CE3">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="288" w:footer="288" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77EA1DDF" w14:textId="77777777" w:rsidR="00AF4F13" w:rsidRPr="00BC0BFF" w:rsidRDefault="00AF4F13" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57099F50" w14:textId="0B691BE9" w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w:rsidRDefault="00316CE3" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SWORN TO AND SUBSCRIBED before me this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text143"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="Text143"/>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> day of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text144"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="Text144"/>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text145"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="Text145"/>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E86940">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0BFF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389F259C" w14:textId="35F266F8" w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w:rsidRDefault="00316CE3" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w:rsidSect="00BC0BFF">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="288" w:footer="288" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="360" w:tblpY="133"/>
+        <w:tblW w:w="9000" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4410"/>
+        <w:gridCol w:w="4590"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w14:paraId="01A64062" w14:textId="77777777" w:rsidTr="00BC0BFF">
         <w:trPr>
-          <w:trHeight w:val="313"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="825" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:tcW w:w="9903" w:type="dxa"/>
+            <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="39E5C57A" w14:textId="77777777" w:rsidR="007435C2" w:rsidRDefault="007435C2" w:rsidP="007435C2">
+          <w:p w14:paraId="5AC04EBD" w14:textId="77777777" w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w:rsidRDefault="00316CE3" w:rsidP="00BC0BFF">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text93"/>
+                  <w:name w:val="Text130"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text93"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="15" w:name="Text130"/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
-          </w:p>
-[...24 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9903" w:type="dxa"/>
-[...549 lines deleted...]
-            <w:tcW w:w="9903" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4923F46D" w14:textId="77777777" w:rsidR="00CA25D4" w:rsidRDefault="00CA25D4" w:rsidP="007435C2">
+          <w:p w14:paraId="1E997EE8" w14:textId="77777777" w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w:rsidRDefault="00316CE3" w:rsidP="00BC0BFF">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text97"/>
+                  <w:name w:val="Text131"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text97"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="16" w:name="Text131"/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA25D4" w14:paraId="0197D23B" w14:textId="77777777" w:rsidTr="00CA25D4">
+      <w:tr w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w14:paraId="310102F4" w14:textId="77777777" w:rsidTr="00BC0BFF">
         <w:trPr>
-          <w:trHeight w:val="313"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="825" w:type="dxa"/>
+            <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4C97B24D" w14:textId="77777777" w:rsidR="00CA25D4" w:rsidRDefault="00CA25D4" w:rsidP="007435C2">
+          <w:p w14:paraId="6200A89F" w14:textId="77777777" w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w:rsidRDefault="00316CE3" w:rsidP="00BC0BFF">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clerk of Court/Notary Public Print</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9903" w:type="dxa"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="nil"/>
-[...117 lines deleted...]
-              <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3868C7DF" w14:textId="77777777" w:rsidR="00CA25D4" w:rsidRDefault="00CA25D4" w:rsidP="007435C2">
+          <w:p w14:paraId="4E51BE5E" w14:textId="77777777" w:rsidR="00316CE3" w:rsidRPr="00BC0BFF" w:rsidRDefault="00316CE3" w:rsidP="00BC0BFF">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-            <w:bookmarkEnd w:id="21"/>
+            <w:r w:rsidRPr="00BC0BFF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clerk of Court/Notary Public Sign</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA25D4" w14:paraId="353F81E3" w14:textId="77777777" w:rsidTr="00CA25D4">
-[...558 lines deleted...]
-      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="4E963691" w14:textId="77777777" w:rsidR="00387008" w:rsidRDefault="00387008" w:rsidP="007435C2"/>
-[...391 lines deleted...]
-          <w:szCs w:val="12"/>
+    <w:p w14:paraId="025DF3E8" w14:textId="267EB833" w:rsidR="00B04F3A" w:rsidRPr="00B04F3A" w:rsidRDefault="00B04F3A" w:rsidP="00BC0BFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...561 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId7"/>
+    <w:sectPr w:rsidR="00B04F3A" w:rsidRPr="00B04F3A" w:rsidSect="00BC0BFF">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="360" w:right="720" w:bottom="432" w:left="720" w:header="432" w:footer="432" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="288" w:footer="288" w:gutter="0"/>
+      <w:cols w:num="2" w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FA160E4" w14:textId="77777777" w:rsidR="009A6737" w:rsidRDefault="009A6737">
+    <w:p w14:paraId="63C8540B" w14:textId="77777777" w:rsidR="00590B7C" w:rsidRDefault="00590B7C" w:rsidP="00535185">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40501B51" w14:textId="77777777" w:rsidR="009A6737" w:rsidRDefault="009A6737">
+    <w:p w14:paraId="03DA94EA" w14:textId="77777777" w:rsidR="00590B7C" w:rsidRDefault="00590B7C" w:rsidP="00535185">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="13146665" w14:textId="541D78DA" w:rsidR="00025575" w:rsidRPr="00025575" w:rsidRDefault="00025575" w:rsidP="00025575">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00025575">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00025575">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00025575">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00025575">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00025575">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="00025575">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00025575">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00025575">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00025575">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00025575">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00025575">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="159BB590" w14:textId="77777777" w:rsidR="009A6737" w:rsidRDefault="009A6737">
+    <w:p w14:paraId="7AA70256" w14:textId="77777777" w:rsidR="00590B7C" w:rsidRDefault="00590B7C" w:rsidP="00535185">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05724EE5" w14:textId="77777777" w:rsidR="009A6737" w:rsidRDefault="009A6737">
+    <w:p w14:paraId="603FADDA" w14:textId="77777777" w:rsidR="00590B7C" w:rsidRDefault="00590B7C" w:rsidP="00535185">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="72368B3B" w14:textId="77777777" w:rsidR="008041D1" w:rsidRDefault="008041D1" w:rsidP="006910EB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="73CB34BA" w14:textId="0AE472F2" w:rsidR="00C244A3" w:rsidRPr="00527B9B" w:rsidRDefault="00FC7B06" w:rsidP="00C244A3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00527B9B">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Form 650</w:t>
+      <w:t xml:space="preserve">Form </w:t>
+    </w:r>
+    <w:r w:rsidR="00590B7C" w:rsidRPr="00527B9B">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>65</w:t>
+    </w:r>
+    <w:r w:rsidR="00A335A2">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>0</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="31885A15" w14:textId="53B7FB64" w:rsidR="008041D1" w:rsidRPr="00433C07" w:rsidRDefault="009A6737" w:rsidP="00433C07">
+  <w:p w14:paraId="46CB0C24" w14:textId="0FAA1496" w:rsidR="00535185" w:rsidRPr="00527B9B" w:rsidRDefault="00590B7C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00527B9B">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
-    <w:r w:rsidR="00AA7B31">
+    <w:r w:rsidR="0006523D">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>3/21</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00A335A2">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>/2</w:t>
+    </w:r>
+    <w:r w:rsidR="00B04F3A">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3FBADD44" w14:textId="0F66797D" w:rsidR="007A01F0" w:rsidRDefault="00527B9B" w:rsidP="007A01F0">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">[DRAFT] </w:t>
+    </w:r>
+    <w:r w:rsidR="007A01F0">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Form 650</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="40181100" w14:textId="00AC7B46" w:rsidR="007A01F0" w:rsidRPr="007A01F0" w:rsidRDefault="007A01F0">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Rev </w:t>
+    </w:r>
+    <w:r w:rsidR="00025575">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>8/23</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="19DD10C6" w14:textId="09D6BA00" w:rsidR="00B04F3A" w:rsidRPr="00527B9B" w:rsidRDefault="00B04F3A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04E15089"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D1FA1F90"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="062B4F4D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F56CE08E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F416EFE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E9564BFA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C526CF4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="719CF7B2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D4D4851"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="26249592"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="537395710">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="142935913">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1328365651">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1214003244">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1528328582">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="IjhAyGSWNcgX547mw8vBR0ZaxMhEzoBVWyJP3KWuNyCR9HjFj8NFn9WWkzeJtACRuWE2c5wLEBTJBJs6IQMO+A==" w:salt="xfjJ37XeMJJSbdwkktw1Wg=="/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="nomTVg2qqQktqSzzTLuJFBQqwpRLDZYn/KvCHT1L34uFKLFOhslzsZH/u8ZIy/CDu/Xze4+/iP76XjWq6VfN4Q==" w:salt="1iH0PyyULjCypz89TqJCnw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00433C07"/>
-[...28 lines deleted...]
-    <w:rsid w:val="00EF29F5"/>
+    <w:rsidRoot w:val="00590B7C"/>
+    <w:rsid w:val="00004691"/>
+    <w:rsid w:val="00025575"/>
+    <w:rsid w:val="000440DC"/>
+    <w:rsid w:val="00047B45"/>
+    <w:rsid w:val="00052EB1"/>
+    <w:rsid w:val="00055729"/>
+    <w:rsid w:val="0006523D"/>
+    <w:rsid w:val="000A5F6E"/>
+    <w:rsid w:val="000B0C0A"/>
+    <w:rsid w:val="001E5654"/>
+    <w:rsid w:val="00215BC4"/>
+    <w:rsid w:val="002B66C8"/>
+    <w:rsid w:val="00316CE3"/>
+    <w:rsid w:val="00326B01"/>
+    <w:rsid w:val="003311B7"/>
+    <w:rsid w:val="003650F9"/>
+    <w:rsid w:val="00370F91"/>
+    <w:rsid w:val="003E4933"/>
+    <w:rsid w:val="003E6825"/>
+    <w:rsid w:val="0042269E"/>
+    <w:rsid w:val="00454888"/>
+    <w:rsid w:val="004C1F8B"/>
+    <w:rsid w:val="00516257"/>
+    <w:rsid w:val="00527B9B"/>
+    <w:rsid w:val="00535185"/>
+    <w:rsid w:val="00540FCA"/>
+    <w:rsid w:val="00561211"/>
+    <w:rsid w:val="00590B7C"/>
+    <w:rsid w:val="00614582"/>
+    <w:rsid w:val="006C27D0"/>
+    <w:rsid w:val="006D35A6"/>
+    <w:rsid w:val="006F4A85"/>
+    <w:rsid w:val="00785923"/>
+    <w:rsid w:val="007A01F0"/>
+    <w:rsid w:val="007C2F0C"/>
+    <w:rsid w:val="007E39F1"/>
+    <w:rsid w:val="00835A26"/>
+    <w:rsid w:val="008802F0"/>
+    <w:rsid w:val="008B367A"/>
+    <w:rsid w:val="008F0438"/>
+    <w:rsid w:val="00951DCC"/>
+    <w:rsid w:val="009A16FC"/>
+    <w:rsid w:val="00A10FF8"/>
+    <w:rsid w:val="00A335A2"/>
+    <w:rsid w:val="00AE0F80"/>
+    <w:rsid w:val="00AF4F13"/>
+    <w:rsid w:val="00B04F3A"/>
+    <w:rsid w:val="00B3031D"/>
+    <w:rsid w:val="00BA5189"/>
+    <w:rsid w:val="00BC0BFF"/>
+    <w:rsid w:val="00BE5C16"/>
+    <w:rsid w:val="00BE6AB8"/>
+    <w:rsid w:val="00C244A3"/>
+    <w:rsid w:val="00C63E5D"/>
+    <w:rsid w:val="00CC0B0C"/>
+    <w:rsid w:val="00D25159"/>
+    <w:rsid w:val="00D84515"/>
+    <w:rsid w:val="00D84E95"/>
+    <w:rsid w:val="00D969AF"/>
+    <w:rsid w:val="00E06F2D"/>
+    <w:rsid w:val="00E578EA"/>
+    <w:rsid w:val="00E8425D"/>
+    <w:rsid w:val="00E858BB"/>
+    <w:rsid w:val="00E86940"/>
+    <w:rsid w:val="00E8799A"/>
+    <w:rsid w:val="00E93D1E"/>
+    <w:rsid w:val="00FA206C"/>
+    <w:rsid w:val="00FC7B06"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
+  <w:attachedSchema w:val="urn:schemas-microsoft-com:office:smarttags"/>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-[...1 lines deleted...]
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0D91A1F4"/>
+  <w14:docId w14:val="5C8D814D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D020B645-7632-4EEC-B447-5AEB79431A5B}"/>
+  <w15:docId w15:val="{89F82519-BE95-4779-9919-6B24C8C01366}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...14 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -5302,263 +6576,302 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00433C07"/>
+    <w:rsid w:val="00316CE3"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
-[...27 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
-    <w:rsid w:val="00433C07"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00535185"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4320"/>
-        <w:tab w:val="right" w:pos="8640"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-    </w:pPr>
-[...9 lines deleted...]
-      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
-    <w:semiHidden/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00535185"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00535185"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00535185"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:rsid w:val="007435C2"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00590B7C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00590B7C"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007E39F1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="1273324592">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1830557105">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///N:\FC-Admin\Case%20Processing\Forms%20and%20Procedures\Family%20Court%20Official%20Forms\Form%20Formats%20to%20Copy\FormTemplate.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
@@ -5692,74 +7005,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03C8756D-E2E3-4BC6-ACEF-B4EBBF3F0A4A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>FormTemplate</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1370</Characters>
+  <Pages>2</Pages>
+  <Words>258</Words>
+  <Characters>1477</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Judicial Information Center</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1607</CharactersWithSpaces>
+  <CharactersWithSpaces>1732</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>The Family Court of the State of Delaware</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Teoli, Jacqulin A (Courts)</dc:creator>
+  <dc:creator>Morett, William (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>