--- v0 (2025-11-18)
+++ v1 (2026-03-12)
@@ -1,3332 +1,2812 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="003C6878" w:rsidRPr="003C6878" w:rsidRDefault="003C6878" w:rsidP="006B033F">
+    <w:p w14:paraId="4776BD1A" w14:textId="76227B89" w:rsidR="003C6878" w:rsidRPr="003C6878" w:rsidRDefault="00430E45" w:rsidP="006B033F">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BAE3F57" wp14:editId="42CFBB9B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>2804160</wp:posOffset>
+              <wp:posOffset>2674620</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-316865</wp:posOffset>
+              <wp:posOffset>-305435</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1057275" cy="1057275"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="1133475" cy="1133475"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:lum bright="20000"/>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect r="-60" b="-60"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1057275" cy="1057275"/>
+                      <a:ext cx="1133475" cy="1133475"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00534CF3">
+    </w:p>
+    <w:p w14:paraId="31415CD2" w14:textId="35220B91" w:rsidR="00534CF3" w:rsidRDefault="00534CF3" w:rsidP="006B033F">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
         <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00534CF3" w:rsidRDefault="00534CF3" w:rsidP="006B033F">
+    <w:p w14:paraId="3392BDFB" w14:textId="2A80AA03" w:rsidR="00534CF3" w:rsidRDefault="00534CF3" w:rsidP="006B033F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In and For </w:t>
+        <w:t xml:space="preserve">In and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle</w:t>
       </w:r>
       <w:r w:rsidR="000A180B">
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kent</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Kent </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00315E71" w:rsidRDefault="00315E71" w:rsidP="006B033F">
+    <w:p w14:paraId="1F8F09EC" w14:textId="77777777" w:rsidR="00315E71" w:rsidRDefault="00315E71" w:rsidP="006B033F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006B033F" w:rsidRDefault="006B033F" w:rsidP="006B033F">
+    <w:p w14:paraId="4D7C5E01" w14:textId="77777777" w:rsidR="006B033F" w:rsidRDefault="006B033F" w:rsidP="006B033F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="1456" w:tblpY="76"/>
+        <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="90" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3892"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2731"/>
+        <w:gridCol w:w="3870"/>
+        <w:gridCol w:w="22"/>
+        <w:gridCol w:w="283"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00315E71" w:rsidTr="003C6878">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00430E45" w:rsidRPr="00430E45" w14:paraId="2AE4547E" w14:textId="77777777" w:rsidTr="00FF5655">
         <w:trPr>
-          <w:trHeight w:val="540"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3892" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:bookmarkStart w:id="4" w:name="Text1"/>
-          <w:p w:rsidR="00315E71" w:rsidRDefault="00B92E9D" w:rsidP="000A180B">
+          <w:p w14:paraId="372F19D7" w14:textId="77777777" w:rsidR="00430E45" w:rsidRPr="00430E45" w:rsidRDefault="00430E45" w:rsidP="00FF5655">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000A180B">
-[...37 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00315E71" w:rsidRDefault="00315E71" w:rsidP="00315E71">
+          <w:p w14:paraId="24FF1FE7" w14:textId="0BBF4D82" w:rsidR="00430E45" w:rsidRPr="00430E45" w:rsidRDefault="00430E45" w:rsidP="00FF5655">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00430E45" w:rsidRPr="00430E45" w14:paraId="419771DF" w14:textId="77777777" w:rsidTr="00FF5655">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1317" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="4175" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12700CFC" w14:textId="09F7E3CF" w:rsidR="00430E45" w:rsidRPr="00430E45" w:rsidRDefault="00430E45" w:rsidP="00FF5655">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Petitioner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00430E45" w:rsidRPr="00430E45" w14:paraId="279D91EB" w14:textId="77777777" w:rsidTr="00FF5655">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4175" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00315E71" w:rsidRDefault="00315E71" w:rsidP="00534CF3">
+          <w:p w14:paraId="69F83D9E" w14:textId="0EDB7850" w:rsidR="00430E45" w:rsidRPr="00430E45" w:rsidRDefault="00430E45" w:rsidP="00FF5655">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...132 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>v.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00430E45" w:rsidRPr="00430E45" w14:paraId="6B869883" w14:textId="77777777" w:rsidTr="00FF5655">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="3870" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00315E71" w:rsidRDefault="00315E71" w:rsidP="00315E71">
+          <w:p w14:paraId="6D4BFC79" w14:textId="68E6C203" w:rsidR="00430E45" w:rsidRPr="00430E45" w:rsidRDefault="00430E45" w:rsidP="00FF5655">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text30"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="Text30"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2731" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="305" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00315E71" w:rsidRDefault="00B92E9D" w:rsidP="00315E71">
+          <w:p w14:paraId="393FCD09" w14:textId="6A04FCDF" w:rsidR="00430E45" w:rsidRPr="00430E45" w:rsidRDefault="00430E45" w:rsidP="00FF5655">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...88 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00315E71" w:rsidTr="003C6878">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00430E45" w:rsidRPr="00430E45" w14:paraId="0A55A1A5" w14:textId="77777777" w:rsidTr="00FF5655">
         <w:trPr>
-          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3892" w:type="dxa"/>
+            <w:tcW w:w="4175" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00315E71" w:rsidRDefault="00315E71" w:rsidP="00534CF3">
+          <w:p w14:paraId="608C8A8D" w14:textId="42BA588F" w:rsidR="00430E45" w:rsidRPr="00430E45" w:rsidRDefault="00430E45" w:rsidP="00FF5655">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Petitioner</w:t>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Respondent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6646" w:tblpY="416"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="2520"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00430E45" w14:paraId="3B754A4E" w14:textId="77777777" w:rsidTr="009F4DB1">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D384DA7" w14:textId="796B5D0C" w:rsidR="00430E45" w:rsidRPr="00430E45" w:rsidRDefault="00430E45" w:rsidP="00430E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>File No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...57 lines deleted...]
-              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
-[...74 lines deleted...]
-              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00315E71" w:rsidRDefault="00315E71" w:rsidP="00315E71">
+          <w:p w14:paraId="0407D4A4" w14:textId="7FA3D78A" w:rsidR="00430E45" w:rsidRDefault="00430E45" w:rsidP="009F4DB1">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
-[...28 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text3"/>
+                  <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:bookmarkStart w:id="6" w:name="Text29"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:noProof/>
-[...39 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="6" w:name="Text2"/>
-[...6 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00430E45" w14:paraId="05A980DA" w14:textId="77777777" w:rsidTr="009F4DB1">
         <w:trPr>
-          <w:trHeight w:val="276"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3892" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB06B0E" w14:textId="5FFC6E29" w:rsidR="00430E45" w:rsidRPr="00430E45" w:rsidRDefault="00430E45" w:rsidP="00430E45">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00430E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Petition No.:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00315E71" w:rsidRDefault="00B92E9D" w:rsidP="000A180B">
+          <w:p w14:paraId="1407ADF6" w14:textId="41CFD14F" w:rsidR="00430E45" w:rsidRDefault="00430E45" w:rsidP="009F4DB1">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text2"/>
+                  <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:bookmarkStart w:id="7" w:name="Text28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000A180B">
-[...37 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
-[...268 lines deleted...]
-            </w:pPr>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00962CCF" w:rsidRDefault="00962CCF" w:rsidP="00962CCF">
+    <w:p w14:paraId="7A93E273" w14:textId="77777777" w:rsidR="00430E45" w:rsidRDefault="00430E45" w:rsidP="00962CCF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00962CCF" w:rsidRDefault="00962CCF" w:rsidP="00962CCF">
+    <w:p w14:paraId="79B0097B" w14:textId="77777777" w:rsidR="00430E45" w:rsidRDefault="00430E45" w:rsidP="00962CCF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="55FE1D7D" w14:textId="77777777" w:rsidR="00430E45" w:rsidRDefault="00430E45" w:rsidP="00962CCF">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>FINAL ORDER FOR TERMINATION OF PARENTAL RIGHTS</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D95FCE" w:rsidRDefault="00D95FCE" w:rsidP="00962CCF">
+    <w:p w14:paraId="6930C832" w14:textId="77777777" w:rsidR="00430E45" w:rsidRDefault="00430E45" w:rsidP="00962CCF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="4BC61D65" w14:textId="77777777" w:rsidR="00430E45" w:rsidRDefault="00430E45" w:rsidP="00962CCF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FDA8D63" w14:textId="77777777" w:rsidR="00430E45" w:rsidRDefault="00430E45" w:rsidP="00962CCF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="040D88BC" w14:textId="020C6A69" w:rsidR="00430E45" w:rsidRDefault="00430E45" w:rsidP="00962CCF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14BE9EAC" w14:textId="2BB9F023" w:rsidR="00430E45" w:rsidRDefault="00430E45" w:rsidP="00962CCF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1226DAAF" w14:textId="18871E4C" w:rsidR="00962CCF" w:rsidRDefault="00962CCF" w:rsidP="00BC701A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77A037B3" w14:textId="26DF0142" w:rsidR="00962CCF" w:rsidRDefault="00962CCF" w:rsidP="00962CCF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>FINAL ORDER FOR TERMINATION OF PARENTAL RIGHTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5885BCD8" w14:textId="77777777" w:rsidR="00D95FCE" w:rsidRDefault="00D95FCE" w:rsidP="00BC701A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10800" w:type="dxa"/>
+        <w:tblW w:w="10152" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1620"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="10152"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A180B" w:rsidTr="000A180B">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00BC701A" w14:paraId="0E95AB6F" w14:textId="77777777" w:rsidTr="00BC701A">
         <w:trPr>
-          <w:trHeight w:val="285"/>
+          <w:trHeight w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3150" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="10152" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A180B" w:rsidRPr="00962CCF" w:rsidRDefault="000A180B" w:rsidP="00962CCF">
+          <w:p w14:paraId="27D5CCEE" w14:textId="15E6AAE9" w:rsidR="00806A8E" w:rsidRDefault="00BC701A" w:rsidP="00BC701A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="732"/>
               </w:tabs>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:ind w:right="-93"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>AND NOW, TO WIT, this</w:t>
             </w:r>
-          </w:p>
-[...27 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text16"/>
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="8" w:name="Text16"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
-[...24 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidR="00FF5655">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>day of</w:t>
             </w:r>
-          </w:p>
-[...29 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="9" w:name="Text17"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Dropdown1"/>
+                  <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:ddList>
-[...13 lines deleted...]
-                  </w:ddList>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Dropdown1"/>
-[...22 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="10" w:name="Text31"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
-          </w:p>
-[...25 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-          </w:p>
-[...28 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text18"/>
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="11" w:name="Text18"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
-[...24 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>the Petition of</w:t>
             </w:r>
-          </w:p>
-[...36 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Text20"/>
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="12" w:name="Text20"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
-[...21 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidR="00806A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>for the Termination of Parental Rights of</w:t>
             </w:r>
-          </w:p>
-[...36 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text25"/>
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="13" w:name="Text25"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidR="00806A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>having been presented to and duly considered by this Court</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and the Court being satisfied from the evidence presented at the hearing on said</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petition that the grounds for Termination of Parental Rights as defined by 13 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Del.C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. § 1103 have been established.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-        </w:tc>
-[...188 lines deleted...]
-          <w:p w:rsidR="00962CCF" w:rsidRPr="00962CCF" w:rsidRDefault="00962CCF" w:rsidP="00962CCF">
+          <w:p w14:paraId="6CEE573D" w14:textId="22D22013" w:rsidR="00BC701A" w:rsidRPr="00BC701A" w:rsidRDefault="00BC701A" w:rsidP="00BC701A">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="702"/>
+                <w:tab w:val="left" w:pos="732"/>
               </w:tabs>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:ind w:right="-93"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">IT IS ORDERED </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>that all parental rights of the said</w:t>
             </w:r>
-          </w:p>
-[...28 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text22"/>
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="14" w:name="Text22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
-[...20 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r w:rsidR="00806A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>with respect to</w:t>
             </w:r>
-          </w:p>
-[...36 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text23"/>
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="15" w:name="Text23"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
-[...89 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r w:rsidR="00806A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>be and they are hereby terminated and transferred to the Petitioner,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text24"/>
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="16" w:name="Text24"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
-[...20 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r w:rsidR="00806A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC701A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CE673C" w:rsidRDefault="00CE673C" w:rsidP="00CE673C">
+    <w:p w14:paraId="6CAB8D3D" w14:textId="77777777" w:rsidR="00CE673C" w:rsidRDefault="00CE673C" w:rsidP="00CE673C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CE673C" w:rsidRDefault="00CE673C" w:rsidP="00524C96">
+    <w:p w14:paraId="5FBD1B2A" w14:textId="77777777" w:rsidR="00CE673C" w:rsidRDefault="00CE673C" w:rsidP="00524C96">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00962CCF" w:rsidRDefault="00962CCF" w:rsidP="00524C96">
-[...32 lines deleted...]
-    <w:p w:rsidR="00CE673C" w:rsidRDefault="00CE673C" w:rsidP="00524C96">
+    <w:p w14:paraId="74C80900" w14:textId="77777777" w:rsidR="00CE673C" w:rsidRDefault="00CE673C" w:rsidP="00524C96">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="6390" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4122"/>
+        <w:gridCol w:w="3834"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000A180B" w:rsidRPr="000A180B" w:rsidTr="003C6878">
+      <w:tr w:rsidR="000A180B" w:rsidRPr="000A180B" w14:paraId="706E1112" w14:textId="77777777" w:rsidTr="00FF5655">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="000A180B" w:rsidRPr="000A180B" w:rsidRDefault="007A2BC6" w:rsidP="00D302BA">
+          <w:p w14:paraId="390E30AC" w14:textId="77777777" w:rsidR="000A180B" w:rsidRPr="000A180B" w:rsidRDefault="007A2BC6" w:rsidP="00FF5655">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text27"/>
+            <w:bookmarkStart w:id="17" w:name="Text27"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="_GoBack"/>
-[...48 lines deleted...]
-              <w:t> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
-            <w:r>
-[...8 lines deleted...]
-            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A2BC6" w:rsidRPr="000A180B" w:rsidTr="003C6878">
+      <w:tr w:rsidR="007A2BC6" w:rsidRPr="000A180B" w14:paraId="79F9C7F2" w14:textId="77777777" w:rsidTr="00BC701A">
         <w:trPr>
-          <w:trHeight w:val="321"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="007A2BC6" w:rsidRDefault="007A2BC6" w:rsidP="003C6878">
+          <w:p w14:paraId="4991D088" w14:textId="77777777" w:rsidR="007A2BC6" w:rsidRDefault="007A2BC6" w:rsidP="003C6878">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Judge</w:t>
             </w:r>
             <w:r w:rsidRPr="000A180B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003C6878">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004E6C17" w:rsidRDefault="004E6C17" w:rsidP="000A180B">
+    <w:p w14:paraId="7E78873F" w14:textId="77777777" w:rsidR="004E6C17" w:rsidRDefault="004E6C17" w:rsidP="000A180B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="6390" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4122"/>
+        <w:gridCol w:w="3834"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C6878" w:rsidRPr="000A180B" w:rsidTr="003C6878">
+      <w:tr w:rsidR="003C6878" w:rsidRPr="000A180B" w14:paraId="46AC62BA" w14:textId="77777777" w:rsidTr="00FF5655">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003C6878" w:rsidRPr="000A180B" w:rsidRDefault="003C6878" w:rsidP="004B5BBF">
+          <w:p w14:paraId="70E9714C" w14:textId="77777777" w:rsidR="003C6878" w:rsidRPr="000A180B" w:rsidRDefault="003C6878" w:rsidP="00FF5655">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3396,496 +2876,701 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C6878" w:rsidTr="003C6878">
+      <w:tr w:rsidR="003C6878" w14:paraId="61FFCC9C" w14:textId="77777777" w:rsidTr="00BC701A">
         <w:trPr>
-          <w:trHeight w:val="339"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003C6878" w:rsidRDefault="003C6878" w:rsidP="003C6878">
+          <w:p w14:paraId="5E54459F" w14:textId="77777777" w:rsidR="003C6878" w:rsidRDefault="003C6878" w:rsidP="003C6878">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Judge</w:t>
             </w:r>
             <w:r w:rsidRPr="000A180B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Print</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004E6C17" w:rsidRDefault="004E6C17" w:rsidP="00524C96">
+    <w:p w14:paraId="2D59736F" w14:textId="77777777" w:rsidR="004E6C17" w:rsidRDefault="004E6C17" w:rsidP="00524C96">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="004E6C17">
+    <w:sectPr w:rsidR="004E6C17" w:rsidSect="00BC701A">
       <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="317" w:right="864" w:bottom="907" w:left="864" w:header="144" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D565DF" w:rsidRDefault="00D565DF">
+    <w:p w14:paraId="7268ECDD" w14:textId="77777777" w:rsidR="00D565DF" w:rsidRDefault="00D565DF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D565DF" w:rsidRDefault="00D565DF">
+    <w:p w14:paraId="30A44E29" w14:textId="77777777" w:rsidR="00D565DF" w:rsidRDefault="00D565DF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1377925291"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1728636285"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:p w14:paraId="4FBCED90" w14:textId="2CC6852C" w:rsidR="00BC701A" w:rsidRDefault="00BC701A">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="20BD35D1" w14:textId="77777777" w:rsidR="00BC701A" w:rsidRDefault="00BC701A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D565DF" w:rsidRDefault="00D565DF">
+    <w:p w14:paraId="70776114" w14:textId="77777777" w:rsidR="00D565DF" w:rsidRDefault="00D565DF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D565DF" w:rsidRDefault="00D565DF">
+    <w:p w14:paraId="1B32869B" w14:textId="77777777" w:rsidR="00D565DF" w:rsidRDefault="00D565DF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="009A5ACE" w:rsidRDefault="009A5ACE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="713B3A69" w14:textId="77777777" w:rsidR="009A5ACE" w:rsidRDefault="009A5ACE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="009A5ACE" w:rsidRDefault="009A5ACE">
+  <w:p w14:paraId="083CB327" w14:textId="77777777" w:rsidR="009A5ACE" w:rsidRDefault="009A5ACE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="009A5ACE" w:rsidRDefault="009A5ACE" w:rsidP="00FB2C24">
+  <w:p w14:paraId="1BB18CF4" w14:textId="77777777" w:rsidR="009A5ACE" w:rsidRPr="009F4DB1" w:rsidRDefault="009A5ACE" w:rsidP="00FB2C24">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="009F4DB1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Form 107</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="009A5ACE" w:rsidRDefault="003C6878">
+  <w:p w14:paraId="05791F72" w14:textId="2E72CBF3" w:rsidR="009A5ACE" w:rsidRPr="009F4DB1" w:rsidRDefault="003C6878">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="009F4DB1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>Rev 6/20</w:t>
+      <w:t xml:space="preserve">Rev </w:t>
+    </w:r>
+    <w:r w:rsidR="00BC701A" w:rsidRPr="009F4DB1">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>2/26</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B1C5DB0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="696809829">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="695083894">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="qK8U3HADonTboevEkBZKa/RNAsJhgnAcLD9+MMkvT+sAzz9eFoLc4MwlOhz/jYU+qlvJ+3e7eU2pTVZvMt0yjg==" w:salt="q+PaCoJDU/Ip1UXeZW2zrA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="LhqQoQXG/j+ybF9trbj5qLO9ZWxyH1+kTsR7WGSt4nUuotEnVqSmaEDMIQZ1ldCWNEW5ewl7IibL8GJ7iyhSuQ==" w:salt="RkhaMxrCKFNurpjaueWbvQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="9217"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B033F"/>
     <w:rsid w:val="00017A4E"/>
     <w:rsid w:val="00035618"/>
+    <w:rsid w:val="00082B7B"/>
     <w:rsid w:val="000939A8"/>
     <w:rsid w:val="000A180B"/>
     <w:rsid w:val="000D02C8"/>
     <w:rsid w:val="000D32B6"/>
+    <w:rsid w:val="000E2E05"/>
+    <w:rsid w:val="00115F3F"/>
     <w:rsid w:val="001716C9"/>
     <w:rsid w:val="001E5734"/>
     <w:rsid w:val="00231AA0"/>
     <w:rsid w:val="00264D6E"/>
     <w:rsid w:val="00267E56"/>
     <w:rsid w:val="00295930"/>
     <w:rsid w:val="002F395D"/>
     <w:rsid w:val="0030779E"/>
     <w:rsid w:val="00315E71"/>
     <w:rsid w:val="003C31DB"/>
     <w:rsid w:val="003C6878"/>
     <w:rsid w:val="003F56F3"/>
     <w:rsid w:val="00415734"/>
+    <w:rsid w:val="00425EB4"/>
+    <w:rsid w:val="00430E45"/>
     <w:rsid w:val="00461F10"/>
     <w:rsid w:val="00480873"/>
     <w:rsid w:val="004C39BC"/>
     <w:rsid w:val="004E348C"/>
     <w:rsid w:val="004E6C17"/>
+    <w:rsid w:val="005100B4"/>
     <w:rsid w:val="00520A17"/>
     <w:rsid w:val="00524C96"/>
     <w:rsid w:val="00534CF3"/>
     <w:rsid w:val="006148FC"/>
     <w:rsid w:val="006676BD"/>
     <w:rsid w:val="00690364"/>
     <w:rsid w:val="00693164"/>
     <w:rsid w:val="006A5610"/>
     <w:rsid w:val="006B033F"/>
     <w:rsid w:val="006C05BB"/>
+    <w:rsid w:val="006E5919"/>
     <w:rsid w:val="007A2BC6"/>
     <w:rsid w:val="007C4C99"/>
     <w:rsid w:val="007E1EE0"/>
+    <w:rsid w:val="00806A8E"/>
+    <w:rsid w:val="008700DF"/>
     <w:rsid w:val="00885825"/>
     <w:rsid w:val="00891716"/>
     <w:rsid w:val="008C151E"/>
     <w:rsid w:val="008D61C4"/>
     <w:rsid w:val="00935C67"/>
     <w:rsid w:val="00962CCF"/>
     <w:rsid w:val="009A2A3D"/>
     <w:rsid w:val="009A5ACE"/>
     <w:rsid w:val="009B5BEC"/>
     <w:rsid w:val="009E633B"/>
     <w:rsid w:val="009F34C3"/>
+    <w:rsid w:val="009F4DB1"/>
     <w:rsid w:val="009F6D3B"/>
+    <w:rsid w:val="00A038E2"/>
     <w:rsid w:val="00A16087"/>
     <w:rsid w:val="00A93B5A"/>
     <w:rsid w:val="00B4549B"/>
     <w:rsid w:val="00B92E9D"/>
     <w:rsid w:val="00B95C26"/>
+    <w:rsid w:val="00BC701A"/>
     <w:rsid w:val="00C25D96"/>
     <w:rsid w:val="00C318B3"/>
     <w:rsid w:val="00C5305E"/>
+    <w:rsid w:val="00C85634"/>
     <w:rsid w:val="00CB3B17"/>
     <w:rsid w:val="00CE673C"/>
     <w:rsid w:val="00D302BA"/>
     <w:rsid w:val="00D565DF"/>
     <w:rsid w:val="00D95FCE"/>
     <w:rsid w:val="00DA6183"/>
     <w:rsid w:val="00DA70AA"/>
     <w:rsid w:val="00DD0A91"/>
     <w:rsid w:val="00E91C8C"/>
     <w:rsid w:val="00EB5C26"/>
     <w:rsid w:val="00EE0457"/>
+    <w:rsid w:val="00EF394D"/>
     <w:rsid w:val="00F05467"/>
     <w:rsid w:val="00F101F6"/>
     <w:rsid w:val="00F80D7B"/>
     <w:rsid w:val="00F84D5A"/>
     <w:rsid w:val="00F8777E"/>
     <w:rsid w:val="00FB2C24"/>
+    <w:rsid w:val="00FF5655"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="9217"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="1EEC24CB"/>
+  <w14:docId w14:val="7B3C06DE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{05260140-BEA2-4D04-AC0D-34363F6C3632}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -4057,185 +3742,205 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00430E45"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-540" w:right="-72"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001716C9"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="-450" w:right="-144"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="90"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="000D32B6"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BC701A"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4476,70 +4181,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16488D9A-4607-40C5-AF12-3D230EE2ED17}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>169</Words>
-  <Characters>966</Characters>
+  <Words>180</Words>
+  <Characters>1029</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1133</CharactersWithSpaces>
+  <CharactersWithSpaces>1207</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Morett, William (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>