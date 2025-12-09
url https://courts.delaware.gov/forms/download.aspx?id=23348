--- v0 (2025-10-23)
+++ v1 (2025-12-09)
@@ -3,71 +3,71 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="004D5ACF" w:rsidRDefault="000F4603">
+    <w:p w14:paraId="5B8CC93F" w14:textId="77777777" w:rsidR="004D5ACF" w:rsidRDefault="000F4603">
       <w:pPr>
         <w:ind w:left="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="753DDA09" wp14:editId="60E2803B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2703195</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-111760</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1257300" cy="1257300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Picture 3" descr="test2 Family-Court-grayscale-9per"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="test2 Family-Court-grayscale-9per"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
@@ -104,267 +104,286 @@
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="004D5ACF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">The Family Court of the State of </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
         <w:r w:rsidR="004D5ACF">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="40"/>
           </w:rPr>
           <w:t>Delaware</w:t>
         </w:r>
       </w:smartTag>
     </w:p>
-    <w:p w:rsidR="004D5ACF" w:rsidRDefault="004D5ACF">
+    <w:p w14:paraId="4311520C" w14:textId="77777777" w:rsidR="004D5ACF" w:rsidRDefault="004D5ACF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Check1"/>
+      <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle </w:t>
       </w:r>
       <w:r w:rsidR="000F4603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Check2"/>
+      <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent </w:t>
       </w:r>
       <w:r w:rsidR="000F4603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Check3"/>
+      <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B05A1F" w:rsidRPr="00575E40" w:rsidRDefault="00B05A1F" w:rsidP="00575E40">
+    <w:p w14:paraId="0A85803D" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00575E40" w:rsidRDefault="00B05A1F" w:rsidP="00575E40">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00526818" w:rsidRPr="00526818" w:rsidRDefault="00526818">
+    <w:p w14:paraId="3E954A86" w14:textId="77777777" w:rsidR="00526818" w:rsidRPr="00526818" w:rsidRDefault="00526818">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PETITION TO MODIFY VISITATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00575E40">
+    <w:p w14:paraId="0058D086" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00575E40">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862EA5">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Petitioner</w:t>
       </w:r>
       <w:r w:rsidRPr="00862EA5">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -452,2191 +471,2306 @@
         <w:tblInd w:w="-175" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3144"/>
         <w:gridCol w:w="1278"/>
         <w:gridCol w:w="70"/>
         <w:gridCol w:w="3130"/>
         <w:gridCol w:w="1303"/>
         <w:gridCol w:w="67"/>
         <w:gridCol w:w="1998"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidTr="00445640">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00862EA5" w:rsidRPr="00862EA5" w14:paraId="585221E3" w14:textId="77777777" w:rsidTr="00445640">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3144" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="6A444FFC" w14:textId="77777777" w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00862EA5">
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="59BD764D" w14:textId="77777777" w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> D.O.B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="54704495" w14:textId="77777777" w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3130" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="7203F572" w14:textId="77777777" w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00862EA5">
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="1CEC1725" w14:textId="77777777" w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> D.O.B.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="28409C51" w14:textId="77777777" w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="51B999E7" w14:textId="77777777" w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00862EA5">
               <w:t>File Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidTr="00445640">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00862EA5" w:rsidRPr="00862EA5" w14:paraId="782F9D6B" w14:textId="77777777" w:rsidTr="00445640">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3144" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
+          <w:p w14:paraId="61EADBAD" w14:textId="77777777" w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text2"/>
+            <w:bookmarkStart w:id="4" w:name="Text2"/>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00913E36">
+          <w:p w14:paraId="09FA705D" w14:textId="77777777" w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00913E36">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text16"/>
+            <w:bookmarkStart w:id="5" w:name="Text16"/>
             <w:r w:rsidR="00913E36">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="67B56491" w14:textId="77777777" w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
+          <w:p w14:paraId="34E00523" w14:textId="77777777" w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text3"/>
+            <w:bookmarkStart w:id="6" w:name="Text3"/>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00913E36">
+          <w:p w14:paraId="1131F03A" w14:textId="77777777" w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00913E36">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text17"/>
+            <w:bookmarkStart w:id="7" w:name="Text17"/>
             <w:r w:rsidR="00913E36">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="43D992BF" w14:textId="77777777" w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="0CDF93A3" w14:textId="77777777" w:rsidR="00862EA5" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidTr="00445640">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w14:paraId="7F2DC552" w14:textId="77777777" w:rsidTr="00445640">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4422" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="55B6FD78" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B05A1F" w:rsidRPr="00862EA5">
               <w:t xml:space="preserve">Street Address  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
+          <w:p w14:paraId="6826B823" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="307304DC" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B05A1F" w:rsidRPr="00862EA5">
               <w:t xml:space="preserve">Street Address  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
+          <w:p w14:paraId="478E4636" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
+          <w:p w14:paraId="38285ABD" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text6"/>
+            <w:bookmarkStart w:id="8" w:name="Text6"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidTr="00445640">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w14:paraId="769B3D95" w14:textId="77777777" w:rsidTr="00445640">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4422" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
+          <w:p w14:paraId="19F7D1A1" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text4"/>
+            <w:bookmarkStart w:id="9" w:name="Text4"/>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
-[...6 lines deleted...]
-        <w:bookmarkEnd w:id="11"/>
+          <w:p w14:paraId="5331C443" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="Text1"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="10"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
+          <w:p w14:paraId="37430FB6" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text5"/>
+            <w:bookmarkStart w:id="11" w:name="Text5"/>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
+          <w:p w14:paraId="22BE9D00" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
+          <w:p w14:paraId="0599C15A" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidTr="00445640">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w14:paraId="008293CF" w14:textId="77777777" w:rsidTr="00445640">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4422" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="3C967D8E" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009812B9" w:rsidRPr="00862EA5">
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00B05A1F" w:rsidRPr="00862EA5">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009812B9" w:rsidRPr="00862EA5">
               <w:t>O.</w:t>
             </w:r>
             <w:r w:rsidR="00B05A1F" w:rsidRPr="00862EA5">
               <w:t xml:space="preserve"> Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
+          <w:p w14:paraId="745B974F" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="78C8B306" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B05A1F" w:rsidRPr="00862EA5">
               <w:t>P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
+          <w:p w14:paraId="4688DACD" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
+          <w:p w14:paraId="0B3EBA6D" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00862EA5">
               <w:t>Petition Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidTr="00445640">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w14:paraId="48418414" w14:textId="77777777" w:rsidTr="00445640">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4422" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
+          <w:p w14:paraId="2C6D261F" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text8"/>
+            <w:bookmarkStart w:id="12" w:name="Text8"/>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
+          <w:p w14:paraId="725C3665" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
+          <w:p w14:paraId="569FC2CE" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text9"/>
+            <w:bookmarkStart w:id="13" w:name="Text9"/>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
+          <w:p w14:paraId="4A012FAD" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
+          <w:p w14:paraId="2A8EEDB2" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidTr="00445640">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w14:paraId="3E2EB350" w14:textId="77777777" w:rsidTr="00445640">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4422" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="1474D8DF" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B05A1F" w:rsidRPr="00862EA5">
               <w:t>City</w:t>
             </w:r>
             <w:r w:rsidR="009812B9" w:rsidRPr="00862EA5">
               <w:t>/State/Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
+          <w:p w14:paraId="61B0A22D" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="504A76E8" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00ED0487" w:rsidRPr="00862EA5">
               <w:t>City</w:t>
             </w:r>
             <w:r w:rsidR="009812B9" w:rsidRPr="00862EA5">
               <w:t>/State/Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
+          <w:p w14:paraId="53C084F6" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00B05A1F" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
+          <w:p w14:paraId="1BB9B3AD" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00862EA5" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text7"/>
+            <w:bookmarkStart w:id="14" w:name="Text7"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidTr="00445640">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009812B9" w:rsidRPr="00862EA5" w14:paraId="256BE811" w14:textId="77777777" w:rsidTr="00445640">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4422" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00445640">
+          <w:p w14:paraId="20A1D822" w14:textId="77777777" w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r w:rsidRPr="00862EA5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text93"/>
+            <w:bookmarkStart w:id="15" w:name="Text93"/>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text93"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00862EA5">
+          <w:p w14:paraId="7BED628B" w14:textId="77777777" w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00445640">
+          <w:p w14:paraId="5CEA78AA" w14:textId="77777777" w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r w:rsidRPr="00862EA5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text94"/>
+            <w:bookmarkStart w:id="16" w:name="Text94"/>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text94"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00862EA5">
+          <w:p w14:paraId="2A23E980" w14:textId="77777777" w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00862EA5">
+          <w:p w14:paraId="3EC1A1E0" w14:textId="77777777" w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED0487" w:rsidRPr="00862EA5" w:rsidTr="00445640">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00FC39AE" w:rsidRPr="00862EA5" w14:paraId="30058547" w14:textId="77777777" w:rsidTr="00445640">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1998" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4422" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="394A1FA2" w14:textId="77777777" w:rsidR="00FC39AE" w:rsidRDefault="00FC39AE" w:rsidP="00445640">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15D06869" w14:textId="46320CD0" w:rsidR="00FC39AE" w:rsidRPr="00862EA5" w:rsidRDefault="00FC39AE" w:rsidP="00445640">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text93"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="70" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77424A80" w14:textId="77777777" w:rsidR="00FC39AE" w:rsidRPr="00862EA5" w:rsidRDefault="00FC39AE" w:rsidP="00862EA5">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31C8D702" w14:textId="77777777" w:rsidR="00FC39AE" w:rsidRDefault="00FC39AE" w:rsidP="00FC39AE">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4530FFD8" w14:textId="00ED3714" w:rsidR="00FC39AE" w:rsidRPr="00862EA5" w:rsidRDefault="00FC39AE" w:rsidP="00FC39AE">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text93"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="67" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03D3D851" w14:textId="77777777" w:rsidR="00FC39AE" w:rsidRPr="00862EA5" w:rsidRDefault="00FC39AE" w:rsidP="00862EA5">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED0487" w:rsidRPr="00862EA5" w14:paraId="0272E550" w14:textId="77777777" w:rsidTr="00FC39AE">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4422" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00ED0487" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="37B297E9" w14:textId="77777777" w:rsidR="00ED0487" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00ED0487" w:rsidRPr="00862EA5">
               <w:t xml:space="preserve">Attorney Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00ED0487" w:rsidRPr="00862EA5" w:rsidRDefault="00ED0487" w:rsidP="00862EA5">
+          <w:p w14:paraId="597AA746" w14:textId="77777777" w:rsidR="00ED0487" w:rsidRPr="00862EA5" w:rsidRDefault="00ED0487" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00ED0487" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
+          <w:p w14:paraId="51701C45" w14:textId="77777777" w:rsidR="00ED0487" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00ED0487" w:rsidRPr="00862EA5">
               <w:t>Attorney Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00ED0487" w:rsidRPr="00862EA5" w:rsidRDefault="00ED0487" w:rsidP="00862EA5">
+          <w:p w14:paraId="54F955DC" w14:textId="77777777" w:rsidR="00ED0487" w:rsidRPr="00862EA5" w:rsidRDefault="00ED0487" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED0487" w:rsidRPr="00862EA5" w:rsidRDefault="00ED0487" w:rsidP="00862EA5">
+          <w:p w14:paraId="7C5FCE1B" w14:textId="77777777" w:rsidR="00ED0487" w:rsidRPr="00862EA5" w:rsidRDefault="00ED0487" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidTr="00697830">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009812B9" w:rsidRPr="00862EA5" w14:paraId="7AF410C1" w14:textId="77777777" w:rsidTr="00FC39AE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4422" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
+          <w:p w14:paraId="0CD3D926" w14:textId="77777777" w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text22"/>
+            <w:bookmarkStart w:id="17" w:name="Text22"/>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00862EA5">
+          <w:p w14:paraId="363E4B4B" w14:textId="77777777" w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
+          <w:p w14:paraId="0EDB4778" w14:textId="77777777" w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="00862EA5" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text23"/>
+            <w:bookmarkStart w:id="18" w:name="Text23"/>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00862EA5">
+          <w:p w14:paraId="0D5178E0" w14:textId="77777777" w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00862EA5">
+          <w:p w14:paraId="0996D849" w14:textId="77777777" w:rsidR="009812B9" w:rsidRPr="00862EA5" w:rsidRDefault="009812B9" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidTr="00697830">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00697830" w:rsidRPr="00862EA5" w14:paraId="5A8AC7FC" w14:textId="77777777" w:rsidTr="00697830">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4422" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00697830">
+          <w:p w14:paraId="0033AAB6" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00697830">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Check4"/>
+            <w:bookmarkStart w:id="19" w:name="Check4"/>
             <w:r w:rsidRPr="00A31251">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A31251">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Check5"/>
+            <w:bookmarkStart w:id="20" w:name="Check5"/>
             <w:r w:rsidRPr="00A31251">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A31251">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00862EA5">
+          <w:p w14:paraId="5928BF7D" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00A31251">
+          <w:p w14:paraId="0B47012C" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00A31251">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A31251">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A31251">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00862EA5">
+          <w:p w14:paraId="3E049FEB" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00862EA5">
+          <w:p w14:paraId="5277D748" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidTr="00697830">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00697830" w:rsidRPr="00862EA5" w14:paraId="5EC6D18D" w14:textId="77777777" w:rsidTr="00697830">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4422" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00697830">
+          <w:p w14:paraId="1926FECB" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00697830">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> Language </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text49"/>
+            <w:bookmarkStart w:id="21" w:name="Text49"/>
             <w:r w:rsidRPr="00A31251">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00862EA5">
+          <w:p w14:paraId="080968F9" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00A31251">
+          <w:p w14:paraId="6C0CC6E9" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00A31251">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> Language </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:rPr>
                 <w:noProof/>
@@ -2659,77 +2793,77 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00862EA5">
+          <w:p w14:paraId="4137CA29" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00862EA5">
+          <w:p w14:paraId="145367EE" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+    <w:p w14:paraId="0C6201FE" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5106A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2825,189 +2959,173 @@
         <w:tblW w:w="9002" w:type="dxa"/>
         <w:tblInd w:w="-185" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3154"/>
         <w:gridCol w:w="1278"/>
         <w:gridCol w:w="70"/>
         <w:gridCol w:w="3130"/>
         <w:gridCol w:w="1303"/>
         <w:gridCol w:w="67"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidTr="00913E36">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w14:paraId="1FC4DE1D" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="26F312BD" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r w:rsidRPr="00862EA5">
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="5622AF9B" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> D.O.B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="0BB7AA13" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3130" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="2004496F" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00862EA5">
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="5F81F972" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> D.O.B.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="184B6741" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidTr="00913E36">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w14:paraId="5A289137" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3154" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
+          <w:p w14:paraId="5E89CC89" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
@@ -3031,51 +3149,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00913E36">
+          <w:p w14:paraId="677880FA" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00913E36">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
@@ -3099,67 +3217,67 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="14F8F587" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
+          <w:p w14:paraId="2DEFF571" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
@@ -3182,51 +3300,51 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00913E36">
+          <w:p w14:paraId="69A7A8C5" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00913E36">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
@@ -3249,166 +3367,150 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="60027AA9" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidTr="00913E36">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w14:paraId="28F09499" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4432" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="6157D36E" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00862EA5">
               <w:t xml:space="preserve">Street Address  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="015704BF" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="025DC871" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00862EA5">
               <w:t xml:space="preserve">Street Address  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="62DF3B3E" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidTr="00913E36">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w14:paraId="71882375" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4432" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
+          <w:p w14:paraId="30817F5C" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
@@ -3432,67 +3534,67 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="72FFB4BA" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
+          <w:p w14:paraId="56C52846" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
@@ -3515,166 +3617,150 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="64A6E410" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidTr="00913E36">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w14:paraId="58DC4012" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4432" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="0EC5440E" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00862EA5">
               <w:t>P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="40D08D00" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="1BBE1085" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00862EA5">
               <w:t>P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="658C77C9" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidTr="00913E36">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w14:paraId="0BF2216E" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4432" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
+          <w:p w14:paraId="1492DB84" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
@@ -3698,67 +3784,67 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="60FC1CC9" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
+          <w:p w14:paraId="42E92FF3" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
@@ -3781,168 +3867,152 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="06E14A75" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidTr="00913E36">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w14:paraId="58801012" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4432" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="62F931E8" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00862EA5">
               <w:t>City/State/Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="0CFC6CEC" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="4AEB52D4" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00862EA5">
               <w:t>City/State/Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="40D57897" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidTr="00913E36">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w14:paraId="5AA8D611" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4432" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
+          <w:p w14:paraId="43F56CDD" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r w:rsidRPr="00862EA5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
@@ -3966,68 +4036,68 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="395E2A76" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00913E36">
+          <w:p w14:paraId="6C8FB1FA" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00913E36">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r w:rsidRPr="00862EA5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
@@ -4051,168 +4121,349 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00913E36">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="5FABBE1A" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidTr="00913E36">
-[...94 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="0094428B" w:rsidRPr="00862EA5" w14:paraId="53BDF3DC" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4432" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
+          <w:p w14:paraId="11C73DDC" w14:textId="77777777" w:rsidR="0094428B" w:rsidRDefault="0094428B" w:rsidP="0094428B">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07E58465" w14:textId="239CD90C" w:rsidR="0094428B" w:rsidRPr="00862EA5" w:rsidRDefault="0094428B" w:rsidP="0094428B">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text93"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="70" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B14DAF4" w14:textId="77777777" w:rsidR="0094428B" w:rsidRPr="00862EA5" w:rsidRDefault="0094428B" w:rsidP="00A5106A">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3786E8DA" w14:textId="77777777" w:rsidR="0094428B" w:rsidRDefault="0094428B" w:rsidP="0094428B">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A208853" w14:textId="4D9FB3A2" w:rsidR="0094428B" w:rsidRPr="00862EA5" w:rsidRDefault="0094428B" w:rsidP="0094428B">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text93"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="67" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D1AAF26" w14:textId="77777777" w:rsidR="0094428B" w:rsidRPr="00862EA5" w:rsidRDefault="0094428B" w:rsidP="00A5106A">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w14:paraId="3694C0A1" w14:textId="77777777" w:rsidTr="00913E36">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4432" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A29363A" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00862EA5">
+              <w:t xml:space="preserve">Attorney Name </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="70" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A11FFB3" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4433" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F8B4B72" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00862EA5">
+              <w:t>Attorney Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="67" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DDA30F2" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A5106A" w:rsidRPr="00862EA5" w14:paraId="6BA810E4" w14:textId="77777777" w:rsidTr="00913E36">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4432" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03AEBF20" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
@@ -4236,67 +4487,67 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="61E6F1E9" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
+          <w:p w14:paraId="73DB55D4" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00445640">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
@@ -4319,255 +4570,251 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00445640">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
+          <w:p w14:paraId="40788C38" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRPr="00862EA5" w:rsidRDefault="00A5106A" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidTr="00913E36">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00697830" w:rsidRPr="00862EA5" w14:paraId="2B390587" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4432" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00697830">
+          <w:p w14:paraId="299CDEC9" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00697830">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A31251">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A31251">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00A5106A">
+          <w:p w14:paraId="021B847D" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00697830">
+          <w:p w14:paraId="74B65D1D" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00697830">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A31251">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A31251">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00A5106A">
+          <w:p w14:paraId="131F1A1A" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidTr="00913E36">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00697830" w:rsidRPr="00862EA5" w14:paraId="40D5903A" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4432" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00697830">
+          <w:p w14:paraId="4595DAB8" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00697830">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> Language </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:rPr>
                 <w:noProof/>
@@ -4591,68 +4838,68 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00A5106A">
+          <w:p w14:paraId="20F4940C" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00697830">
+          <w:p w14:paraId="61E0439C" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00A31251" w:rsidRDefault="00697830" w:rsidP="00697830">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00A31251">
               <w:t xml:space="preserve"> Language </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:rPr>
                 <w:noProof/>
@@ -4675,1289 +4922,1253 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31251">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00A5106A">
+          <w:p w14:paraId="738E9ACD" w14:textId="77777777" w:rsidR="00697830" w:rsidRPr="00862EA5" w:rsidRDefault="00697830" w:rsidP="00A5106A">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00575E40">
+    <w:p w14:paraId="5C0ACE52" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00575E40">
       <w:pPr>
         <w:spacing w:before="120" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>IN THE INTEREST OF the following child(ren):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-185" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3468"/>
         <w:gridCol w:w="1995"/>
         <w:gridCol w:w="3266"/>
         <w:gridCol w:w="2012"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00526818" w:rsidTr="00913E36">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00526818" w14:paraId="7C6DD26D" w14:textId="77777777" w:rsidTr="00913E36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="259A040C" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1995" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="2099F530" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3266" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="4D5FE816" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="73576FED" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00526818" w:rsidTr="00913E36">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00526818" w14:paraId="4B15D550" w14:textId="77777777" w:rsidTr="00913E36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="1C2E9F34" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Text36"/>
+            <w:bookmarkStart w:id="22" w:name="Text36"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
+          <w:p w14:paraId="439E4E41" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text27"/>
+            <w:bookmarkStart w:id="23" w:name="Text27"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="2B2CEE94" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Text30"/>
+            <w:bookmarkStart w:id="24" w:name="Text30"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
+          <w:p w14:paraId="75C96ADF" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text33"/>
+            <w:bookmarkStart w:id="25" w:name="Text33"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00526818" w:rsidTr="00913E36">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00526818" w14:paraId="75D195C4" w14:textId="77777777" w:rsidTr="00913E36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="1FA531E9" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1995" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="1F7874F0" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="6B2AE4FD" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="679FBAE3" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00526818" w:rsidTr="00913E36">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00526818" w14:paraId="501182EA" w14:textId="77777777" w:rsidTr="00913E36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="046B7159" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text26"/>
+            <w:bookmarkStart w:id="26" w:name="Text26"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
+          <w:p w14:paraId="28E82199" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text29"/>
+            <w:bookmarkStart w:id="27" w:name="Text29"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="6C5DC23F" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Text32"/>
+            <w:bookmarkStart w:id="28" w:name="Text32"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
+          <w:p w14:paraId="63F1D8A8" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Text35"/>
+            <w:bookmarkStart w:id="29" w:name="Text35"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00526818" w:rsidTr="00913E36">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00526818" w14:paraId="76DE4A66" w14:textId="77777777" w:rsidTr="00913E36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="4AD83BB3" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1995" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="6477230F" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3266" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="4988D8E8" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="21F609AF" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00526818" w:rsidTr="00913E36">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00526818" w14:paraId="54C717D6" w14:textId="77777777" w:rsidTr="00913E36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="48D9245D" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text25"/>
+            <w:bookmarkStart w:id="30" w:name="Text25"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1995" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
+          <w:p w14:paraId="4D54E09F" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Text28"/>
+            <w:bookmarkStart w:id="31" w:name="Text28"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="4C3A0FA0" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Text31"/>
+            <w:bookmarkStart w:id="32" w:name="Text31"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2012" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
+          <w:p w14:paraId="6A763B20" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00913E36" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Text34"/>
+            <w:bookmarkStart w:id="33" w:name="Text34"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="00B05A1F">
+    <w:p w14:paraId="74EA4514" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="00B05A1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D179F1" w:rsidRDefault="00D179F1" w:rsidP="00B05A1F">
+    <w:p w14:paraId="5A691663" w14:textId="77777777" w:rsidR="00D179F1" w:rsidRDefault="00D179F1" w:rsidP="00B05A1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-180" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3219"/>
         <w:gridCol w:w="201"/>
         <w:gridCol w:w="1718"/>
         <w:gridCol w:w="3185"/>
         <w:gridCol w:w="1372"/>
         <w:gridCol w:w="1051"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00526818" w:rsidTr="00913E36">
+      <w:tr w:rsidR="00526818" w14:paraId="4319E1BE" w14:textId="77777777" w:rsidTr="00913E36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
+          <w:p w14:paraId="0C8CB334" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00526818" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t>The said child(ren) live with</w:t>
             </w:r>
             <w:r w:rsidR="00201DE3">
               <w:t xml:space="preserve"> (Name):</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="35" w:name="Text38"/>
+        <w:bookmarkStart w:id="34" w:name="Text38"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7326" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00201DE3" w:rsidP="00862EA5">
+          <w:p w14:paraId="0CC38033" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00201DE3" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -5968,78 +6179,78 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00526818" w:rsidTr="00913E36">
+      <w:tr w:rsidR="00526818" w14:paraId="1802F5FB" w14:textId="77777777" w:rsidTr="00913E36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3219" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00201DE3" w:rsidP="00862EA5">
+          <w:p w14:paraId="52F61F39" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00201DE3" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t>Relationship to child(ren):</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="36" w:name="Text39"/>
+        <w:bookmarkStart w:id="35" w:name="Text39"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7527" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526818" w:rsidRDefault="00201DE3" w:rsidP="00862EA5">
+          <w:p w14:paraId="4718A872" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00201DE3" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -6050,68 +6261,68 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B1D39" w:rsidTr="00913E36">
+      <w:tr w:rsidR="007B1D39" w14:paraId="061226C6" w14:textId="77777777" w:rsidTr="00913E36">
         <w:tblPrEx>
           <w:tblBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5138" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="007B1D39" w:rsidRDefault="007B1D39" w:rsidP="00862EA5">
+          <w:p w14:paraId="44A36C7C" w14:textId="77777777" w:rsidR="007B1D39" w:rsidRDefault="007B1D39" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -6126,51 +6337,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3185" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B1D39" w:rsidRDefault="007B1D39" w:rsidP="00862EA5">
+          <w:p w14:paraId="4C85A3C4" w14:textId="77777777" w:rsidR="007B1D39" w:rsidRDefault="007B1D39" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -6185,161 +6396,161 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1372" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B1D39" w:rsidRDefault="007B1D39" w:rsidP="00862EA5">
+          <w:p w14:paraId="3DE8846C" w14:textId="77777777" w:rsidR="007B1D39" w:rsidRDefault="007B1D39" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="3"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B1D39" w:rsidRDefault="007B1D39" w:rsidP="00862EA5">
+          <w:p w14:paraId="1C2D047E" w14:textId="77777777" w:rsidR="007B1D39" w:rsidRDefault="007B1D39" w:rsidP="00862EA5">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="5"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Text37"/>
+            <w:bookmarkStart w:id="36" w:name="Text37"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00201DE3" w:rsidRDefault="007B1D39" w:rsidP="00201DE3">
+    <w:p w14:paraId="01663AF9" w14:textId="77777777" w:rsidR="00201DE3" w:rsidRDefault="007B1D39" w:rsidP="00201DE3">
       <w:pPr>
         <w:ind w:left="-90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(STREET</w:t>
       </w:r>
       <w:r w:rsidR="00862EA5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -6460,460 +6671,424 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00201DE3" w:rsidRPr="00201DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(ZIP</w:t>
       </w:r>
       <w:r w:rsidR="00201DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> CODE)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F41D4B" w:rsidRDefault="00F41D4B" w:rsidP="007B1D39">
+    <w:p w14:paraId="49F1090B" w14:textId="77777777" w:rsidR="00F41D4B" w:rsidRDefault="00F41D4B" w:rsidP="007B1D39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
+    <w:p w14:paraId="3EF4D9BE" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
+    <w:p w14:paraId="52521ECC" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
+    <w:p w14:paraId="33744A9B" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
+    <w:p w14:paraId="0F5EF5A0" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
+    <w:p w14:paraId="4901C262" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
+    <w:p w14:paraId="638AF979" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
+    <w:p w14:paraId="659188EC" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
+    <w:p w14:paraId="1B3EAA24" w14:textId="77777777" w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A5106A" w:rsidRDefault="00A5106A" w:rsidP="007B1D39">
-[...35 lines deleted...]
-    <w:p w:rsidR="007B1D39" w:rsidRDefault="007B1D39" w:rsidP="007B1D39">
+    <w:p w14:paraId="3CC27DE7" w14:textId="77777777" w:rsidR="007B1D39" w:rsidRDefault="007B1D39" w:rsidP="007B1D39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Petitioner requests the Court enter an order modifying a prior visitation order of this Court issued by </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11088" w:type="dxa"/>
         <w:tblInd w:w="-180" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4248"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="4590"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B1D39" w:rsidTr="00913E36">
+      <w:tr w:rsidR="007B1D39" w14:paraId="665B4CFE" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4248" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007B1D39" w:rsidRDefault="00913E36" w:rsidP="00424803">
+          <w:p w14:paraId="0C64E362" w14:textId="77777777" w:rsidR="007B1D39" w:rsidRDefault="00913E36" w:rsidP="00424803">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="Text40"/>
+            <w:bookmarkStart w:id="37" w:name="Text40"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007B1D39" w:rsidRDefault="007B1D39" w:rsidP="00424803">
+          <w:p w14:paraId="1573DFA0" w14:textId="77777777" w:rsidR="007B1D39" w:rsidRDefault="007B1D39" w:rsidP="00424803">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">, dated </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007B1D39" w:rsidRDefault="00913E36" w:rsidP="00424803">
+          <w:p w14:paraId="1956B95F" w14:textId="77777777" w:rsidR="007B1D39" w:rsidRDefault="00913E36" w:rsidP="00424803">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Text41"/>
+            <w:bookmarkStart w:id="38" w:name="Text41"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007B1D39" w:rsidRDefault="00575E40" w:rsidP="00424803">
+          <w:p w14:paraId="2F12267D" w14:textId="77777777" w:rsidR="007B1D39" w:rsidRDefault="00575E40" w:rsidP="00424803">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">, and in support there of alleges the following </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A5669D" w:rsidRDefault="000B0E8B" w:rsidP="00B05A1F">
+    <w:p w14:paraId="57A5A655" w14:textId="77777777" w:rsidR="00A5669D" w:rsidRDefault="000B0E8B" w:rsidP="00B05A1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B0E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="000B0E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">     (Judicial Officer)                                                                      </w:t>
       </w:r>
       <w:r w:rsidRPr="000B0E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(mm/dd/yy)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00201DE3" w:rsidRDefault="00575E40" w:rsidP="00B05A1F">
+    <w:p w14:paraId="08EAE09A" w14:textId="77777777" w:rsidR="00201DE3" w:rsidRDefault="00575E40" w:rsidP="00B05A1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>circumstances. (Please list in consecutively numbered paragraphs):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00552544" w:rsidRDefault="00552544" w:rsidP="00B05A1F">
+    <w:p w14:paraId="35B71FA1" w14:textId="77777777" w:rsidR="00552544" w:rsidRDefault="00552544" w:rsidP="00B05A1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10908" w:type="dxa"/>
         <w:tblInd w:w="-180" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10908"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00575E40" w:rsidTr="00913E36">
+      <w:tr w:rsidR="00575E40" w14:paraId="73B6380A" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:trHeight w:val="4122"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10908" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="40" w:name="Text42"/>
-          <w:p w:rsidR="00575E40" w:rsidRDefault="005F30CA" w:rsidP="00424803">
+          <w:bookmarkStart w:id="39" w:name="Text42"/>
+          <w:p w14:paraId="4D45395B" w14:textId="77777777" w:rsidR="00575E40" w:rsidRDefault="005F30CA" w:rsidP="00424803">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="500"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -6924,147 +7099,147 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00ED0487" w:rsidRDefault="00ED0487" w:rsidP="00C20F96">
+    <w:p w14:paraId="3090CBA0" w14:textId="77777777" w:rsidR="00ED0487" w:rsidRDefault="00ED0487" w:rsidP="00C20F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C20F96" w:rsidRDefault="00C20F96" w:rsidP="00C20F96">
+    <w:p w14:paraId="3DE0737F" w14:textId="77777777" w:rsidR="00C20F96" w:rsidRDefault="00C20F96" w:rsidP="00C20F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Petitioner requests that Visitation be as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20F96" w:rsidRDefault="00C20F96" w:rsidP="00C20F96">
+    <w:p w14:paraId="66BB95B8" w14:textId="77777777" w:rsidR="00C20F96" w:rsidRDefault="00C20F96" w:rsidP="00C20F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10962" w:type="dxa"/>
         <w:tblInd w:w="-180" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10962"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C20F96" w:rsidRPr="00424803" w:rsidTr="00913E36">
+      <w:tr w:rsidR="00C20F96" w:rsidRPr="00424803" w14:paraId="4AC27D43" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:trHeight w:val="4320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10962" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="41" w:name="Text43"/>
-          <w:p w:rsidR="00C20F96" w:rsidRPr="00424803" w:rsidRDefault="00C20F96" w:rsidP="00C20F96">
+          <w:bookmarkStart w:id="40" w:name="Text43"/>
+          <w:p w14:paraId="456B91BB" w14:textId="77777777" w:rsidR="00C20F96" w:rsidRPr="00424803" w:rsidRDefault="00C20F96" w:rsidP="00C20F96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="500"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00281035" w:rsidRPr="00424803">
+            <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
@@ -7088,182 +7263,182 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C20F96" w:rsidRDefault="00C20F96" w:rsidP="00C20F96">
+    <w:p w14:paraId="224C5460" w14:textId="77777777" w:rsidR="00C20F96" w:rsidRDefault="00C20F96" w:rsidP="00C20F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>WHEREFORE, Petitioner prays that a Summons issue to Respondent and that the Court grant relief prayed for or such other relief as may be just.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20F96" w:rsidRDefault="00C20F96" w:rsidP="00C20F96">
+    <w:p w14:paraId="654DA2F7" w14:textId="77777777" w:rsidR="00C20F96" w:rsidRDefault="00C20F96" w:rsidP="00C20F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10980" w:type="dxa"/>
         <w:tblInd w:w="-180" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4987"/>
         <w:gridCol w:w="445"/>
         <w:gridCol w:w="5548"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00130218" w:rsidRPr="00424803" w:rsidTr="00913E36">
+      <w:tr w:rsidR="00130218" w:rsidRPr="00424803" w14:paraId="704A479B" w14:textId="77777777" w:rsidTr="00913E36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4987" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00C20F96">
+          <w:p w14:paraId="6E71D17E" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00C20F96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SWORN TO AND SUBSCRIBED before me this date,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00C20F96">
+          <w:p w14:paraId="1F7EC0F7" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00C20F96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5548" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00C20F96">
+          <w:p w14:paraId="5CBD96AD" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00C20F96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00130218" w:rsidRPr="00424803" w:rsidTr="00913E36">
+      <w:tr w:rsidR="00130218" w:rsidRPr="00424803" w14:paraId="0D634B8A" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4987" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00913E36" w:rsidP="00913E36">
+          <w:p w14:paraId="6CAA0090" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00913E36" w:rsidP="00913E36">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="Text97"/>
+            <w:bookmarkStart w:id="41" w:name="Text97"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7296,102 +7471,102 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00424803">
+          <w:p w14:paraId="50E48CDF" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00424803">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5548" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00A5669D" w:rsidP="00424803">
+          <w:p w14:paraId="6AFD2AE4" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00A5669D" w:rsidP="00424803">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="43" w:name="Text95"/>
+            <w:bookmarkStart w:id="42" w:name="Text95"/>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
@@ -7424,150 +7599,150 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00130218" w:rsidRPr="00424803" w:rsidTr="00913E36">
+      <w:tr w:rsidR="00130218" w:rsidRPr="00424803" w14:paraId="61867C49" w14:textId="77777777" w:rsidTr="00913E36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00C20F96">
+          <w:p w14:paraId="3555B763" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00C20F96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00C20F96">
+          <w:p w14:paraId="34692B08" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00C20F96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5548" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00424803">
+          <w:p w14:paraId="41A4921F" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00424803">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Petitioner/Attorney</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00130218" w:rsidRPr="00424803" w:rsidTr="00913E36">
+      <w:tr w:rsidR="00130218" w:rsidRPr="00424803" w14:paraId="13299692" w14:textId="77777777" w:rsidTr="00913E36">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4987" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00A5669D" w:rsidP="00913E36">
+          <w:p w14:paraId="7F5AF23A" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00A5669D" w:rsidP="00913E36">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="44" w:name="Text96"/>
+            <w:bookmarkStart w:id="43" w:name="Text96"/>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
@@ -7600,232 +7775,232 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
+            <w:bookmarkEnd w:id="43"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00424803">
+          <w:p w14:paraId="5F0BA8FC" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00424803">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5548" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00424803">
+          <w:p w14:paraId="5D5EA695" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00424803">
             <w:pPr>
               <w:spacing w:before="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00130218" w:rsidRPr="00424803" w:rsidTr="00913E36">
+      <w:tr w:rsidR="00130218" w:rsidRPr="00424803" w14:paraId="621DF429" w14:textId="77777777" w:rsidTr="00913E36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4987" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00424803">
+          <w:p w14:paraId="3D821CDB" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00424803">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00424803">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Clerk of Court/Notary Public</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00130218">
+          <w:p w14:paraId="4399D1C7" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00130218">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5548" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00424803">
+          <w:p w14:paraId="7F119F6C" w14:textId="77777777" w:rsidR="00130218" w:rsidRPr="00424803" w:rsidRDefault="00130218" w:rsidP="00424803">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C20F96" w:rsidRPr="00C20F96" w:rsidRDefault="00C20F96" w:rsidP="00D179F1">
+    <w:p w14:paraId="322CA189" w14:textId="77777777" w:rsidR="00C20F96" w:rsidRPr="00C20F96" w:rsidRDefault="00C20F96" w:rsidP="00D179F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C20F96" w:rsidRPr="00C20F96" w:rsidSect="00D179F1">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="810" w:bottom="720" w:left="864" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000F4603" w:rsidRDefault="000F4603">
+    <w:p w14:paraId="2DA60CB1" w14:textId="77777777" w:rsidR="000F4603" w:rsidRDefault="000F4603">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000F4603" w:rsidRDefault="000F4603">
+    <w:p w14:paraId="31857224" w14:textId="77777777" w:rsidR="000F4603" w:rsidRDefault="000F4603">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00ED0487" w:rsidRPr="00552544" w:rsidRDefault="00ED0487" w:rsidP="00ED0487">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="392A5562" w14:textId="77777777" w:rsidR="00ED0487" w:rsidRPr="00552544" w:rsidRDefault="00ED0487" w:rsidP="00ED0487">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00552544">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00552544">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
@@ -7886,314 +8061,376 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00913E36">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00552544">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000F4603" w:rsidRDefault="000F4603">
+    <w:p w14:paraId="77B43825" w14:textId="77777777" w:rsidR="000F4603" w:rsidRDefault="000F4603">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000F4603" w:rsidRDefault="000F4603">
+    <w:p w14:paraId="0413FA6A" w14:textId="77777777" w:rsidR="000F4603" w:rsidRDefault="000F4603">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00526818" w:rsidRDefault="00130218" w:rsidP="00130218">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="19A4C02D" w14:textId="77777777" w:rsidR="00526818" w:rsidRDefault="00130218" w:rsidP="00130218">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-90"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form 35</w:t>
     </w:r>
     <w:r w:rsidR="008F1EC0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00130218" w:rsidRDefault="000F4603" w:rsidP="00130218">
+  <w:p w14:paraId="606D472D" w14:textId="744EB21F" w:rsidR="00130218" w:rsidRDefault="000F4603" w:rsidP="00130218">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-90"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>Rev 5/20</w:t>
+      <w:t xml:space="preserve">Rev </w:t>
+    </w:r>
+    <w:r w:rsidR="009C2827">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>11/25</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B1C5DB0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2080059135">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1805535396">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="116"/>
   <w:embedSystemFonts/>
-  <w:attachedTemplate r:id="rId1"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="0D0E41bPHTz7R/WwoNGCc5vQPYILkGLPFzAv21w2hLt4CyLCk98XNNh3RhHBHIV0DXyJs0QYKtfJSOuuUasMRQ==" w:salt="w7XKVIqr9x2MUqBqCcv4TQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="TIre15RJckH3ACpZu73vznzyHiVSesJHNVjSASwP8/+1fCgiqRc80ZNzJGrHLXVOHRKmimrzbC0E51sls9bYKg==" w:salt="EgyyMDyp56xnZmJ8zNZ3MA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000F4603"/>
     <w:rsid w:val="00025296"/>
     <w:rsid w:val="000B0E8B"/>
     <w:rsid w:val="000F4603"/>
     <w:rsid w:val="00130218"/>
     <w:rsid w:val="00131316"/>
     <w:rsid w:val="00201DE3"/>
     <w:rsid w:val="0023232F"/>
     <w:rsid w:val="00233922"/>
     <w:rsid w:val="0025072C"/>
     <w:rsid w:val="00281035"/>
+    <w:rsid w:val="003979BC"/>
     <w:rsid w:val="003B0F51"/>
     <w:rsid w:val="0040717B"/>
     <w:rsid w:val="00424803"/>
     <w:rsid w:val="00445640"/>
     <w:rsid w:val="004D2E2A"/>
     <w:rsid w:val="004D4BC1"/>
     <w:rsid w:val="004D5ACF"/>
     <w:rsid w:val="00526818"/>
     <w:rsid w:val="00552544"/>
     <w:rsid w:val="00556589"/>
     <w:rsid w:val="00575E40"/>
     <w:rsid w:val="005F30CA"/>
     <w:rsid w:val="00697830"/>
     <w:rsid w:val="006C1434"/>
     <w:rsid w:val="006C6F9D"/>
     <w:rsid w:val="006E76A4"/>
+    <w:rsid w:val="0078107E"/>
+    <w:rsid w:val="0078571B"/>
     <w:rsid w:val="007A1762"/>
     <w:rsid w:val="007B1D39"/>
+    <w:rsid w:val="00836C92"/>
     <w:rsid w:val="00857BA0"/>
     <w:rsid w:val="00862EA5"/>
     <w:rsid w:val="008A2B12"/>
     <w:rsid w:val="008F1EC0"/>
     <w:rsid w:val="00913E36"/>
     <w:rsid w:val="00926A37"/>
+    <w:rsid w:val="0094428B"/>
     <w:rsid w:val="009812B9"/>
     <w:rsid w:val="0099606C"/>
+    <w:rsid w:val="009C2827"/>
+    <w:rsid w:val="009D1A6F"/>
     <w:rsid w:val="009E3540"/>
     <w:rsid w:val="00A31251"/>
     <w:rsid w:val="00A5106A"/>
     <w:rsid w:val="00A5669D"/>
+    <w:rsid w:val="00A80C93"/>
     <w:rsid w:val="00B05A1F"/>
     <w:rsid w:val="00BA3104"/>
     <w:rsid w:val="00C20F96"/>
     <w:rsid w:val="00CC1871"/>
     <w:rsid w:val="00D04C54"/>
     <w:rsid w:val="00D179F1"/>
     <w:rsid w:val="00D36CE4"/>
     <w:rsid w:val="00D443E0"/>
     <w:rsid w:val="00DD5018"/>
     <w:rsid w:val="00E304C4"/>
     <w:rsid w:val="00EB504E"/>
+    <w:rsid w:val="00EC5E04"/>
     <w:rsid w:val="00ED0487"/>
     <w:rsid w:val="00F21A17"/>
     <w:rsid w:val="00F41D4B"/>
+    <w:rsid w:val="00FC39AE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="221AB55E"/>
+  <w14:docId w14:val="5BB141DF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{504ABC30-6D16-4C42-86EF-EA7F9E362B24}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -8365,111 +8602,122 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-540" w:right="-72"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B05A1F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
@@ -8559,62 +8807,57 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00697830"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
     <w:name w:val="Style1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Style1"/>
     <w:rsid w:val="00445640"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///N:\FC-Admin\Case%20Processing\Forms%20and%20Procedures\Family%20Court%20Official%20Forms\300%20-%20Criminal%20&amp;%20Civil%20&amp;%20Support\351%20-%20Petition%20to%20Modify%20Visitation\351%20-%20Petition%20to%20Modify%20Visitation%2010112011.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8836,73 +9079,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>351 - Petition to Modify Visitation 10112011</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>468</Words>
-  <Characters>2670</Characters>
+  <Words>491</Words>
+  <Characters>2804</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3132</CharactersWithSpaces>
+  <CharactersWithSpaces>3289</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Teoli, Jacqulin A (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>