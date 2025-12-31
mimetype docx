--- v0 (2025-10-23)
+++ v1 (2025-12-31)
@@ -3,71 +3,71 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="004D5ACF" w:rsidRDefault="001A549F">
+    <w:p w14:paraId="7C869F4E" w14:textId="77777777" w:rsidR="004D5ACF" w:rsidRDefault="001A549F">
       <w:pPr>
         <w:ind w:left="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22397EDA" wp14:editId="12C42619">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2794635</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-111760</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1257300" cy="1257300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2" descr="test2 Family-Court-grayscale-9per"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="test2 Family-Court-grayscale-9per"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
@@ -104,51 +104,51 @@
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="004D5ACF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">The Family Court of the State of </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
         <w:r w:rsidR="004D5ACF">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="40"/>
           </w:rPr>
           <w:t>Delaware</w:t>
         </w:r>
       </w:smartTag>
     </w:p>
-    <w:p w:rsidR="004D5ACF" w:rsidRPr="00767AC2" w:rsidRDefault="004D5ACF">
+    <w:p w14:paraId="539A7BDB" w14:textId="77777777" w:rsidR="004D5ACF" w:rsidRPr="00767AC2" w:rsidRDefault="004D5ACF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -156,50 +156,58 @@
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00767AC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle </w:t>
       </w:r>
       <w:r w:rsidR="001A549F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>County</w:t>
@@ -230,50 +238,58 @@
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00767AC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent </w:t>
       </w:r>
       <w:r w:rsidR="001A549F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>County</w:t>
       </w:r>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -297,102 +313,110 @@
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00767AC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00767AC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A93556" w:rsidRPr="00A93556" w:rsidRDefault="00A93556" w:rsidP="00683F40">
+    <w:p w14:paraId="688E5899" w14:textId="77777777" w:rsidR="00A93556" w:rsidRPr="00A93556" w:rsidRDefault="00A93556" w:rsidP="00683F40">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">PETITION FOR </w:t>
       </w:r>
       <w:r w:rsidR="00B81DB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">PARENTAL </w:t>
       </w:r>
       <w:r w:rsidR="00A576DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>VISITATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B05A1F" w:rsidRPr="007B102F" w:rsidRDefault="00B05A1F" w:rsidP="00A543AB">
+    <w:p w14:paraId="37E9CFD5" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="007B102F" w:rsidRDefault="00B05A1F" w:rsidP="00A543AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B102F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Petitioner</w:t>
       </w:r>
       <w:r w:rsidRPr="007B102F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -452,257 +476,249 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007B102F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007B102F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10990" w:type="dxa"/>
+        <w:tblW w:w="10350" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3129"/>
         <w:gridCol w:w="1285"/>
         <w:gridCol w:w="70"/>
         <w:gridCol w:w="2944"/>
         <w:gridCol w:w="1463"/>
         <w:gridCol w:w="67"/>
-        <w:gridCol w:w="2032"/>
+        <w:gridCol w:w="1392"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidTr="000811BF">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w14:paraId="4894D886" w14:textId="77777777" w:rsidTr="00A65E9B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3129" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="1FD6E796" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1285" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="127F2ABB" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>D.O. B.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="3396F51E" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="414647AE" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="4038B880" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>D.O.B.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
-[...11 lines deleted...]
-            <w:tcW w:w="2032" w:type="dxa"/>
+          <w:p w14:paraId="5B0ADB9E" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00C06FF2">
+          <w:p w14:paraId="4A98236D" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00C06FF2">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>File Number</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00C06FF2">
+          <w:p w14:paraId="4993DD12" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00C06FF2">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text6"/>
@@ -750,72 +766,64 @@
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidTr="000811BF">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w14:paraId="17F1D224" w14:textId="77777777" w:rsidTr="00A65E9B">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
+          <w:p w14:paraId="1143767B" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text2"/>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -881,51 +889,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1285" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
+          <w:p w14:paraId="64251271" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text96"/>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -994,71 +1002,71 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="7D415702" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
+          <w:p w14:paraId="4EB3DF63" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text3"/>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -1123,51 +1131,51 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
+          <w:p w14:paraId="658DB5F3" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text97"/>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -1235,228 +1243,212 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
-[...11 lines deleted...]
-            <w:tcW w:w="2032" w:type="dxa"/>
+          <w:p w14:paraId="088A1514" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00C06FF2">
+          <w:p w14:paraId="34576606" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00C06FF2">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidTr="000811BF">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w14:paraId="6FE83EF8" w14:textId="77777777" w:rsidTr="00A65E9B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="33178060" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Street Address  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="27A4BFCA" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="765E64D9" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Street Address  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
-[...11 lines deleted...]
-            <w:tcW w:w="2032" w:type="dxa"/>
+          <w:p w14:paraId="1E4FC914" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00C06FF2">
+          <w:p w14:paraId="75E1BBA2" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00C06FF2">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidTr="000811BF">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w14:paraId="52EBEA5C" w14:textId="77777777" w:rsidTr="00A65E9B">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
+          <w:p w14:paraId="3BC49985" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text4"/>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -1522,73 +1514,73 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="00424CAD" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="10" w:name="Text1"/>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="10"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
+          <w:p w14:paraId="0A8435A9" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Text5"/>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -1653,214 +1645,206 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
-[...11 lines deleted...]
-            <w:tcW w:w="2032" w:type="dxa"/>
+          <w:p w14:paraId="0D0B3957" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00C06FF2">
+          <w:p w14:paraId="02A36F27" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00C06FF2">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidTr="000811BF">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w14:paraId="1FF3E9DF" w14:textId="77777777" w:rsidTr="00A65E9B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="3F8AB165" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="46C4330D" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="6FE75EE0" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
-[...11 lines deleted...]
-            <w:tcW w:w="2032" w:type="dxa"/>
+          <w:p w14:paraId="1A2F9975" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00C06FF2">
+          <w:p w14:paraId="2F1EEE81" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00C06FF2">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Petition Number</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00C06FF2">
+          <w:p w14:paraId="50B08BE6" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00C06FF2">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Text7"/>
@@ -1908,72 +1892,64 @@
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidTr="000811BF">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w14:paraId="1F48F6D4" w14:textId="77777777" w:rsidTr="00A65E9B">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
+          <w:p w14:paraId="6B5FD864" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="Text8"/>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -2039,71 +2015,71 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="56FD6000" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
+          <w:p w14:paraId="5158BA96" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="Text9"/>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -2168,232 +2144,216 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
-[...11 lines deleted...]
-            <w:tcW w:w="2032" w:type="dxa"/>
+          <w:p w14:paraId="53FAFD7C" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="5EDB5496" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidTr="000811BF">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w14:paraId="37DBB769" w14:textId="77777777" w:rsidTr="00A65E9B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="4D31F1EA" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> City/State/Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="101A821E" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="63FE5FC9" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> City/State/Zip Code </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
-[...11 lines deleted...]
-            <w:tcW w:w="2032" w:type="dxa"/>
+          <w:p w14:paraId="30AD8646" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="0C05069F" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidTr="000811BF">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w14:paraId="18050C1E" w14:textId="77777777" w:rsidTr="00A65E9B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
+          <w:p w14:paraId="03181316" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="15" w:name="Text92"/>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text92"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -2459,72 +2419,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="4DA0E199" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
+          <w:p w14:paraId="2FFB83AD" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="00911D45">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Text94"/>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text94"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -2590,416 +2550,699 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
-[...11 lines deleted...]
-            <w:tcW w:w="2032" w:type="dxa"/>
+          <w:p w14:paraId="5EF74D33" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
+          <w:p w14:paraId="5059970F" w14:textId="77777777" w:rsidR="00C06FF2" w:rsidRPr="00FA4D7B" w:rsidRDefault="00C06FF2" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00592E5F" w:rsidRPr="00FA4D7B" w:rsidTr="000811BF">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B" w14:paraId="5F496091" w14:textId="77777777" w:rsidTr="00A65E9B">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="327"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1392" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...58 lines deleted...]
-            <w:r w:rsidRPr="00FA4D7B">
+          </w:tcPr>
+          <w:p w14:paraId="063ABDA2" w14:textId="77777777" w:rsidR="00A65E9B" w:rsidRDefault="00A65E9B" w:rsidP="00911D45">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="090D7DBF" w14:textId="0FC15085" w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00A65E9B" w:rsidP="00911D45">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00592E5F" w:rsidRPr="00FA4D7B">
-[...94 lines deleted...]
-            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
+            <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text93"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
+            <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
-[...5 lines deleted...]
-            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
+            <w:r w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
-[...39 lines deleted...]
-            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
+            <w:r w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="70" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="659DBAF6" w14:textId="77777777" w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00A65E9B" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4407" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C175EFC" w14:textId="77777777" w:rsidR="00A65E9B" w:rsidRDefault="00A65E9B" w:rsidP="00911D45">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Email Address </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F1A6082" w14:textId="5713A99C" w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B" w:rsidRDefault="0054027C" w:rsidP="00911D45">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text93"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="67" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61F53FB4" w14:textId="77777777" w:rsidR="00A65E9B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00A65E9B" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00592E5F" w:rsidRPr="00FA4D7B" w14:paraId="5103B497" w14:textId="77777777" w:rsidTr="00A65E9B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4414" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AEA36F" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00FA4D7B" w:rsidRDefault="007B102F" w:rsidP="00911D45">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Attorney Name </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w:rsidR="00692B70" w:rsidRPr="00FA4D7B" w:rsidRDefault="00692B70" w:rsidP="007B102F">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AC08636" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00FA4D7B" w:rsidRDefault="00592E5F" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4407" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E97187" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00FA4D7B" w:rsidRDefault="007B102F" w:rsidP="00911D45">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00592E5F" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Attorney Name</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="67" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14B50C75" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00FA4D7B" w:rsidRDefault="00592E5F" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00AB91C4" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00FA4D7B" w:rsidRDefault="00592E5F" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00692B70" w:rsidRPr="00FA4D7B" w14:paraId="2C75C0E9" w14:textId="77777777" w:rsidTr="00A65E9B">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4414" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1633DB07" w14:textId="77777777" w:rsidR="00692B70" w:rsidRPr="00FA4D7B" w:rsidRDefault="00692B70" w:rsidP="00911D45">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="Text93"/>
+            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text93"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00911D45" w:rsidRPr="00FA4D7B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="70" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E665623" w14:textId="77777777" w:rsidR="00692B70" w:rsidRPr="00FA4D7B" w:rsidRDefault="00692B70" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00692B70" w:rsidRPr="00FA4D7B" w:rsidRDefault="00692B70" w:rsidP="007B102F">
+          <w:p w14:paraId="17035835" w14:textId="77777777" w:rsidR="00692B70" w:rsidRPr="00FA4D7B" w:rsidRDefault="00692B70" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Text95"/>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00930284" w:rsidRPr="00FA4D7B">
+            <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
@@ -3022,313 +3265,310 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA4D7B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00692B70" w:rsidRPr="00FA4D7B" w:rsidRDefault="00692B70" w:rsidP="007B102F">
-[...11 lines deleted...]
-            <w:tcW w:w="2032" w:type="dxa"/>
+          <w:p w14:paraId="765B9469" w14:textId="77777777" w:rsidR="00692B70" w:rsidRPr="00FA4D7B" w:rsidRDefault="00692B70" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00692B70" w:rsidRPr="00FA4D7B" w:rsidRDefault="00692B70" w:rsidP="007B102F">
+          <w:p w14:paraId="325971F6" w14:textId="77777777" w:rsidR="00692B70" w:rsidRPr="00FA4D7B" w:rsidRDefault="00692B70" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w:rsidTr="000811BF">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w14:paraId="36B63AA0" w14:textId="77777777" w:rsidTr="00A65E9B">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC3D1B" w:rsidRPr="00396A70" w:rsidRDefault="00AC3D1B" w:rsidP="00AC3D1B">
+          <w:p w14:paraId="3C767C9E" w14:textId="77777777" w:rsidR="00AC3D1B" w:rsidRPr="00396A70" w:rsidRDefault="00AC3D1B" w:rsidP="00AC3D1B">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00396A70">
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Check4"/>
             <w:r w:rsidRPr="00396A70">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00396A70">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00396A70">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidRPr="00396A70">
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="Check5"/>
             <w:r w:rsidRPr="00396A70">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00396A70">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00396A70">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
             <w:r w:rsidRPr="00396A70">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00AC3D1B" w:rsidP="007B102F">
+          <w:p w14:paraId="2897884D" w14:textId="77777777" w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00AC3D1B" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC3D1B" w:rsidRPr="00396A70" w:rsidRDefault="00AC3D1B" w:rsidP="00AC3D1B">
+          <w:p w14:paraId="5854AFB6" w14:textId="77777777" w:rsidR="00AC3D1B" w:rsidRPr="00396A70" w:rsidRDefault="00AC3D1B" w:rsidP="00AC3D1B">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00396A70">
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00396A70">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00396A70">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00396A70">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00396A70">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00AC3D1B" w:rsidP="007B102F">
-[...11 lines deleted...]
-            <w:tcW w:w="2032" w:type="dxa"/>
+          <w:p w14:paraId="43E5CCBB" w14:textId="77777777" w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00AC3D1B" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00AC3D1B" w:rsidP="007B102F">
+          <w:p w14:paraId="61EC0630" w14:textId="77777777" w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00AC3D1B" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w:rsidTr="000811BF">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w14:paraId="0F80D2F6" w14:textId="77777777" w:rsidTr="00A65E9B">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC3D1B" w:rsidRPr="00396A70" w:rsidRDefault="00AC3D1B" w:rsidP="00AC3D1B">
+          <w:p w14:paraId="07F3E824" w14:textId="77777777" w:rsidR="00AC3D1B" w:rsidRPr="00396A70" w:rsidRDefault="00AC3D1B" w:rsidP="00AC3D1B">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00396A70">
               <w:t xml:space="preserve"> Language </w:t>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="Text49"/>
             <w:r w:rsidRPr="00396A70">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:rPr>
@@ -3354,72 +3594,72 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00AC3D1B" w:rsidP="007B102F">
+          <w:p w14:paraId="331D62A7" w14:textId="77777777" w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00AC3D1B" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4407" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC3D1B" w:rsidRPr="00396A70" w:rsidRDefault="00AC3D1B" w:rsidP="00AC3D1B">
+          <w:p w14:paraId="095E75A4" w14:textId="77777777" w:rsidR="00AC3D1B" w:rsidRPr="00396A70" w:rsidRDefault="00AC3D1B" w:rsidP="00AC3D1B">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00396A70">
               <w:t xml:space="preserve"> Language </w:t>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:rPr>
                 <w:noProof/>
@@ -3442,268 +3682,226 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00396A70">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00AC3D1B" w:rsidP="007B102F">
-[...11 lines deleted...]
-            <w:tcW w:w="2032" w:type="dxa"/>
+          <w:p w14:paraId="07D3C74F" w14:textId="77777777" w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00AC3D1B" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00AC3D1B" w:rsidP="007B102F">
+          <w:p w14:paraId="6291D40D" w14:textId="77777777" w:rsidR="00AC3D1B" w:rsidRPr="00FA4D7B" w:rsidRDefault="00AC3D1B" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="000811BF">
+    <w:p w14:paraId="502FDA70" w14:textId="178B1B39" w:rsidR="000811BF" w:rsidRDefault="00A93556" w:rsidP="00767AC2">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">IN THE INTEREST OF the following </w:t>
+        <w:t>IN THE INTEREST OF the following child(ren):</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...28 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10975" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3398"/>
         <w:gridCol w:w="1873"/>
         <w:gridCol w:w="3557"/>
         <w:gridCol w:w="2147"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A93556" w:rsidTr="000811BF">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A93556" w14:paraId="19D356C3" w14:textId="77777777" w:rsidTr="000811BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="56DBD4E6" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1873" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="4A837011" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3557" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="2F6F2753" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="56446B40" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A93556" w:rsidTr="000811BF">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A93556" w14:paraId="66FD40F8" w14:textId="77777777" w:rsidTr="000811BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="5BB42884" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="22" w:name="Text36"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3728,51 +3926,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="23" w:name="Text27"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1873" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00911D45" w:rsidP="007B102F">
+          <w:p w14:paraId="29833A34" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00911D45" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3796,51 +3994,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="2A5CA619" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="24" w:name="Text30"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3865,51 +4063,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="25" w:name="Text33"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00911D45" w:rsidP="007B102F">
+          <w:p w14:paraId="3F5CD251" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00911D45" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3925,173 +4123,161 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A93556" w:rsidTr="000811BF">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A93556" w14:paraId="28D6F652" w14:textId="77777777" w:rsidTr="000811BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="1CB2583E" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1873" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="00EFF674" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="10CE6EE6" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="5A812E38" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A93556" w:rsidTr="000811BF">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A93556" w14:paraId="7AB84F7A" w14:textId="77777777" w:rsidTr="000811BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="59B46D06" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="26" w:name="Text26"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -4116,51 +4302,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="27" w:name="Text29"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1873" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00911D45" w:rsidP="007B102F">
+          <w:p w14:paraId="79C752B9" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00911D45" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -4184,51 +4370,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="6EBD7159" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="28" w:name="Text32"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -4253,51 +4439,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="29" w:name="Text35"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00911D45" w:rsidP="007B102F">
+          <w:p w14:paraId="74B26422" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00911D45" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -4313,170 +4499,158 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A93556" w:rsidTr="000811BF">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A93556" w14:paraId="0F4A3C15" w14:textId="77777777" w:rsidTr="000811BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="0BCE0784" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1873" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="7A0300BB" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3557" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="60400576" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="131E5FB4" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A93556" w:rsidTr="000811BF">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A93556" w14:paraId="0031E748" w14:textId="77777777" w:rsidTr="000811BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="2DEFB43E" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="30" w:name="Text25"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -4500,51 +4674,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="31" w:name="Text28"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1873" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00911D45" w:rsidP="007B102F">
+          <w:p w14:paraId="5FE2745B" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00911D45" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -4567,51 +4741,51 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3557" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
+          <w:p w14:paraId="0D96ABFE" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="32" w:name="Text31"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -4635,51 +4809,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="33" w:name="Text34"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00911D45" w:rsidP="007B102F">
+          <w:p w14:paraId="6850D616" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00911D45" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -4696,104 +4870,96 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A93556" w:rsidRPr="00767AC2" w:rsidRDefault="00A93556" w:rsidP="00B05A1F">
+    <w:p w14:paraId="15826E1B" w14:textId="77777777" w:rsidR="00A93556" w:rsidRPr="00767AC2" w:rsidRDefault="00A93556" w:rsidP="00B05A1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10980" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2808"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1242"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="1391"/>
         <w:gridCol w:w="1309"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00137CBD" w:rsidTr="000811BF">
+      <w:tr w:rsidR="00137CBD" w14:paraId="6BE7E4C9" w14:textId="77777777" w:rsidTr="000811BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3798" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
-[...12 lines deleted...]
-              <w:t>) live with (Name):</w:t>
+          <w:p w14:paraId="47C6B715" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
+            <w:pPr>
+              <w:pStyle w:val="FormsArial10"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The said child(ren) live with (Name):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7182" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
+          <w:p w14:paraId="2D6A8E75" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -4807,73 +4973,73 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00137CBD" w:rsidTr="000811BF">
+      <w:tr w:rsidR="00137CBD" w14:paraId="1F76F045" w14:textId="77777777" w:rsidTr="000811BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2808" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
+          <w:p w14:paraId="3A40DB65" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:t>Relationship to child(ren):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8172" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
+          <w:p w14:paraId="652D8C94" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -4887,64 +5053,64 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00137CBD" w:rsidTr="000811BF">
+      <w:tr w:rsidR="00137CBD" w14:paraId="27718A90" w14:textId="77777777" w:rsidTr="000811BF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
+          <w:p w14:paraId="30EC4D20" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -4959,51 +5125,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
+          <w:p w14:paraId="74579818" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -5018,100 +5184,100 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
+          <w:p w14:paraId="5F72B7E5" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="3"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
+          <w:p w14:paraId="4F05AAAD" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007B102F">
             <w:pPr>
               <w:pStyle w:val="FormsArial10"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="5"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -5126,51 +5292,51 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="00137CBD">
+    <w:p w14:paraId="49DD7660" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="00137CBD">
       <w:pPr>
         <w:ind w:left="-90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(STREET</w:t>
       </w:r>
       <w:r w:rsidR="007B102F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -5291,86 +5457,86 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="00201DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(ZIP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> CODE)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00137CBD" w:rsidRPr="00592E5F" w:rsidRDefault="00137CBD" w:rsidP="00B05A1F">
+    <w:p w14:paraId="50132654" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRPr="00592E5F" w:rsidRDefault="00137CBD" w:rsidP="00B05A1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00592E5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Petitioner alleges the following facts: (Please list in consecutively numbered paragraphs. Attach additional pages if needed.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10998" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10998"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00137CBD" w:rsidRPr="00D223CB" w:rsidTr="00911D45">
+      <w:tr w:rsidR="00137CBD" w:rsidRPr="00D223CB" w14:paraId="15B8BE9D" w14:textId="77777777" w:rsidTr="00911D45">
         <w:trPr>
           <w:trHeight w:val="1728"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10998" w:type="dxa"/>
           </w:tcPr>
           <w:bookmarkStart w:id="34" w:name="Text47"/>
-          <w:p w:rsidR="00137CBD" w:rsidRPr="00D223CB" w:rsidRDefault="00767AC2" w:rsidP="002B0868">
+          <w:p w14:paraId="09B23C1C" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRPr="00D223CB" w:rsidRDefault="00767AC2" w:rsidP="002B0868">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
             <w:r w:rsidRPr="00D223CB">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="300"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -5386,99 +5552,99 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A576DD" w:rsidRPr="00592E5F" w:rsidRDefault="00A576DD" w:rsidP="00A576DD">
+    <w:p w14:paraId="6B75489A" w14:textId="77777777" w:rsidR="00A576DD" w:rsidRPr="00592E5F" w:rsidRDefault="00A576DD" w:rsidP="00A576DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00592E5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Petitioner requests that Visitation be as follows: (Attach additional pages if needed.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00767AC2" w:rsidRPr="00D223CB" w:rsidTr="00D223CB">
+      <w:tr w:rsidR="00767AC2" w:rsidRPr="00D223CB" w14:paraId="7BF69711" w14:textId="77777777" w:rsidTr="00D223CB">
         <w:trPr>
           <w:trHeight w:val="1845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00767AC2" w:rsidRPr="00D223CB" w:rsidRDefault="00767AC2" w:rsidP="002B0868">
+          <w:p w14:paraId="0D6F254C" w14:textId="77777777" w:rsidR="00767AC2" w:rsidRPr="00D223CB" w:rsidRDefault="00767AC2" w:rsidP="002B0868">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
             <w:r w:rsidRPr="00D223CB">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="300"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -5493,178 +5659,178 @@
             <w:r w:rsidRPr="00D223CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B50E4B" w:rsidRDefault="00B50E4B" w:rsidP="00683F40">
+    <w:p w14:paraId="3E0E6BCD" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRDefault="00B50E4B" w:rsidP="00683F40">
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00592E5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>WHEREFORE, Petitioner prays that a Summons issue to</w:t>
       </w:r>
       <w:r w:rsidR="00A576DD" w:rsidRPr="00592E5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Respondent</w:t>
       </w:r>
       <w:r w:rsidRPr="00592E5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and that the Court grant the </w:t>
       </w:r>
       <w:r w:rsidR="00A576DD" w:rsidRPr="00592E5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>relief prayed for or such relief as may be just.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000811BF" w:rsidRPr="000811BF" w:rsidRDefault="000811BF" w:rsidP="00683F40">
+    <w:p w14:paraId="4A4A5E6E" w14:textId="77777777" w:rsidR="000811BF" w:rsidRPr="000811BF" w:rsidRDefault="000811BF" w:rsidP="00683F40">
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5490"/>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="4410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidTr="000811BF">
+      <w:tr w:rsidR="00592E5F" w:rsidRPr="00D223CB" w14:paraId="065E0007" w14:textId="77777777" w:rsidTr="000811BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
+          <w:p w14:paraId="22157C54" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
             <w:r w:rsidRPr="00D223CB">
               <w:t>SWORN TO AND SUBSCRIBED</w:t>
             </w:r>
             <w:r w:rsidR="002B0868" w:rsidRPr="00D223CB">
               <w:t xml:space="preserve"> before me this date,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
+          <w:p w14:paraId="2D4F583E" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
+          <w:p w14:paraId="57F8FF10" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidTr="000811BF">
+      <w:tr w:rsidR="00592E5F" w:rsidRPr="00D223CB" w14:paraId="0FD552B0" w14:textId="77777777" w:rsidTr="000811BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="000811BF" w:rsidRDefault="001A549F" w:rsidP="000811BF">
+          <w:p w14:paraId="5F33BFA4" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="000811BF" w:rsidRDefault="001A549F" w:rsidP="000811BF">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
             <w:r w:rsidRPr="000811BF">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="18"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000811BF">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000811BF">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000811BF">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -5687,195 +5853,193 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000811BF">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000811BF">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
+          <w:p w14:paraId="5F4BF222" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
+          <w:p w14:paraId="7F94F058" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00D223CB">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="_GoBack"/>
             <w:r w:rsidRPr="00D223CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
             <w:r w:rsidRPr="00D223CB">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidTr="000811BF">
+      <w:tr w:rsidR="00592E5F" w:rsidRPr="00D223CB" w14:paraId="7CEE6866" w14:textId="77777777" w:rsidTr="000811BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
+          <w:p w14:paraId="05D1E104" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
+          <w:p w14:paraId="5FB1F6F8" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00B87712" w:rsidP="002B0868">
+          <w:p w14:paraId="495C81DA" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00B87712" w:rsidP="002B0868">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00D223CB">
               <w:t>Petitioner/Attorney</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidTr="000811BF">
+      <w:tr w:rsidR="00592E5F" w:rsidRPr="00D223CB" w14:paraId="47B1E34D" w14:textId="77777777" w:rsidTr="000811BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="000811BF">
+          <w:p w14:paraId="612819F2" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="000811BF">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
             <w:r w:rsidRPr="00D223CB">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -5897,513 +6061,573 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D223CB">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
+          <w:p w14:paraId="5A7853B8" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
+          <w:p w14:paraId="5530AEE1" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidTr="000811BF">
+      <w:tr w:rsidR="00592E5F" w:rsidRPr="00D223CB" w14:paraId="60BC110D" w14:textId="77777777" w:rsidTr="000811BF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="00A06427">
+          <w:p w14:paraId="0E69DA97" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="00A06427">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00D223CB">
               <w:t>Notary Public/Clerk of Court</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
+          <w:p w14:paraId="0DF38FA0" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
+          <w:p w14:paraId="53D9AC83" w14:textId="77777777" w:rsidR="00592E5F" w:rsidRPr="00D223CB" w:rsidRDefault="00592E5F" w:rsidP="002B0868">
             <w:pPr>
               <w:pStyle w:val="FormsArial11"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B50E4B" w:rsidRPr="00A93556" w:rsidRDefault="00B50E4B" w:rsidP="00767AC2"/>
+    <w:p w14:paraId="29E71C68" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A93556" w:rsidRDefault="00B50E4B" w:rsidP="00767AC2"/>
     <w:sectPr w:rsidR="00B50E4B" w:rsidRPr="00A93556" w:rsidSect="00767AC2">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="288" w:left="720" w:header="288" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001A549F" w:rsidRDefault="001A549F">
+    <w:p w14:paraId="1EB25FB9" w14:textId="77777777" w:rsidR="001A549F" w:rsidRDefault="001A549F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001A549F" w:rsidRDefault="001A549F">
+    <w:p w14:paraId="23A0A32A" w14:textId="77777777" w:rsidR="001A549F" w:rsidRDefault="001A549F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001A549F" w:rsidRDefault="001A549F">
+    <w:p w14:paraId="48762FD8" w14:textId="77777777" w:rsidR="001A549F" w:rsidRDefault="001A549F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001A549F" w:rsidRDefault="001A549F">
+    <w:p w14:paraId="66A76F21" w14:textId="77777777" w:rsidR="001A549F" w:rsidRDefault="001A549F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00911D45" w:rsidRDefault="00911D45" w:rsidP="00A93556">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="71A1BA4F" w14:textId="77777777" w:rsidR="00911D45" w:rsidRDefault="00911D45" w:rsidP="00A93556">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-180"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form 350</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00911D45" w:rsidRDefault="001A549F" w:rsidP="00A93556">
+  <w:p w14:paraId="64756D8C" w14:textId="7AF28ABB" w:rsidR="00911D45" w:rsidRDefault="001A549F" w:rsidP="00A93556">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-180"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>Rev 5/20</w:t>
+      <w:t xml:space="preserve">Rev </w:t>
+    </w:r>
+    <w:r w:rsidR="00834434">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>11/25</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00911D45" w:rsidRDefault="00911D45">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="60DFFA56" w14:textId="77777777" w:rsidR="00911D45" w:rsidRDefault="00911D45">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Form 350</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00911D45" w:rsidRPr="00A543AB" w:rsidRDefault="00911D45">
+  <w:p w14:paraId="0B939694" w14:textId="77777777" w:rsidR="00911D45" w:rsidRPr="00A543AB" w:rsidRDefault="00911D45">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>(Rev. 6/05)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B1C5DB0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1339691355">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="379063350">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="116"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="41DqrxJHjEHKMn/bZ2RrYOpN7p/0IhDYcq8yGQg6Llne6+jYQtuinIKfQogLJfIXgqSJkM+utJ1NnQvIyGHvdw==" w:salt="X3ISBIxYZBJrV8VNgFu2RA=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="7FkWuSIv4+gB/vgrjCzBSjEydwI49kBjeqgRQCTnfFmfMstZrnlOGN3pEI2ZHGqlNSRu1Cq0TZnU2TIKsq4E3g==" w:salt="TdEHhBTbjNDL2D8ow9hftQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A549F"/>
     <w:rsid w:val="000811BF"/>
     <w:rsid w:val="000A7ACA"/>
     <w:rsid w:val="00137CBD"/>
     <w:rsid w:val="001A549F"/>
     <w:rsid w:val="001F4CA6"/>
     <w:rsid w:val="00233CFF"/>
     <w:rsid w:val="002B0868"/>
     <w:rsid w:val="00396A70"/>
     <w:rsid w:val="003C050B"/>
     <w:rsid w:val="003D1DA9"/>
     <w:rsid w:val="00490E19"/>
     <w:rsid w:val="004B4C99"/>
     <w:rsid w:val="004D5ACF"/>
     <w:rsid w:val="004E58BC"/>
     <w:rsid w:val="00513FE5"/>
     <w:rsid w:val="00517CD0"/>
+    <w:rsid w:val="0054027C"/>
     <w:rsid w:val="00592E5F"/>
     <w:rsid w:val="005A5E51"/>
     <w:rsid w:val="00667A9B"/>
+    <w:rsid w:val="00672565"/>
     <w:rsid w:val="0068321C"/>
     <w:rsid w:val="00683F40"/>
     <w:rsid w:val="00692B70"/>
     <w:rsid w:val="006E481E"/>
     <w:rsid w:val="006F6C35"/>
     <w:rsid w:val="007050A8"/>
     <w:rsid w:val="007419EF"/>
     <w:rsid w:val="007605AA"/>
     <w:rsid w:val="00767AC2"/>
     <w:rsid w:val="00790686"/>
+    <w:rsid w:val="00791B22"/>
     <w:rsid w:val="007A641C"/>
     <w:rsid w:val="007B102F"/>
     <w:rsid w:val="007D24D0"/>
     <w:rsid w:val="007F3A21"/>
+    <w:rsid w:val="00805014"/>
     <w:rsid w:val="0080698C"/>
+    <w:rsid w:val="00834434"/>
     <w:rsid w:val="008F4034"/>
     <w:rsid w:val="00911D45"/>
+    <w:rsid w:val="00925B74"/>
     <w:rsid w:val="00930284"/>
     <w:rsid w:val="009B425A"/>
     <w:rsid w:val="00A032BA"/>
     <w:rsid w:val="00A06427"/>
     <w:rsid w:val="00A51D15"/>
     <w:rsid w:val="00A543AB"/>
     <w:rsid w:val="00A576DD"/>
+    <w:rsid w:val="00A65E9B"/>
     <w:rsid w:val="00A93556"/>
     <w:rsid w:val="00AC3D1B"/>
     <w:rsid w:val="00B05A1F"/>
     <w:rsid w:val="00B50E4B"/>
     <w:rsid w:val="00B81DB1"/>
     <w:rsid w:val="00B87712"/>
     <w:rsid w:val="00BB1BED"/>
     <w:rsid w:val="00BB23BD"/>
     <w:rsid w:val="00C06FF2"/>
     <w:rsid w:val="00CA5395"/>
     <w:rsid w:val="00CA6359"/>
     <w:rsid w:val="00CC6A27"/>
     <w:rsid w:val="00CE1E27"/>
     <w:rsid w:val="00D223CB"/>
+    <w:rsid w:val="00D631C7"/>
     <w:rsid w:val="00D7490C"/>
     <w:rsid w:val="00E41099"/>
+    <w:rsid w:val="00E7420B"/>
     <w:rsid w:val="00EE04DF"/>
     <w:rsid w:val="00FA4D7B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="11C4917B"/>
+  <w14:docId w14:val="6E51B2BD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D5829522-9243-454B-805E-860AEE3BF772}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -6575,111 +6799,122 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-540" w:right="-72"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B05A1F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
@@ -6742,62 +6977,57 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00AC3D1B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FormsArial11Char">
     <w:name w:val="Forms Arial 11 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FormsArial11"/>
     <w:rsid w:val="002B0868"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///N:\FC-Admin\Case%20Processing\Forms%20and%20Procedures\Family%20Court%20Official%20Forms\300%20-%20Criminal%20&amp;%20Civil%20&amp;%20Support\350%20-%20Petition%20for%20Parental%20Visitation\350%20-%20Petition%20for%20Parental%20Visitation%205.15.20.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7019,73 +7249,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>350 - Petition for Parental Visitation 5.15.20</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>325</Words>
-  <Characters>1859</Characters>
+  <Words>338</Words>
+  <Characters>1928</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2180</CharactersWithSpaces>
+  <CharactersWithSpaces>2262</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Teoli, Jacqulin A (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>