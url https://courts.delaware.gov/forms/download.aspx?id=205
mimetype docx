--- v0 (2025-11-18)
+++ v1 (2026-01-08)
@@ -3,342 +3,340 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="004D5ACF" w:rsidRDefault="00AA2798">
+    <w:p w14:paraId="693A36A5" w14:textId="77777777" w:rsidR="004D5ACF" w:rsidRDefault="0072041F">
       <w:pPr>
         <w:ind w:left="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="40"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="50953AC3">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_s1026" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:220.05pt;margin-top:-8.8pt;width:99pt;height:99pt;z-index:-251658752">
             <v:imagedata r:id="rId7" o:title="test2 Family-Court-grayscale-9per"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="004D5ACF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">The Family Court of the State of </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
         <w:r w:rsidR="004D5ACF">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="40"/>
           </w:rPr>
           <w:t>Delaware</w:t>
         </w:r>
       </w:smartTag>
     </w:p>
-    <w:p w:rsidR="004D5ACF" w:rsidRDefault="004D5ACF">
+    <w:p w14:paraId="794F463C" w14:textId="77777777" w:rsidR="004D5ACF" w:rsidRDefault="004D5ACF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Check1"/>
+      <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA2798">
+      <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00AA2798">
+      <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle</w:t>
       </w:r>
       <w:r w:rsidR="00AA2798">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Check2"/>
+      <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA2798">
+      <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00AA2798">
+      <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent </w:t>
       </w:r>
       <w:r w:rsidR="00AA2798">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Check3"/>
+      <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA2798">
+      <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00AA2798">
+      <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A93556" w:rsidRPr="00A93556" w:rsidRDefault="00A93556" w:rsidP="00683F40">
+    <w:p w14:paraId="71465405" w14:textId="77777777" w:rsidR="00A93556" w:rsidRPr="00A93556" w:rsidRDefault="00A93556" w:rsidP="00683F40">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PETITION FOR CUSTODY</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B05A1F" w:rsidRPr="00F874FE" w:rsidRDefault="00B05A1F" w:rsidP="00A543AB">
+    <w:p w14:paraId="32123722" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00F874FE" w:rsidRDefault="00B05A1F" w:rsidP="00A543AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F874FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Petitioner</w:t>
       </w:r>
       <w:r w:rsidRPr="00F874FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -422,202 +420,202 @@
       <w:tblPr>
         <w:tblW w:w="10880" w:type="dxa"/>
         <w:tblInd w:w="-65" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="70"/>
         <w:gridCol w:w="4423"/>
         <w:gridCol w:w="67"/>
         <w:gridCol w:w="2000"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B05A1F" w:rsidTr="001C4264">
+      <w:tr w:rsidR="00B05A1F" w14:paraId="5686857A" w14:textId="77777777" w:rsidTr="001C4264">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="7FD9DBCE" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="480"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="63D26079" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="18CBFEDD" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="64FD3641" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="611750E0" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">File </w:t>
             </w:r>
             <w:r w:rsidRPr="00137CBD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="5" w:name="Text2"/>
-      <w:tr w:rsidR="00B05A1F" w:rsidTr="001C4264">
+      <w:bookmarkStart w:id="4" w:name="Text2"/>
+      <w:tr w:rsidR="00B05A1F" w14:paraId="57337215" w14:textId="77777777" w:rsidTr="001C4264">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
+          <w:p w14:paraId="01BB8CF0" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -652,85 +650,85 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="131A9115" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="6" w:name="Text3"/>
+        <w:bookmarkStart w:id="5" w:name="Text3"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
+          <w:p w14:paraId="7D3C8774" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -766,225 +764,225 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="16256029" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="32E6B17A" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B05A1F" w:rsidTr="001C4264">
+      <w:tr w:rsidR="00B05A1F" w14:paraId="26A07946" w14:textId="77777777" w:rsidTr="001C4264">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="6BAC6485" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               Street Address</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="4F993ACD" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="4471A74F" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               Street Address</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="572C5D8F" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="7" w:name="Text6"/>
+        <w:bookmarkStart w:id="6" w:name="Text6"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
+          <w:p w14:paraId="5C0E2B50" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1020,68 +1018,68 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="8" w:name="Text4"/>
-      <w:tr w:rsidR="00B05A1F" w:rsidTr="001C4264">
+      <w:bookmarkStart w:id="7" w:name="Text4"/>
+      <w:tr w:rsidR="00B05A1F" w14:paraId="3DD20D0D" w14:textId="77777777" w:rsidTr="001C4264">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
+          <w:p w14:paraId="75594AC4" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -1117,87 +1115,87 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="7D964752" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="Text1"/>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkStart w:id="8" w:name="Text1"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="9" w:name="Text5"/>
+        <w:bookmarkEnd w:id="8"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
+          <w:p w14:paraId="093B1A64" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="690"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -1233,241 +1231,241 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="3B701CB6" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="570A364D" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B05A1F" w:rsidTr="001C4264">
+      <w:tr w:rsidR="00B05A1F" w14:paraId="0293A083" w14:textId="77777777" w:rsidTr="001C4264">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="3E4B86D6" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="728094C8" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="49D8C314" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="1BC0AB03" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="496D5646" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Petition Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="11" w:name="Text8"/>
-      <w:tr w:rsidR="00B05A1F" w:rsidTr="001C4264">
+      <w:bookmarkStart w:id="10" w:name="Text8"/>
+      <w:tr w:rsidR="00B05A1F" w14:paraId="710A7166" w14:textId="77777777" w:rsidTr="001C4264">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
+          <w:p w14:paraId="74817656" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -1503,85 +1501,85 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="25A5BCA7" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="12" w:name="Text9"/>
+        <w:bookmarkStart w:id="11" w:name="Text9"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
+          <w:p w14:paraId="6243235D" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -1617,108 +1615,108 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="44B098AD" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="45DE0249" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B05A1F" w:rsidTr="001C4264">
+      <w:tr w:rsidR="00B05A1F" w14:paraId="384FA586" w14:textId="77777777" w:rsidTr="001C4264">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="38AD4FD0" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               City</w:t>
             </w:r>
             <w:r w:rsidR="008F3A57">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>/State/Zip Code</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1732,130 +1730,130 @@
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">                     State         Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="6BDBBED8" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="68354DF7" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               City</w:t>
             </w:r>
             <w:r w:rsidR="008F3A57">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>/State/Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="5FFCF357" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="13" w:name="Text7"/>
+        <w:bookmarkStart w:id="12" w:name="Text7"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
+          <w:p w14:paraId="06103F0E" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1891,69 +1889,69 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="14" w:name="Text10"/>
-      <w:tr w:rsidR="008F3A57" w:rsidTr="001C4264">
+      <w:bookmarkStart w:id="13" w:name="Text10"/>
+      <w:tr w:rsidR="008F3A57" w14:paraId="4FC06C8B" w14:textId="77777777" w:rsidTr="001C4264">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
+          <w:p w14:paraId="628DCA50" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -1989,86 +1987,86 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
+          <w:p w14:paraId="74974796" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="15" w:name="Text48"/>
+        <w:bookmarkStart w:id="14" w:name="Text48"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
+          <w:p w14:paraId="6AA22E3D" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -2104,248 +2102,248 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
+          <w:p w14:paraId="6AD4D7F6" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
+          <w:p w14:paraId="026DF799" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B05A1F" w:rsidTr="001C4264">
+      <w:tr w:rsidR="00B05A1F" w14:paraId="40EA9DF9" w14:textId="77777777" w:rsidTr="001C4264">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="2410E0AC" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               </w:t>
             </w:r>
             <w:r w:rsidR="008F3A57">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>ate of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="3687FE9A" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="1A3F24CD" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">               Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="03739190" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="03A3E090" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="16" w:name="Text16"/>
-      <w:tr w:rsidR="008F3A57" w:rsidTr="001C4264">
+      <w:bookmarkStart w:id="15" w:name="Text16"/>
+      <w:tr w:rsidR="008F3A57" w14:paraId="5365425A" w14:textId="77777777" w:rsidTr="001C4264">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
+          <w:p w14:paraId="03BB3300" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
@@ -2384,83 +2382,83 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
+          <w:p w14:paraId="3FA03CCD" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="17" w:name="Text17"/>
+        <w:bookmarkStart w:id="16" w:name="Text17"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
+          <w:p w14:paraId="014947FD" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F874FE">
@@ -2499,229 +2497,526 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
+          <w:p w14:paraId="735B5B45" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
+          <w:p w14:paraId="12C96646" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B05A1F" w:rsidTr="001C4264">
+      <w:tr w:rsidR="002764FB" w14:paraId="0FD0E6E3" w14:textId="77777777" w:rsidTr="001C4264">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4602DE29" w14:textId="0DB48297" w:rsidR="002764FB" w:rsidRPr="002764FB" w:rsidRDefault="002764FB" w:rsidP="002764FB">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email Address </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:type w:val="date"/>
+                    <w:format w:val="M/d/yyyy"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="70" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7711A7F4" w14:textId="77777777" w:rsidR="002764FB" w:rsidRDefault="002764FB" w:rsidP="004D5ACF">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B652C68" w14:textId="3B597C75" w:rsidR="002764FB" w:rsidRDefault="002764FB" w:rsidP="002764FB">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email Address </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:type w:val="date"/>
+                    <w:format w:val="M/d/yyyy"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002764FB">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="67" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="736579DB" w14:textId="77777777" w:rsidR="002764FB" w:rsidRDefault="002764FB" w:rsidP="004D5ACF">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1700ABF0" w14:textId="77777777" w:rsidR="002764FB" w:rsidRDefault="002764FB" w:rsidP="004D5ACF">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B05A1F" w14:paraId="43618436" w14:textId="77777777" w:rsidTr="001C4264">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="6EAF5600" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">  Attorne Attorney Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="57834000" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="613B1F88" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">  A          Attorney Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="343594F3" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
+          <w:p w14:paraId="06A00160" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRDefault="00B05A1F" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="18" w:name="Text22"/>
-      <w:tr w:rsidR="008F3A57" w:rsidTr="001C4264">
+      <w:bookmarkStart w:id="17" w:name="Text22"/>
+      <w:tr w:rsidR="008F3A57" w14:paraId="2F58988D" w14:textId="77777777" w:rsidTr="001C4264">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
+          <w:p w14:paraId="0F19D846" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -2756,84 +3051,84 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
+          <w:p w14:paraId="6D8AA1EF" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="19" w:name="Text23"/>
+        <w:bookmarkStart w:id="18" w:name="Text23"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
+          <w:p w14:paraId="7A7349FA" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="000551A3" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -2869,428 +3164,428 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
+          <w:p w14:paraId="33E9FB46" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
+          <w:p w14:paraId="32598539" w14:textId="77777777" w:rsidR="008F3A57" w:rsidRDefault="008F3A57" w:rsidP="004D5ACF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidTr="001C4264">
+      <w:tr w:rsidR="001C4264" w:rsidRPr="001C4264" w14:paraId="253B1171" w14:textId="77777777" w:rsidTr="001C4264">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
+          <w:p w14:paraId="74E11F94" w14:textId="77777777" w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Check4"/>
+            <w:bookmarkStart w:id="19" w:name="Check4"/>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AA2798">
+            <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AA2798">
+            <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Check5"/>
+            <w:bookmarkStart w:id="20" w:name="Check5"/>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AA2798">
+            <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AA2798">
+            <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
+          <w:p w14:paraId="7B85601B" w14:textId="77777777" w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
+          <w:p w14:paraId="46C4E904" w14:textId="77777777" w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AA2798">
+            <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AA2798">
+            <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AA2798">
+            <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AA2798">
+            <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
+          <w:p w14:paraId="0B2C0603" w14:textId="77777777" w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
+          <w:p w14:paraId="32EF6679" w14:textId="77777777" w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidTr="001C4264">
+      <w:tr w:rsidR="001C4264" w:rsidRPr="001C4264" w14:paraId="77CD4CEB" w14:textId="77777777" w:rsidTr="001C4264">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
+          <w:p w14:paraId="6618DB97" w14:textId="77777777" w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Language </w:t>
             </w:r>
             <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text49"/>
+            <w:bookmarkStart w:id="21" w:name="Text49"/>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C4264">
@@ -3305,84 +3600,84 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
+          <w:p w14:paraId="62AD0AE4" w14:textId="77777777" w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
+          <w:p w14:paraId="2387C145" w14:textId="77777777" w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Language </w:t>
             </w:r>
             <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -3435,407 +3730,393 @@
             <w:r w:rsidRPr="001C4264">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000551A3" w:rsidRPr="001C4264">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
+          <w:p w14:paraId="2A0E31E2" w14:textId="77777777" w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
+          <w:p w14:paraId="7D9C7F51" w14:textId="77777777" w:rsidR="001C4264" w:rsidRPr="001C4264" w:rsidRDefault="001C4264" w:rsidP="001C4264">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00890A3A" w:rsidRDefault="00890A3A" w:rsidP="00890A3A">
+    <w:p w14:paraId="1A0CD560" w14:textId="77777777" w:rsidR="00890A3A" w:rsidRDefault="00890A3A" w:rsidP="00890A3A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00890A3A" w:rsidRPr="00890A3A" w:rsidRDefault="00890A3A" w:rsidP="00890A3A">
+    <w:p w14:paraId="79627D0B" w14:textId="77777777" w:rsidR="00890A3A" w:rsidRPr="00890A3A" w:rsidRDefault="00890A3A" w:rsidP="00890A3A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007919D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Does this matter relate to a federal immigration case?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="Check6"/>
+      <w:bookmarkStart w:id="22" w:name="Check6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA2798">
+      <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00AA2798">
+      <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   YES     </w:t>
       </w:r>
       <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="Check7"/>
+      <w:bookmarkStart w:id="23" w:name="Check7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA2798">
+      <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00AA2798">
+      <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="000551A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   NO</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="00683F40">
+    <w:p w14:paraId="5263FF8A" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="00683F40">
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">IN THE INTEREST OF the following </w:t>
-[...13 lines deleted...]
-        <w:t>ren):</w:t>
+        <w:t>IN THE INTEREST OF the following child(ren):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3708"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="3960"/>
         <w:gridCol w:w="1620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A93556" w:rsidTr="00C54107">
+      <w:tr w:rsidR="00A93556" w14:paraId="58968A83" w14:textId="77777777" w:rsidTr="00C54107">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3708" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
+          <w:p w14:paraId="614F2460" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
+          <w:p w14:paraId="34336F83" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
+          <w:p w14:paraId="3449B900" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
+          <w:p w14:paraId="0B4B08A0" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="25" w:name="Text36"/>
-      <w:tr w:rsidR="00A93556" w:rsidTr="00C54107">
+      <w:bookmarkStart w:id="24" w:name="Text36"/>
+      <w:tr w:rsidR="00A93556" w14:paraId="642EDE6B" w14:textId="77777777" w:rsidTr="00C54107">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
+          <w:p w14:paraId="224C99C2" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -3879,64 +4160,64 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="26" w:name="Text27"/>
+            <w:bookmarkEnd w:id="24"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="25" w:name="Text27"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
+          <w:p w14:paraId="6FB37CF8" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
@@ -3983,64 +4264,64 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="27" w:name="Text30"/>
+            <w:bookmarkEnd w:id="25"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="26" w:name="Text30"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
+          <w:p w14:paraId="53CE1999" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -4084,64 +4365,64 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="28" w:name="Text33"/>
+            <w:bookmarkEnd w:id="26"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="27" w:name="Text33"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
+          <w:p w14:paraId="24B8E4D1" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
@@ -4188,174 +4469,174 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A93556" w:rsidTr="00C54107">
+      <w:tr w:rsidR="00A93556" w14:paraId="62286017" w14:textId="77777777" w:rsidTr="00C54107">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3708" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
+          <w:p w14:paraId="7517AD6C" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
+          <w:p w14:paraId="2865006C" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
+          <w:p w14:paraId="45CDF032" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
+          <w:p w14:paraId="08849A84" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="29" w:name="Text26"/>
-      <w:tr w:rsidR="00A93556" w:rsidTr="00C54107">
+      <w:bookmarkStart w:id="28" w:name="Text26"/>
+      <w:tr w:rsidR="00A93556" w14:paraId="64CF867E" w14:textId="77777777" w:rsidTr="00C54107">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
+          <w:p w14:paraId="41FB3DA7" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -4399,64 +4680,64 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="30" w:name="Text29"/>
+            <w:bookmarkEnd w:id="28"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="29" w:name="Text29"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
+          <w:p w14:paraId="5E790DB4" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
@@ -4503,64 +4784,64 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="31" w:name="Text32"/>
+            <w:bookmarkEnd w:id="29"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="30" w:name="Text32"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
+          <w:p w14:paraId="650F8AA7" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -4604,64 +4885,64 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="32" w:name="Text35"/>
+            <w:bookmarkEnd w:id="30"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="31" w:name="Text35"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
+          <w:p w14:paraId="204727D3" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
@@ -4708,171 +4989,171 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F874FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A93556" w:rsidTr="00C54107">
+      <w:tr w:rsidR="00A93556" w14:paraId="58B3B3DC" w14:textId="77777777" w:rsidTr="00C54107">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3708" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
+          <w:p w14:paraId="08677C80" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
+          <w:p w14:paraId="051FDD1F" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
+          <w:p w14:paraId="32729E97" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
+          <w:p w14:paraId="723AE6C3" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="33" w:name="Text25"/>
-      <w:tr w:rsidR="00A93556" w:rsidTr="00C54107">
+      <w:bookmarkStart w:id="32" w:name="Text25"/>
+      <w:tr w:rsidR="00A93556" w14:paraId="3888799F" w14:textId="77777777" w:rsidTr="00C54107">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
+          <w:p w14:paraId="0107E3DB" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -4916,63 +5197,63 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="34" w:name="Text28"/>
+            <w:bookmarkEnd w:id="32"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="33" w:name="Text28"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
+          <w:p w14:paraId="26BCEF60" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
@@ -5019,63 +5300,63 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="35" w:name="Text31"/>
+            <w:bookmarkEnd w:id="33"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="34" w:name="Text31"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
+          <w:p w14:paraId="3937ECCD" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -5119,63 +5400,63 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="36" w:name="Text34"/>
+            <w:bookmarkEnd w:id="34"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="35" w:name="Text34"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
+          <w:p w14:paraId="318438EC" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="000551A3" w:rsidP="006F6C35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
@@ -5222,115 +5503,115 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="00B05A1F">
+    <w:p w14:paraId="66AE91F7" w14:textId="77777777" w:rsidR="00A93556" w:rsidRDefault="00A93556" w:rsidP="00B05A1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3078"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="1242"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="1391"/>
         <w:gridCol w:w="1057"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00137CBD" w:rsidRPr="00A84D00" w:rsidTr="00C54107">
+      <w:tr w:rsidR="00137CBD" w:rsidRPr="00A84D00" w14:paraId="275F2B98" w14:textId="77777777" w:rsidTr="00C54107">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3798" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRPr="00A84D00" w:rsidRDefault="00137CBD" w:rsidP="00CA5395">
+          <w:p w14:paraId="52229C54" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRPr="00A84D00" w:rsidRDefault="00137CBD" w:rsidP="00CA5395">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A84D00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The said child(ren) live with (Name):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6930" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRPr="00A84D00" w:rsidRDefault="000551A3" w:rsidP="00CA5395">
+          <w:p w14:paraId="14D41610" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRPr="00A84D00" w:rsidRDefault="000551A3" w:rsidP="00CA5395">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A84D00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00137CBD" w:rsidRPr="00A84D00">
@@ -5390,83 +5671,83 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00137CBD" w:rsidRPr="00A84D00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A84D00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00137CBD" w:rsidRPr="00A84D00" w:rsidTr="00C54107">
+      <w:tr w:rsidR="00137CBD" w:rsidRPr="00A84D00" w14:paraId="0D016700" w14:textId="77777777" w:rsidTr="00C54107">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRPr="00A84D00" w:rsidRDefault="00137CBD" w:rsidP="00A84D00">
+          <w:p w14:paraId="09184083" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRPr="00A84D00" w:rsidRDefault="00137CBD" w:rsidP="00A84D00">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A84D00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Relationship to child(ren):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRPr="00A84D00" w:rsidRDefault="000551A3" w:rsidP="00A84D00">
+          <w:p w14:paraId="026F9059" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRPr="00A84D00" w:rsidRDefault="000551A3" w:rsidP="00A84D00">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A84D00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -5527,64 +5808,64 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00137CBD" w:rsidRPr="00A84D00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A84D00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00137CBD" w:rsidTr="00C54107">
+      <w:tr w:rsidR="00137CBD" w14:paraId="69AB1D61" w14:textId="77777777" w:rsidTr="00C54107">
         <w:tblPrEx>
           <w:tblBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRDefault="000551A3" w:rsidP="00CA5395">
+          <w:p w14:paraId="09D9151E" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="000551A3" w:rsidP="00CA5395">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5636,51 +5917,51 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRDefault="000551A3" w:rsidP="00CA5395">
+          <w:p w14:paraId="680BC726" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="000551A3" w:rsidP="00CA5395">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5732,51 +6013,51 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRDefault="000551A3" w:rsidP="00CA5395">
+          <w:p w14:paraId="26E3F4A5" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="000551A3" w:rsidP="00CA5395">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="3"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
@@ -5810,56 +6091,56 @@
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="37" w:name="Text37"/>
+        <w:bookmarkStart w:id="36" w:name="Text37"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00137CBD" w:rsidRDefault="000551A3" w:rsidP="00CA5395">
+          <w:p w14:paraId="122D29D9" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="000551A3" w:rsidP="00CA5395">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="5"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
@@ -5907,56 +6188,56 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007919D2">
+    <w:p w14:paraId="6493113D" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="007919D2">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="-86"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(STREET</w:t>
       </w:r>
       <w:r w:rsidRPr="00201DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
@@ -6022,91 +6303,90 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidRPr="00201DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ZIP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> CODE)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="00B05A1F">
+    <w:p w14:paraId="79094CCA" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="00B05A1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Petitioner alleges the following facts: (Please list in consecutively numbered paragraphs. Attach additional pages if needed.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10848"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00137CBD" w:rsidRPr="00A84D00" w:rsidTr="00FC1A61">
+      <w:tr w:rsidR="00137CBD" w:rsidRPr="00A84D00" w14:paraId="7DD2DCA2" w14:textId="77777777" w:rsidTr="00FC1A61">
         <w:trPr>
           <w:trHeight w:val="1785"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10848" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="38" w:name="Text47"/>
-          <w:p w:rsidR="00137CBD" w:rsidRPr="00A84D00" w:rsidRDefault="000551A3" w:rsidP="00B50E4B">
+          <w:bookmarkStart w:id="37" w:name="Text47"/>
+          <w:p w14:paraId="74D3D658" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRPr="00A84D00" w:rsidRDefault="000551A3" w:rsidP="00B50E4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6161,403 +6441,385 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C54107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B50E4B" w:rsidRDefault="00B50E4B" w:rsidP="00683F40">
+    <w:p w14:paraId="1D673DFF" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRDefault="00B50E4B" w:rsidP="00683F40">
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">WHEREFORE, Petitioner prays that a Summons issue to the above-named person(s) and the person(s) listed in Paragraph 5 of the attached Separate Statement, and that the Court grant Custody of the above-named </w:t>
-[...17 lines deleted...]
-        <w:t>ren) to Petitioner and enter such Orders as may be in the best interest of the child(ren). The attached Statement is incorporated and made part hereof.</w:t>
+        <w:t>WHEREFORE, Petitioner prays that a Summons issue to the above-named person(s) and the person(s) listed in Paragraph 5 of the attached Separate Statement, and that the Court grant Custody of the above-named child(ren) to Petitioner and enter such Orders as may be in the best interest of the child(ren). The attached Statement is incorporated and made part hereof.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4341"/>
         <w:gridCol w:w="1853"/>
         <w:gridCol w:w="4324"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidTr="00FC1A61">
+      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w14:paraId="2AE6C335" w14:textId="77777777" w:rsidTr="00FC1A61">
         <w:trPr>
           <w:trHeight w:val="363"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00A84D00">
+          <w:p w14:paraId="1CC21EF4" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00A84D00">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A84D00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SWORN TO AND SUBSCRIBED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00A84D00">
+          <w:p w14:paraId="5E2A3CC6" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00A84D00">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00A84D00">
+          <w:p w14:paraId="156A525F" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00A84D00">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidTr="00FC1A61">
+      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w14:paraId="20EE6BA3" w14:textId="77777777" w:rsidTr="00FC1A61">
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
+          <w:p w14:paraId="71DB80AC" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A84D00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>before me this date,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
+          <w:p w14:paraId="0CE43E13" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
+          <w:p w14:paraId="2B2E0E7C" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidTr="00FC1A61">
+      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w14:paraId="16AA9DAC" w14:textId="77777777" w:rsidTr="00FC1A61">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
+          <w:p w14:paraId="75A415B7" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
+          <w:p w14:paraId="32E214F4" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
+          <w:p w14:paraId="264A97B4" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidTr="00FC1A61">
+      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w14:paraId="01CC5D52" w14:textId="77777777" w:rsidTr="00FC1A61">
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00A84D00">
+          <w:p w14:paraId="2A6F9BB0" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00A84D00">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
+          <w:p w14:paraId="16B47E5D" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00AA2798" w:rsidP="00A84D00">
+          <w:p w14:paraId="25607DF1" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00AA2798" w:rsidP="00A84D00">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Text50"/>
+            <w:bookmarkStart w:id="38" w:name="Text50"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6590,688 +6852,708 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidTr="00FC1A61">
+      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w14:paraId="65273681" w14:textId="77777777" w:rsidTr="00FC1A61">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00A84D00">
+          <w:p w14:paraId="1824D34E" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00A84D00">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
+          <w:p w14:paraId="57CB19E0" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00F52EA6" w:rsidP="00A84D00">
+          <w:p w14:paraId="25AC7C3F" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00F52EA6" w:rsidP="00A84D00">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A84D00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Petitioner</w:t>
             </w:r>
             <w:r w:rsidR="00B50E4B" w:rsidRPr="00A84D00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/Attorney</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidTr="00FC1A61">
+      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w14:paraId="0B6D31E3" w14:textId="77777777" w:rsidTr="00FC1A61">
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00A84D00">
+          <w:p w14:paraId="2C62E6DB" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00A84D00">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
+          <w:p w14:paraId="693F19ED" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
+          <w:p w14:paraId="34D2860B" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidTr="00FC1A61">
+      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w14:paraId="7D982234" w14:textId="77777777" w:rsidTr="00FC1A61">
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00C54107" w:rsidP="00C54107">
+          <w:p w14:paraId="771F756D" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00C54107" w:rsidP="00C54107">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Clerk of Court/No</w:t>
             </w:r>
             <w:r w:rsidR="00B50E4B" w:rsidRPr="00A84D00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>tary Public</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
+          <w:p w14:paraId="0CE8DDFF" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
+          <w:p w14:paraId="5C993BCD" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A84D00" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B50E4B" w:rsidRPr="00A93556" w:rsidRDefault="00B50E4B" w:rsidP="00FC1A61">
+    <w:p w14:paraId="506512F6" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00A93556" w:rsidRDefault="00B50E4B" w:rsidP="00FC1A61">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B50E4B" w:rsidRPr="00A93556" w:rsidSect="00CA5395">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="288" w:left="720" w:header="288" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00890A3A" w:rsidRDefault="00890A3A">
+    <w:p w14:paraId="6F7EBD11" w14:textId="77777777" w:rsidR="00890A3A" w:rsidRDefault="00890A3A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00890A3A" w:rsidRDefault="00890A3A">
+    <w:p w14:paraId="5BF3CED0" w14:textId="77777777" w:rsidR="00890A3A" w:rsidRDefault="00890A3A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00890A3A" w:rsidRDefault="00890A3A">
+    <w:p w14:paraId="700C4DE3" w14:textId="77777777" w:rsidR="00890A3A" w:rsidRDefault="00890A3A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00890A3A" w:rsidRDefault="00890A3A">
+    <w:p w14:paraId="76828461" w14:textId="77777777" w:rsidR="00890A3A" w:rsidRDefault="00890A3A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00DE20AE" w:rsidRDefault="00DE20AE" w:rsidP="00A93556">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="65F354BE" w14:textId="77777777" w:rsidR="00DE20AE" w:rsidRDefault="00DE20AE" w:rsidP="00A93556">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-180"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form 345</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00DE20AE" w:rsidRDefault="00DE20AE" w:rsidP="00A93556">
+  <w:p w14:paraId="4306F7AE" w14:textId="77777777" w:rsidR="00DE20AE" w:rsidRDefault="00DE20AE" w:rsidP="00A93556">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-180"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>(Rev. 6/05)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00DE20AE" w:rsidRDefault="00DE20AE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4F309581" w14:textId="77777777" w:rsidR="00DE20AE" w:rsidRDefault="00DE20AE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Form 345</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00DE20AE" w:rsidRPr="00A543AB" w:rsidRDefault="002B451F">
+  <w:p w14:paraId="15E44ECE" w14:textId="552E3F45" w:rsidR="00DE20AE" w:rsidRPr="00A543AB" w:rsidRDefault="002B451F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Rev. 02</w:t>
+      <w:t xml:space="preserve">Rev. </w:t>
+    </w:r>
+    <w:r w:rsidR="009E5A92">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>11</w:t>
     </w:r>
     <w:r w:rsidR="00DE20AE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>/1</w:t>
+      <w:t>/</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="009E5A92">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>25</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B1C5DB0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1120103974">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="148522991">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="UiE//L+hkUEZ+Vh0HiP437OI6tNtZlliyW0nc3hIv02ffTzhaJw2w2b3AjT6D94jMW/cxB3+mX6Rfc/EELGZrw==" w:salt="zWwfNQjcDlXTE4ISB9ZG4Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="hFymFxu3PUctW7OGHML4EztCbQ8Ci7pYddtq1LTAJ83lvo6yCRxkZqKBhmvGrE2o6Roa8F+2qQaMNvv6vhqvvA==" w:salt="wpoLf+3pT4KkH0Q60d/1dQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotSuppressParagraphBorders/>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A15C25"/>
     <w:rsid w:val="000551A3"/>
     <w:rsid w:val="00137CBD"/>
     <w:rsid w:val="001C4264"/>
     <w:rsid w:val="001E216E"/>
     <w:rsid w:val="002113A3"/>
     <w:rsid w:val="00221899"/>
+    <w:rsid w:val="002764FB"/>
     <w:rsid w:val="002B451F"/>
     <w:rsid w:val="003238CD"/>
     <w:rsid w:val="003B5F03"/>
     <w:rsid w:val="004D5ACF"/>
+    <w:rsid w:val="005539B7"/>
+    <w:rsid w:val="005D0B67"/>
+    <w:rsid w:val="00626880"/>
     <w:rsid w:val="00652E57"/>
     <w:rsid w:val="00683F40"/>
+    <w:rsid w:val="006A0416"/>
     <w:rsid w:val="006F0719"/>
     <w:rsid w:val="006F6C35"/>
     <w:rsid w:val="007034E2"/>
+    <w:rsid w:val="0072041F"/>
     <w:rsid w:val="007605AA"/>
+    <w:rsid w:val="00770C4B"/>
     <w:rsid w:val="0079150D"/>
     <w:rsid w:val="007919D2"/>
     <w:rsid w:val="007D24D0"/>
     <w:rsid w:val="00890A3A"/>
     <w:rsid w:val="008D6C92"/>
     <w:rsid w:val="008F3A57"/>
     <w:rsid w:val="0095195B"/>
+    <w:rsid w:val="00986C2F"/>
+    <w:rsid w:val="009E5A92"/>
     <w:rsid w:val="00A032BA"/>
     <w:rsid w:val="00A15C25"/>
     <w:rsid w:val="00A51D15"/>
     <w:rsid w:val="00A543AB"/>
     <w:rsid w:val="00A84D00"/>
     <w:rsid w:val="00A93556"/>
     <w:rsid w:val="00AA2798"/>
+    <w:rsid w:val="00AC7244"/>
     <w:rsid w:val="00AF0F99"/>
     <w:rsid w:val="00B05A1F"/>
     <w:rsid w:val="00B50E4B"/>
     <w:rsid w:val="00C54107"/>
     <w:rsid w:val="00C765BC"/>
     <w:rsid w:val="00CA5395"/>
     <w:rsid w:val="00CA6882"/>
     <w:rsid w:val="00D64C99"/>
     <w:rsid w:val="00DB53B3"/>
     <w:rsid w:val="00DC5C09"/>
     <w:rsid w:val="00DE20AE"/>
+    <w:rsid w:val="00E418F3"/>
     <w:rsid w:val="00E4728F"/>
     <w:rsid w:val="00F52EA6"/>
     <w:rsid w:val="00F874FE"/>
     <w:rsid w:val="00FC1A61"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="383F8161"/>
+  <w14:docId w14:val="3CC39418"/>
   <w15:docId w15:val="{A447DE4A-D373-4B10-801B-218772A518EA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7592,50 +7874,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A15C25"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A15C25"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-540" w:right="-72"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -7741,51 +8028,51 @@
     <w:qFormat/>
     <w:rsid w:val="00F874FE"/>
     <w:pPr>
       <w:ind w:left="-90"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
     <w:name w:val="Style1 Char"/>
     <w:link w:val="Style1"/>
     <w:rsid w:val="00F874FE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -8038,67 +8325,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>412</Words>
-  <Characters>2354</Characters>
+  <Words>423</Words>
+  <Characters>2417</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2761</CharactersWithSpaces>
+  <CharactersWithSpaces>2835</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:creator>Ahmed, Iqbal (Courts)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>