--- v0 (2025-12-30)
+++ v1 (2026-03-31)
@@ -1,63 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="00F3017B">
+    <w:p w14:paraId="7F7FE67C" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="006F0ACF" w:rsidRDefault="00F3017B" w:rsidP="00382C90">
       <w:pPr>
         <w:pStyle w:val="Title"/>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F0ACF">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4452E05D" wp14:editId="3A76237B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2703195</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-213360</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1152525" cy="1152525"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2" descr="test2 Family-Court-grayscale-9per"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="test2 Family-Court-grayscale-9per"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
@@ -72,2799 +80,3376 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1152525" cy="1152525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="002C0D15">
+      <w:r w:rsidR="002C0D15" w:rsidRPr="006F0ACF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
         <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
-      <w:pPr>
+    <w:p w14:paraId="47856465" w14:textId="2E94000D" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00382C90">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In and For </w:t>
+        <w:t xml:space="preserve">In and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00382C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00382C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00C928EF">
+      <w:r w:rsidR="00C928EF" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Check1"/>
-      <w:r>
+      <w:bookmarkStart w:id="1" w:name="Check1"/>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CF576E">
+      <w:r w:rsidR="00C928EF" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00CF576E">
+      <w:r w:rsidR="00C928EF" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C928EF">
+      <w:r w:rsidR="00C928EF" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle</w:t>
       </w:r>
-      <w:r w:rsidR="00067ADC">
+      <w:r w:rsidR="00067ADC" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> County</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C928EF" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Check2"/>
-      <w:r>
+      <w:bookmarkStart w:id="2" w:name="Check2"/>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CF576E">
+      <w:r w:rsidR="00C928EF" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00CF576E">
+      <w:r w:rsidR="00C928EF" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C928EF">
+      <w:r w:rsidR="00C928EF" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-      <w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent</w:t>
       </w:r>
-      <w:r w:rsidR="00067ADC">
+      <w:r w:rsidR="00067ADC" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> County</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C928EF" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Check3"/>
-      <w:r>
+      <w:bookmarkStart w:id="3" w:name="Check3"/>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CF576E">
+      <w:r w:rsidR="00C928EF" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00CF576E">
+      <w:r w:rsidR="00C928EF" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C928EF">
+      <w:r w:rsidR="00C928EF" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-      <w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Sussex County</w:t>
+        <w:t xml:space="preserve"> Sussex </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00F637A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>County</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4933"/>
+        <w:gridCol w:w="5041"/>
         <w:gridCol w:w="296"/>
-        <w:gridCol w:w="1593"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1611"/>
+        <w:gridCol w:w="2610"/>
+        <w:gridCol w:w="1170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005808FD">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="5EDB488F" w14:textId="77777777" w:rsidTr="00F637A6">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
+          <w:p w14:paraId="62893726" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00942887">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="45159A6D" w14:textId="73FE8EB0" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00942887">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5391" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
+          <w:p w14:paraId="68D21778" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00942887">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005808FD">
-[...52 lines deleted...]
-      <w:tr w:rsidR="005808FD">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="50EB77A4" w14:textId="77777777" w:rsidTr="00CB1C13">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1170" w:type="dxa"/>
           <w:cantSplit/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="00C928EF">
+          <w:p w14:paraId="1D7B7A5B" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="00C928EF" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text1"/>
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:bookmarkStart w:id="4" w:name="Text1"/>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002C0D15">
-[...42 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="2511B7D2" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1611" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="33C5C70F" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>File No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="00C928EF">
+          <w:p w14:paraId="45726723" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="00C928EF" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="11"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text3"/>
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:bookmarkStart w:id="5" w:name="Text3"/>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002C0D15">
-[...42 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005808FD">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="5D68D3B2" w14:textId="77777777" w:rsidTr="00CB1C13">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="7459A4D1" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                                     Petitioner,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="2E14E8C1" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5391" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
+          <w:p w14:paraId="7331ED48" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005808FD">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="6D38BD18" w14:textId="77777777" w:rsidTr="00CB1C13">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="198E4D46" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="033748B4" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5391" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
+          <w:p w14:paraId="7AECE5CC" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005808FD">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="3E5F42B0" w14:textId="77777777" w:rsidTr="00CB1C13">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1170" w:type="dxa"/>
           <w:cantSplit/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
+          <w:p w14:paraId="34BB278C" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="0AE8FA02" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1611" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="26CBD188" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Petition No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="00C928EF">
+          <w:p w14:paraId="743207B9" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="00C928EF" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text4"/>
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:bookmarkStart w:id="6" w:name="Text4"/>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002C0D15">
-[...42 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005808FD">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="61CE0DEF" w14:textId="77777777" w:rsidTr="00CB1C13">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="00C928EF">
+          <w:p w14:paraId="678E24CA" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="00C928EF" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text2"/>
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:bookmarkStart w:id="7" w:name="Text2"/>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002C0D15">
-[...42 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="532644D4" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5391" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
+          <w:p w14:paraId="7E2B64FC" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005808FD">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="58D5BD1C" w14:textId="77777777" w:rsidTr="00CB1C13">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="38F9635D" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                                     Respondent,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="5265C2F2" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5391" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
+          <w:p w14:paraId="24F4A7CA" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
-      <w:pPr>
+    <w:p w14:paraId="076105C4" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00382C90">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
-      <w:pPr>
+    <w:p w14:paraId="656FBCC8" w14:textId="325211A7" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00942887">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">WAIVER OF RIGHTS UNDER THE </w:t>
+      <w:r w:rsidRPr="00382C90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>WAIVER OF RIGHTS UNDER THE “SERVICEMEMBERS CIVIL RELIEF ACT”</w:t>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2484"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5177"/>
+        <w:gridCol w:w="2529"/>
+        <w:gridCol w:w="2529"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="5310"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005808FD">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="40057F24" w14:textId="77777777" w:rsidTr="00CB1C13">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="0AAA258B" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>STATE OF DELAWARE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="3C6EF3A7" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
+          <w:p w14:paraId="07862351" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005808FD">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="5F8F5D98" w14:textId="77777777" w:rsidTr="00CB1C13">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
+          <w:p w14:paraId="2DEB6212" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="3A1E05C9" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="2CD0C12B" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                ss.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005808FD">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="1A1E6CD1" w14:textId="77777777" w:rsidTr="00CB1C13">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="00C928EF">
+          <w:p w14:paraId="1A067B4B" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="00C928EF" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text24"/>
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:bookmarkStart w:id="8" w:name="Text24"/>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002C0D15">
-[...42 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="05B4B561" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>COUNTY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="009F0882" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
+          <w:p w14:paraId="70161487" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00CB1C13">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
-      <w:pPr>
+    <w:p w14:paraId="10CCC331" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00942887">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4522"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2654"/>
+        <w:gridCol w:w="4608"/>
+        <w:gridCol w:w="3420"/>
+        <w:gridCol w:w="2700"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005808FD">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="5FE581E6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="1A68FB01" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00F637A6">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>BE IT REMEMBERED, that on this date,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="00C928EF">
+          <w:p w14:paraId="487224C9" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="00C928EF" w:rsidP="00F637A6">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="18"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="002C0D15">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002C0D15">
-[...42 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="5DFA218A" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00F637A6">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, personally appeared</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
-      <w:pPr>
+    <w:p w14:paraId="02B53B6F" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00F637A6">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>before</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> me, a Notary Public for the State of Delaware in the County declared above,</w:t>
+        <w:t>before me, a Notary Public for the State of Delaware in the County declared above,</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3960"/>
         <w:gridCol w:w="6552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005808FD" w:rsidTr="00191DFA">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="2713A5DC" w14:textId="77777777" w:rsidTr="00191DFA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="00C928EF" w:rsidP="00191DFA">
+          <w:p w14:paraId="7DB5D3DB" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="00C928EF" w:rsidP="00F637A6">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text25"/>
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:bookmarkStart w:id="9" w:name="Text25"/>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002C0D15">
-[...42 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C0D15" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+          <w:p w14:paraId="438D8427" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00F637A6">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, (“Affiant”), who, being duly sworn by me according to law</w:t>
             </w:r>
-            <w:r w:rsidR="007F1987">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="007F1987" w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
-      <w:pPr>
+    <w:p w14:paraId="0EC28AAB" w14:textId="117BF42F" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00942887">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>did</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> depose and say:</w:t>
+        <w:t>did depose and say:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
-[...7 lines deleted...]
-    <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+    <w:p w14:paraId="5327F597" w14:textId="7334C786" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00942887">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>That Affiant is the Respond</w:t>
       </w:r>
-      <w:r w:rsidR="007F1987">
+      <w:r w:rsidR="007F1987" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ent in the above captioned case;</w:t>
+        <w:t xml:space="preserve">ent in the above captioned </w:t>
+      </w:r>
+      <w:r w:rsidR="009C1FCB" w:rsidRPr="00382C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>case.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
-[...7 lines deleted...]
-    <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+    <w:p w14:paraId="54805E22" w14:textId="70399824" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00942887">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>That Affiant is active duty in the United States mi</w:t>
       </w:r>
-      <w:r w:rsidR="007F1987">
+      <w:r w:rsidR="007F1987" w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>litary;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
-[...7 lines deleted...]
-    <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+    <w:p w14:paraId="5BA80FB9" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00942887">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Affiant waives his/her rights under the “Servicemembers Civil Relief Act” and in doing so acknowledges that he/she, or his/her attorney, will be required to timely respond to and appear at all legal proceedings associated with the above captioned case.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
-      <w:pPr>
+    <w:p w14:paraId="3B25FAB4" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00382C90">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5148" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5220"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005808FD">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="5FECB501" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="00067ADC">
+          <w:p w14:paraId="3B0F95A5" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="00067ADC" w:rsidP="00F637A6">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Text26"/>
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:bookmarkStart w:id="10" w:name="Text26"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...42 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
-      <w:pPr>
+    <w:p w14:paraId="0DC5F41E" w14:textId="2B3A52E7" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00382C90">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="6480"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Respondent (“Affiant”)</w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5952"/>
         <w:gridCol w:w="1698"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="483"/>
         <w:gridCol w:w="327"/>
         <w:gridCol w:w="810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00191DFA" w:rsidTr="00CF576E">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="503C40F5" w14:textId="77777777" w:rsidTr="00CF576E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5952" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00191DFA" w:rsidRDefault="00191DFA">
+          <w:p w14:paraId="7E32E428" w14:textId="77777777" w:rsidR="00191DFA" w:rsidRPr="00382C90" w:rsidRDefault="00191DFA" w:rsidP="00F637A6">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SWORN TO AND SUBSCRIBED before me this date,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1698" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00191DFA" w:rsidRDefault="00191DFA">
+          <w:p w14:paraId="0167DAC1" w14:textId="77777777" w:rsidR="00191DFA" w:rsidRPr="00382C90" w:rsidRDefault="00191DFA" w:rsidP="00F637A6">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...42 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00191DFA" w:rsidRDefault="00191DFA">
+          <w:p w14:paraId="083FDA49" w14:textId="77777777" w:rsidR="00191DFA" w:rsidRPr="00382C90" w:rsidRDefault="00191DFA" w:rsidP="00F637A6">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00191DFA" w:rsidRDefault="00191DFA">
+          <w:p w14:paraId="14A5D088" w14:textId="77777777" w:rsidR="00191DFA" w:rsidRPr="00382C90" w:rsidRDefault="00191DFA" w:rsidP="00F637A6">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...18 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00191DFA" w:rsidRDefault="00CF576E" w:rsidP="00CF576E">
+          <w:p w14:paraId="383D9E40" w14:textId="77777777" w:rsidR="00191DFA" w:rsidRPr="00382C90" w:rsidRDefault="00CF576E" w:rsidP="00F637A6">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00191DFA" w:rsidRDefault="00191DFA">
+          <w:p w14:paraId="2EECDF38" w14:textId="77777777" w:rsidR="00191DFA" w:rsidRPr="00382C90" w:rsidRDefault="00191DFA" w:rsidP="00F637A6">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...34 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
-[...1 lines deleted...]
-        <w:ind w:left="5760" w:firstLine="720"/>
+    <w:p w14:paraId="1381301B" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00382C90">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5148" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5220"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005808FD">
+      <w:tr w:rsidR="00382C90" w:rsidRPr="00382C90" w14:paraId="713CE8F6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005808FD" w:rsidRDefault="00191DFA">
+          <w:p w14:paraId="5E1F48E9" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="00191DFA" w:rsidP="00F637A6">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...42 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00382C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
-      <w:pPr>
+    <w:p w14:paraId="48C208CC" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="002C0D15" w:rsidP="00382C90">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="5040" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00382C90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Notary Public or Clerk of Court</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
-      <w:pPr>
+    <w:p w14:paraId="56D85572" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidRDefault="005808FD" w:rsidP="00382C90">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005808FD" w:rsidSect="005808FD">
+    <w:sectPr w:rsidR="005808FD" w:rsidRPr="00382C90" w:rsidSect="00382C90">
       <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="317" w:right="864" w:bottom="907" w:left="864" w:header="144" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="144" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00067ADC" w:rsidRDefault="00067ADC">
+    <w:p w14:paraId="16A98C35" w14:textId="77777777" w:rsidR="00067ADC" w:rsidRDefault="00067ADC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00067ADC" w:rsidRDefault="00067ADC">
+    <w:p w14:paraId="705B367F" w14:textId="77777777" w:rsidR="00067ADC" w:rsidRDefault="00067ADC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-639956141"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1728636285"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:p w14:paraId="10B9EC9C" w14:textId="4BC7610E" w:rsidR="00F637A6" w:rsidRDefault="00F637A6">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="306743F1" w14:textId="77777777" w:rsidR="00382C90" w:rsidRDefault="00382C90">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00067ADC" w:rsidRDefault="00067ADC">
+    <w:p w14:paraId="55287077" w14:textId="77777777" w:rsidR="00067ADC" w:rsidRDefault="00067ADC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00067ADC" w:rsidRDefault="00067ADC">
+    <w:p w14:paraId="4A06AE11" w14:textId="77777777" w:rsidR="00067ADC" w:rsidRDefault="00067ADC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0C7716C7" w14:textId="77777777" w:rsidR="005808FD" w:rsidRDefault="005808FD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="72"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="005808FD" w:rsidRDefault="005808FD">
+  <w:p w14:paraId="4FB18EDC" w14:textId="77777777" w:rsidR="005808FD" w:rsidRDefault="005808FD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="72"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="005808FD" w:rsidRDefault="002C0D15">
+  <w:p w14:paraId="69C25B19" w14:textId="77777777" w:rsidR="005808FD" w:rsidRPr="00F637A6" w:rsidRDefault="002C0D15">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="72"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00F637A6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Form 420</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="005808FD" w:rsidRPr="007F1987" w:rsidRDefault="00191DFA">
+  <w:p w14:paraId="602DAB5E" w14:textId="5C5AFDE3" w:rsidR="005808FD" w:rsidRPr="00F637A6" w:rsidRDefault="00191DFA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="72"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00F637A6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
-[...1 lines deleted...]
-      <w:t>Rev 6/20</w:t>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Rev </w:t>
+    </w:r>
+    <w:r w:rsidR="004149F5">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidR="008C40FF" w:rsidRPr="00F637A6">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="004149F5">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="008C40FF" w:rsidRPr="00F637A6">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05C039C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04F2F210"/>
     <w:lvl w:ilvl="0" w:tplc="D59E8E3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -3791,172 +4376,198 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1840658287">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2073770725">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="861212392">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1018048833">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="619066390">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1164778112">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="694424838">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="450327184">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="561983581">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="EsKCTC0KaZJbPvLqH9wUWVmhJHChnhfJVmhI9VQa3UHFk4o1tlVI16v8l/X2wBtby0/8tQGaxBWN/MhEDWOpaQ==" w:salt="SRtXg/uAGyDVNfOyOL8hxg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="r94q9JSic2DpfrjNI8PvR0Mgqc6OKSwuN6Iddfag3MzW+BO1fa7knLmDxxEqDoUb4UhL7AhJFK9OI3U/u4N7Mg==" w:salt="74e69m5ksaimQDotAnI/lw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C0D15"/>
     <w:rsid w:val="00067ADC"/>
+    <w:rsid w:val="0008734E"/>
     <w:rsid w:val="000B4278"/>
     <w:rsid w:val="000D24B8"/>
+    <w:rsid w:val="000D53C2"/>
+    <w:rsid w:val="0018231D"/>
     <w:rsid w:val="00191DFA"/>
+    <w:rsid w:val="002838CB"/>
     <w:rsid w:val="002C0D15"/>
+    <w:rsid w:val="002D09D0"/>
     <w:rsid w:val="002F7BD0"/>
+    <w:rsid w:val="003112E9"/>
     <w:rsid w:val="00371DD1"/>
+    <w:rsid w:val="00382C90"/>
+    <w:rsid w:val="004149F5"/>
     <w:rsid w:val="004804B1"/>
     <w:rsid w:val="005808FD"/>
+    <w:rsid w:val="006A78F2"/>
+    <w:rsid w:val="006F0ACF"/>
     <w:rsid w:val="007E536F"/>
     <w:rsid w:val="007F1987"/>
+    <w:rsid w:val="00800FCF"/>
+    <w:rsid w:val="008C40FF"/>
+    <w:rsid w:val="00942887"/>
+    <w:rsid w:val="009C1FCB"/>
     <w:rsid w:val="00A4634B"/>
     <w:rsid w:val="00A90DA7"/>
+    <w:rsid w:val="00B705C3"/>
     <w:rsid w:val="00C00C90"/>
+    <w:rsid w:val="00C8093E"/>
     <w:rsid w:val="00C928EF"/>
+    <w:rsid w:val="00CA4140"/>
+    <w:rsid w:val="00CB1C13"/>
     <w:rsid w:val="00CF576E"/>
+    <w:rsid w:val="00CF647C"/>
+    <w:rsid w:val="00DA305D"/>
     <w:rsid w:val="00E217C9"/>
     <w:rsid w:val="00E55268"/>
+    <w:rsid w:val="00E7225A"/>
+    <w:rsid w:val="00EE0AA9"/>
+    <w:rsid w:val="00F00BB0"/>
     <w:rsid w:val="00F3017B"/>
+    <w:rsid w:val="00F637A6"/>
+    <w:rsid w:val="00F67BBB"/>
     <w:rsid w:val="00F716F2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4C8EFFFB"/>
+  <w14:docId w14:val="48910D58"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{821A63C6-2ABB-440B-BE9F-A3C9B6CCC1C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4284,50 +4895,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005808FD"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005808FD"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-540" w:right="-72"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -4418,99 +5034,107 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="005808FD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:semiHidden/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="005808FD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="005808FD"/>
     <w:pPr>
       <w:ind w:left="-450" w:right="-144"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005808FD"/>
     <w:pPr>
       <w:ind w:left="90"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00382C90"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4735,69 +5359,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>208</Words>
-  <Characters>1192</Characters>
+  <Words>203</Words>
+  <Characters>1162</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1398</CharactersWithSpaces>
+  <CharactersWithSpaces>1363</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Clark, Tempess (Courts)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>