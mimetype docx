--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -1,79 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="29D5145B" w14:textId="77777777" w:rsidR="00D619F6" w:rsidRPr="000D64A4" w:rsidRDefault="002D5E2D" w:rsidP="00D619F6">
+    <w:p w14:paraId="29D5145B" w14:textId="6F67DD5E" w:rsidR="00D619F6" w:rsidRPr="000D64A4" w:rsidRDefault="002D5E2D" w:rsidP="003A1E39">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D64A4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D582B93" wp14:editId="50640985">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D582B93" wp14:editId="39676DA3">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>2700655</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>2514600</wp:posOffset>
             </wp:positionH>
-            <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-289560</wp:posOffset>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>-352425</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1152525" cy="1152525"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Picture 2" descr="test2 Family-Court-grayscale-9per"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="test2 Family-Court-grayscale-9per"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
@@ -82,8835 +83,15772 @@
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1152525" cy="1152525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00D619F6">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00D619F6" w:rsidRPr="004511DA">
         <w:rPr>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E7ABA27" w14:textId="1083B4D3" w:rsidR="00D619F6" w:rsidRPr="000D64A4" w:rsidRDefault="00D619F6" w:rsidP="00D619F6">
+    <w:p w14:paraId="3A7C9235" w14:textId="4EE8B509" w:rsidR="00301011" w:rsidRPr="002C019E" w:rsidRDefault="00D619F6" w:rsidP="003A1E39">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>For</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
       <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AB5E81">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00AB5E81">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle </w:t>
       </w:r>
-      <w:r w:rsidR="00C052F4">
+      <w:r w:rsidR="00C052F4" w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>County</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check2"/>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AB5E81">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00AB5E81">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent </w:t>
       </w:r>
-      <w:r w:rsidR="00C052F4">
+      <w:r w:rsidR="00C052F4" w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>County</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Check3"/>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AB5E81">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00AB5E81">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="000D64A4">
+      <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754454DD" w14:textId="44CAF1E8" w:rsidR="00D619F6" w:rsidRPr="00630735" w:rsidRDefault="002E2C8D" w:rsidP="00D619F6">
+    <w:p w14:paraId="754454DD" w14:textId="29C58117" w:rsidR="00D619F6" w:rsidRDefault="002E2C8D" w:rsidP="003A1E39">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>REQUEST TO PARTICIPATE REMOTELY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02047DEC" w14:textId="5A3664FD" w:rsidR="00EC3F8E" w:rsidRPr="00F21AA5" w:rsidRDefault="00185547" w:rsidP="00EC3F8E">
+    <w:p w14:paraId="6C3229CD" w14:textId="5B7A88B2" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="002C019E">
       <w:pPr>
-        <w:ind w:left="-576"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...2221 lines deleted...]
-          <w:sz w:val="2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="11160" w:type="dxa"/>
+        <w:tblInd w:w="-461" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2178"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="388"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="4050"/>
+        <w:gridCol w:w="180"/>
+        <w:gridCol w:w="2700"/>
+        <w:gridCol w:w="2700"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0033748E" w:rsidRPr="00A3735C" w14:paraId="48B8C66B" w14:textId="77777777" w:rsidTr="002E2C8D">
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="1F171D49" w14:textId="77777777" w:rsidTr="003A1E39">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="388" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...21 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17952132" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>File Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F272918" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text4"/>
+                  <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A3735C">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:bookmarkStart w:id="4" w:name="Text1"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A3735C">
-[...6 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A3735C">
-[...36 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
-[...10 lines deleted...]
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...21 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C6064D2" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0908A3BC" w14:textId="7FBC9F5A" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Petition/Case Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7E15CD" w14:textId="1370F359" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text5"/>
+                  <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A3735C">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:bookmarkStart w:id="5" w:name="Text2"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A3735C">
-[...6 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A3735C">
-[...36 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C052F4" w:rsidRPr="005A53AB" w14:paraId="23F4523B" w14:textId="77777777" w:rsidTr="0016542A">
+    </w:tbl>
+    <w:p w14:paraId="06DAEBCF" w14:textId="34479D86" w:rsidR="006C4B81" w:rsidRPr="006174E0" w:rsidRDefault="006C4B81" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11181" w:type="dxa"/>
+        <w:tblInd w:w="-488" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="3420"/>
+        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="164"/>
+        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="3240"/>
+        <w:gridCol w:w="111"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="3A62F8EF" w14:textId="77777777" w:rsidTr="003A1E39">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="215"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
-[...28 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="641EE28F" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE682C3" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19331B27" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A5765E" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBACDC3" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F7494F8" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7683D3D8" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="1027CF2C" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F4BF38" w14:textId="1EFDCCF6" w:rsidR="006C4B81" w:rsidRPr="00292730" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00292730">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Petitioner</w:t>
+            </w:r>
+            <w:r w:rsidR="00292730">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00292730">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
-[...14 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25588B61" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text6"/>
+                  <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A3735C">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A3735C">
-[...6 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A3735C">
-[...36 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
-[...30 lines deleted...]
-              <w:left w:val="nil"/>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E7DF62" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A718698" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F198686" w14:textId="77777777" w:rsidR="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Respondent</w:t>
+            </w:r>
+            <w:r w:rsidR="002C019E" w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="204566D0" w14:textId="414AAF7A" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Defendant </w:t>
+            </w:r>
+            <w:r w:rsidR="006C4B81" w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
-[...14 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2185FB20" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005A53AB">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005A53AB">
-[...6 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005A53AB">
-[...36 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BFFD1FE" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E2C8D" w:rsidRPr="005A53AB" w14:paraId="115D4CD7" w14:textId="77777777" w:rsidTr="00180BA1">
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="4E381D86" w14:textId="77777777" w:rsidTr="003A1E39">
         <w:trPr>
-          <w:trHeight w:val="332"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2970" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:tabs>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B77C143" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3E0CB8" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="037ABF78" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17102328" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="612170B9" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AEE5614" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04691430" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="1D5FCE86" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D17E56" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Phone Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E88F38" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check12"/>
+                  <w:name w:val="Text8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78CB3959" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2763FBA7" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B9F3EF" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Phone Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15CFEF7E" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65237C2E" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="5AD5D8AD" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F82AE09" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="535B9AC9" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4DF33F" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5579BD1C" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A58B383" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77EB8858" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21DA9D6B" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="5D8F913C" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E657A3" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Attorney Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BCEC8C" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45CB72A7" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FA4890" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24BE7243" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Attorney Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="393245CA" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58AC1ADE" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="3954152B" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C39BC9" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="563C6AED" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66DED811" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E13F971" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5521CB" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFE35FF" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="066A5BE5" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="5F385EEC" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69BCD634" w14:textId="40E5D058" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Phone Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7282F4" w14:textId="1DEB906B" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="Text113"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="201679FF" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1952FDB0" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FDAF872" w14:textId="7E18B45A" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="003674EA" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Phone Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E79E709" w14:textId="54CBD6D0" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text114"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="Text114"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15A111E6" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="3FFB3C26" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="348"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4DA994" w14:textId="2FCFF934" w:rsidR="006C4B81" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Email Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6F7239" w14:textId="66114E67" w:rsidR="006C4B81" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text160"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="Text160"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="207DDE6F" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CB0731" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DFA57C" w14:textId="6ED3A5EE" w:rsidR="006C4B81" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Email Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38DC7936" w14:textId="3B5B1535" w:rsidR="006C4B81" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text161"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="Text161"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D22ED6C" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3A72E097" w14:textId="7B38742D" w:rsidR="006C4B81" w:rsidRDefault="005B1A9D" w:rsidP="005B1A9D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C019E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C019E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C019E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C019E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="002C019E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>v.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11181" w:type="dxa"/>
+        <w:tblInd w:w="-488" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="3420"/>
+        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="164"/>
+        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="3240"/>
+        <w:gridCol w:w="111"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="12535BF1" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6298C4" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="108B8833" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="53F4BCB5" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF83DB9" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4464D778" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAAFAC5" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="19635227" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="24F11EE7" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB35B3E" w14:textId="73C31A8C" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Petitioner</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (if any)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C020DB" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B94866" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="641B5EE6" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D8DC7B" w14:textId="31C8D699" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Respondent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (if any)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="048F4037" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="069F3641" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="2AF1113C" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="513B3BBD" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="686FA7DC" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E8799D6" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="53256455" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C86F68E" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40AD9215" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCA0A11" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="486A9813" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2EE337" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Phone Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACFAC92" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1C0C9E" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1CF05A" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="603D7633" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Phone Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="30EC63A3" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B72746" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="43A67AE8" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C58DD41" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="382CE3FA" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D32ADBC" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3FDCD1" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0906F766" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B4DC3BE" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="215B3900" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="63883B6A" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="64C6022D" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Attorney Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4E67C5" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="29EFA7DD" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A07A512" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="425490EF" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Attorney Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="41490228" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text18"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="28E49080" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="63875773" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C5C4532" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD77A62" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="377EFF1B" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0D923E" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B0096D" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="41665737" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2CB0CD" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="6DC214A7" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A32D2B5" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Phone Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ACA543A" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0E132D" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A02AAF3" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2364DAA9" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Phone Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F254994" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text114"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="048497D9" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="43F0B869" w14:textId="77777777" w:rsidTr="003A1E39">
+        <w:trPr>
+          <w:trHeight w:val="348"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="499F4D0B" w14:textId="0FC87537" w:rsidR="002C019E" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Email Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5B7AEE" w14:textId="6C72FD4D" w:rsidR="002C019E" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text162"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="Text162"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7387F7CA" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4239FFFC" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="461E4D46" w14:textId="4E79F717" w:rsidR="002C019E" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="00305616">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Email Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="13875165" w14:textId="12C43CCF" w:rsidR="002C019E" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text163"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="Text163"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="494A56CC" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="56C7D172" w14:textId="0E5187EA" w:rsidR="00D619F6" w:rsidRPr="002C019E" w:rsidRDefault="00D619F6" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3780"/>
+        </w:tabs>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11160" w:type="dxa"/>
+        <w:tblInd w:w="-450" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="1468"/>
+        <w:gridCol w:w="374"/>
+        <w:gridCol w:w="948"/>
+        <w:gridCol w:w="1109"/>
+        <w:gridCol w:w="374"/>
+        <w:gridCol w:w="374"/>
+        <w:gridCol w:w="1496"/>
+        <w:gridCol w:w="93"/>
+        <w:gridCol w:w="935"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="2414"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00947F07" w:rsidRPr="002C019E" w14:paraId="7117F2A4" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A96C8A6" w14:textId="48C2CBAD" w:rsidR="00947F07" w:rsidRPr="002C019E" w:rsidRDefault="00947F07" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>My hearing is scheduled for</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1857" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FD0928E" w14:textId="77777777" w:rsidR="00947F07" w:rsidRPr="002C019E" w:rsidRDefault="00947F07" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text117"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="Text117"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="12"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1589" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="22ECB1D0" w14:textId="5CFEA5FD" w:rsidR="00947F07" w:rsidRPr="002C019E" w:rsidRDefault="00947F07" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(mm/dd/yyyy)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="935" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B47A30A" w14:textId="3ECA0581" w:rsidR="00947F07" w:rsidRPr="002C019E" w:rsidRDefault="00947F07" w:rsidP="007C07C2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FDDD03A" w14:textId="2D0C0557" w:rsidR="00947F07" w:rsidRPr="002C019E" w:rsidRDefault="00947F07" w:rsidP="00DD3E3F">
+            <w:pPr>
+              <w:ind w:left="-318" w:firstLine="318"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text118"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="Text118"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2414" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5182E9" w14:textId="50AF384D" w:rsidR="00947F07" w:rsidRPr="002C019E" w:rsidRDefault="00947F07" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>xx:xx</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> AM/PM)</w:t>
+            </w:r>
+            <w:r w:rsidR="001F211F" w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00292730" w:rsidRPr="002C019E" w14:paraId="648B01B2" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="37148D18" w14:textId="60115CAE" w:rsidR="00292730" w:rsidRPr="002C019E" w:rsidRDefault="00292730" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check127"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Check12"/>
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:bookmarkStart w:id="14" w:name="Check127"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AB5E81">
-[...6 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
-[...34 lines deleted...]
-            </w:tcBorders>
+            <w:bookmarkEnd w:id="14"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1468" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="30DC89AB" w14:textId="082C5E4E" w:rsidR="002E2C8D" w:rsidRDefault="002E2C8D" w:rsidP="00180BA1">
-[...11 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="2A75A531" w14:textId="09AA077D" w:rsidR="00292730" w:rsidRPr="002C019E" w:rsidRDefault="00292730" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>I am a party</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="374" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4F099C" w14:textId="06BDE48D" w:rsidR="00292730" w:rsidRPr="002C019E" w:rsidRDefault="00292730" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check9"/>
+                  <w:name w:val="Check128"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...19 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:bookmarkStart w:id="15" w:name="Check128"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
-[...29 lines deleted...]
-            </w:tcBorders>
+            <w:bookmarkEnd w:id="15"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="179A312D" w14:textId="374ACB39" w:rsidR="002E2C8D" w:rsidRPr="005A53AB" w:rsidRDefault="002E2C8D" w:rsidP="00180BA1">
-[...185 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="3930AA72" w14:textId="382C8901" w:rsidR="00292730" w:rsidRPr="002C019E" w:rsidRDefault="00292730" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>I am an attorney</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="374" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B07AC29" w14:textId="44E3EFE0" w:rsidR="00292730" w:rsidRPr="002C019E" w:rsidRDefault="00292730" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check8"/>
+                  <w:name w:val="Check129"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Check8"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="16" w:name="Check129"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AB5E81">
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AC5AC4">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
-[...33 lines deleted...]
-              <w:t>remotely.</w:t>
+            <w:bookmarkEnd w:id="16"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E9DC010" w14:textId="77777777" w:rsidR="00292730" w:rsidRPr="002C019E" w:rsidRDefault="00292730" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>I am a witness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4657" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62474E12" w14:textId="6E147345" w:rsidR="00292730" w:rsidRPr="002C019E" w:rsidRDefault="00292730" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(Check One)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00890FDD" w:rsidRPr="00AC5AC4" w14:paraId="3A08F224" w14:textId="77777777" w:rsidTr="00890FDD">
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="163"/>
+        <w:tblW w:w="11160" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="11160"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A1E39" w:rsidRPr="00052126" w14:paraId="7C508C87" w14:textId="77777777" w:rsidTr="003A1E39">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="80"/>
+          <w:trHeight w:val="619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3266" w:type="dxa"/>
-[...42 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="11160" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6828B264" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="00052126" w:rsidRDefault="003A1E39" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00052126">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Absent extenuating circumstances, this request must be filed fourteen (14) days before the hearing date.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009514FF" w:rsidRPr="00646494" w14:paraId="27DC96CD" w14:textId="71D5E6AA" w:rsidTr="009514FF">
+    </w:tbl>
+    <w:p w14:paraId="29D0CA64" w14:textId="02CAEB91" w:rsidR="006174E0" w:rsidRPr="002C019E" w:rsidRDefault="006174E0" w:rsidP="00052126">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3780"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="20"/>
+        <w:tblW w:w="11153" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="475"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="2379"/>
+        <w:gridCol w:w="912"/>
+        <w:gridCol w:w="1277"/>
+        <w:gridCol w:w="1693"/>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="1650"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="2F535EEA" w14:textId="77777777" w:rsidTr="007F43F6">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="285"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="449" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="11153" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF0F0D1" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Although my hearing requires an in-person appearance per the Court Notice I received, (check one)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="6BD0AD2C" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11153" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C6CFA72" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="12432FAA" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="475" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F904EF2" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check8"/>
+                  <w:name w:val="Check107"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00646494">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="17" w:name="Check107"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AB5E81">
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00646494">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:tcBorders>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7AC326F6" w14:textId="7ECE182E" w:rsidR="009514FF" w:rsidRPr="00646494" w:rsidRDefault="009514FF" w:rsidP="009514FF">
-[...41 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="1E316B5D" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4568" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F09344" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text159"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00646494">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:bookmarkStart w:id="18" w:name="Text159"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00646494">
-[...6 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00646494">
-[...36 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...28 lines deleted...]
-              <w:t>, be permitted to participate remotely.</w:t>
+            <w:bookmarkEnd w:id="18"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5826" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="704E98A7" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>am requesting to appear remotely.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009514FF" w:rsidRPr="00646494" w14:paraId="2E9C6315" w14:textId="77777777" w:rsidTr="009514FF">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="1943DF73" w14:textId="77777777" w:rsidTr="007F43F6">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="285"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="449" w:type="dxa"/>
-[...181 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="475" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36883CF0" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
-[...2573 lines deleted...]
-                  <w:name w:val="Check62"/>
+                  <w:name w:val="Check130"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Check62"/>
-[...4 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkStart w:id="19" w:name="Check130"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AB5E81">
-[...10 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0016542A">
-[...3 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
-[...37 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkEnd w:id="19"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23969529" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>I am an attorney requesting that my client,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E514CB" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check63"/>
+                  <w:name w:val="Text157"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="20" w:name="Text157"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="20"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="095B93DB" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, appear remotely.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="56962D0E" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="475" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BDFFCAB" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check131"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Check63"/>
-[...4 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkStart w:id="21" w:name="Check131"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AB5E81">
-[...10 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0016542A">
-[...3 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
-[...12 lines deleted...]
-            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:bookmarkEnd w:id="21"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3575" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AED074F" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>I am requesting that my witness,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-          </w:tcPr>
-[...22 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="323E3DB6" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check65"/>
+                  <w:name w:val="Text158"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="22" w:name="Text158"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="22"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18D24B0F" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, be permitted to participate remotely.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="7C52BD33" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4050" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A4B4B2D" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="158FD611" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Name of Witness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A14000D" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="34EAAE6D" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11153" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D313C80" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="69B53381" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11153" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A3260B8" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Please provide the contact information for the person requesting to appear remotely:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="13F0FA04" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11153" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6785D2B3" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="4364D6A0" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB42EE4" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0177A697" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="663EA673" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C848171" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="52668E10" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="705AC173" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E8A97A9" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75E8F892" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Street Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0594F280" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text141"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="23" w:name="Text141"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="23"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E27DCE9" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A52AA44" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="585B89B2" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="64BC554E" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="28218D58" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A38340C" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="49318A59" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C9557F2" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="2C45620B" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ABE6700" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05825614" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>City/State/Zip Code:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="742CE008" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text142"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="24" w:name="Text142"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="24"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="789B7788" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F459A82" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="2456E3E6" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CCEFA5D" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B67AEBC" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A719F8" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9C175B" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B38FD37" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="18CD0123" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3471BBE2" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4191F7" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Phone Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="10896170" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text143"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="25" w:name="Text143"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="25"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="016BBBB7" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0D0D89" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="52474B1A" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB15BD2" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E1C36AF" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B6A99ED" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="139FD9BA" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76706E60" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="268A62D4" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="14190E2C" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20416CC7" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Email Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F6CA04" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text144"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="Text144"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="26"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EB0A602" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="59DDA185" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="79658677" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25FE2DFE" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23372DFC" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6259" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16EBE5AE" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D70279" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D86D9FD" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2AEB6D1B" w14:textId="6CD0BD48" w:rsidR="008334B8" w:rsidRPr="00052126" w:rsidRDefault="008334B8" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="3"/>
+        <w:tblW w:w="11176" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="10964"/>
+        <w:gridCol w:w="106"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w14:paraId="618F591E" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11176" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6270D4" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Explain why circumstances require remote participation:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w14:paraId="5CA4D0D8" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11176" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="535AC783" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w14:paraId="7CC580CA" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="39ECC9A8" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10964" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C010E0B" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8497EE" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w14:paraId="0765432E" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEAC4D6" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10964" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C8E1E89" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text136"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="27" w:name="Text136"/>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="27"/>
+          </w:p>
+          <w:p w14:paraId="43FA3176" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23182667" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63362A9C" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="300D8F65" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1342DEAD" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w14:paraId="0ECAC7F7" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CEF541" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10964" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A3ABA2" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="69FC4AB4" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1EFA570A" w14:textId="77777777" w:rsidR="008334B8" w:rsidRPr="008334B8" w:rsidRDefault="008334B8" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11012" w:type="dxa"/>
+        <w:tblInd w:w="-270" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="10800"/>
+        <w:gridCol w:w="90"/>
+        <w:gridCol w:w="16"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000F7BFA" w:rsidRPr="004B0BD7" w14:paraId="63DCA7F8" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10996" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="325E39D0" w14:textId="40A99518" w:rsidR="000F7BFA" w:rsidRPr="004B0BD7" w:rsidRDefault="000F7BFA" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>If you are a party, you must fill out the following unless you have an active Protection from</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC7E9E" w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Abuse (PFA)</w:t>
+            </w:r>
+            <w:r w:rsidR="00A61BF0" w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F7BFA" w:rsidRPr="004B0BD7" w14:paraId="21B22D02" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10996" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="084D89F5" w14:textId="77777777" w:rsidR="000F7BFA" w:rsidRPr="004B0BD7" w:rsidRDefault="000F7BFA" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F7BFA" w:rsidRPr="004B0BD7" w14:paraId="2D4AEA50" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10996" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="747AFD0E" w14:textId="027C9A27" w:rsidR="000F7BFA" w:rsidRPr="004B0BD7" w:rsidRDefault="004B0BD7" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">order or are filing </w:t>
+            </w:r>
+            <w:r w:rsidR="000F7BFA" w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>this request in a PFA case.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F7BFA" w:rsidRPr="004B0BD7" w14:paraId="0922A13A" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10996" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE401B8" w14:textId="77777777" w:rsidR="000F7BFA" w:rsidRPr="002024C7" w:rsidRDefault="000F7BFA" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F7BFA" w:rsidRPr="004B0BD7" w14:paraId="2BAFB687" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10996" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7914BD51" w14:textId="1BC55DBA" w:rsidR="000F7BFA" w:rsidRPr="004B0BD7" w:rsidRDefault="000F7BFA" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I have contacted the opposing counsel or, if unrepresented, the opposing party regarding this request to appear </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F7BFA" w:rsidRPr="004B0BD7" w14:paraId="703C96ED" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10996" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AEA0E8A" w14:textId="77777777" w:rsidR="000F7BFA" w:rsidRPr="002024C7" w:rsidRDefault="000F7BFA" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F7BFA" w:rsidRPr="004B0BD7" w14:paraId="0CFC6668" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10996" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="71F988A7" w14:textId="6547D190" w:rsidR="000F7BFA" w:rsidRPr="004B0BD7" w:rsidRDefault="004B0BD7" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">remotely and the </w:t>
+            </w:r>
+            <w:r w:rsidR="000F7BFA" w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>following is his or her position:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC7E9E" w:rsidRPr="004B0BD7" w14:paraId="2F5899E0" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10996" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="79117F96" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC7E9E" w:rsidRPr="004B0BD7" w14:paraId="279D65E3" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="621F1841" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF25A3E" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="189BAF36" w14:textId="77A077C1" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC7E9E" w:rsidRPr="004B0BD7" w14:paraId="0DB36EA4" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CFAF194" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="004B0BD7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="758CEC7F" w14:textId="613924F8" w:rsidR="00DC7E9E" w:rsidRPr="004B0BD7" w:rsidRDefault="00DC7E9E" w:rsidP="00DC7E9E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text137"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="28" w:name="Text137"/>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="28"/>
+          </w:p>
+          <w:p w14:paraId="21BF847E" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="004B0BD7" w:rsidRDefault="00DC7E9E" w:rsidP="00DC7E9E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="624DCC09" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="004B0BD7" w:rsidRDefault="00DC7E9E" w:rsidP="00DC7E9E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35A06118" w14:textId="77777777" w:rsidR="0029427D" w:rsidRDefault="0029427D" w:rsidP="00DC7E9E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C0FB20E" w14:textId="77777777" w:rsidR="00162237" w:rsidRDefault="00162237" w:rsidP="00DC7E9E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75BAC609" w14:textId="77777777" w:rsidR="00933A33" w:rsidRDefault="00933A33" w:rsidP="00DC7E9E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EFFB777" w14:textId="77777777" w:rsidR="00052126" w:rsidRDefault="00052126" w:rsidP="00DC7E9E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28341E36" w14:textId="77777777" w:rsidR="00052126" w:rsidRDefault="00052126" w:rsidP="00DC7E9E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77B47627" w14:textId="77777777" w:rsidR="00052126" w:rsidRDefault="00052126" w:rsidP="00DC7E9E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CBB7250" w14:textId="77777777" w:rsidR="00052126" w:rsidRDefault="00052126" w:rsidP="00DC7E9E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AE3F873" w14:textId="77777777" w:rsidR="00052126" w:rsidRDefault="00052126" w:rsidP="00DC7E9E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62126B05" w14:textId="64B9A24B" w:rsidR="00052126" w:rsidRPr="004B0BD7" w:rsidRDefault="00052126" w:rsidP="00DC7E9E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7ECE0C" w14:textId="44662089" w:rsidR="00DC7E9E" w:rsidRPr="004B0BD7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC7E9E" w:rsidRPr="004B0BD7" w14:paraId="4BB6D9B5" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC36F2B" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8C8F66" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A8399C" w14:textId="0F67D783" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3FE62965" w14:textId="77777777" w:rsidR="00A32002" w:rsidRPr="002024C7" w:rsidRDefault="00A32002" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3780"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10980" w:type="dxa"/>
+        <w:tblInd w:w="-270" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4214"/>
+        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="4664"/>
+        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="1890"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="50626FAD" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="729DA5C7" w14:textId="77777777" w:rsidR="002024C7" w:rsidRDefault="002024C7" w:rsidP="00162237">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F485F0A" w14:textId="3257EFF7" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text39"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="29" w:name="Text39"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="29"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35CD6BFB" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4664" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B441B8" w14:textId="0F85F1D8" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text149"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="30" w:name="Text149"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="30"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7672EDFE" w14:textId="358E793A" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CA2E61B" w14:textId="7E507245" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text40"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="31" w:name="Text40"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="31"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="65596B45" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C8FC01" w14:textId="1D554D8B" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Movant/Attorney</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Print</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="08BD5847" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4664" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="62F03E2F" w14:textId="14E9A4E1" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Movant/Attorney Sign</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D789319" w14:textId="1B1ED425" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="591713A4" w14:textId="0AED6733" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="68C01F30" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10980" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FEA40AD" w14:textId="310F47F0" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Sworn to and subscribed before me:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w14:paraId="4E08D7F8" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE392A5" w14:textId="77777777" w:rsidR="00DD3E3F" w:rsidRDefault="00DD3E3F" w:rsidP="00DD3E3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="227F4AAC" w14:textId="1B7D78D8" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text41"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="32" w:name="Text41"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="32"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD48B6E" w14:textId="77777777" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4664" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F5B495" w14:textId="3791CA17" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="00DD3E3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text150"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="33" w:name="Text150"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="33"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0860713E" w14:textId="4D7B3607" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E5194F" w14:textId="6F02A31A" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="00DD3E3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text42"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="34" w:name="Text42"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="34"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w14:paraId="5CF421F0" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="22CAFF4F" w14:textId="2A230477" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Clerk of Court/Notary Public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Print</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="69807F6F" w14:textId="77777777" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4664" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A5B772" w14:textId="6C6AF4B0" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Clerk of Court/Notary Public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sign</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B14F57" w14:textId="70D654CF" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="124ADC5A" w14:textId="6DDB4301" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5C4FF14A" w14:textId="6877B087" w:rsidR="007B1A6B" w:rsidRDefault="007B1A6B" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3780"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52BC13CB" w14:textId="77777777" w:rsidR="0029427D" w:rsidRPr="0029427D" w:rsidRDefault="0029427D" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3780"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10996" w:type="dxa"/>
+        <w:tblInd w:w="-270" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="2414"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="5400"/>
+        <w:gridCol w:w="106"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="60783263" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A29854" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This request is hereby </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C483F68" w14:textId="33677262" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check109"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Check65"/>
-[...4 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkStart w:id="35" w:name="Check109"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AB5E81">
-[...10 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0016542A">
-[...3 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
-[...45 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkEnd w:id="35"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> GRANTED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB55C36" w14:textId="0B12C361" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check67"/>
+                  <w:name w:val="Check110"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Check67"/>
-[...4 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkStart w:id="36" w:name="Check110"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AB5E81">
-[...10 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0016542A">
-[...3 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
-[...60 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkEnd w:id="36"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DENIED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5506" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="017E2C5A" w14:textId="3510D585" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>and the parties have been notified.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B1A6B" w:rsidRPr="002024C7" w14:paraId="44CEACDD" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10996" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2D3ECA" w14:textId="77777777" w:rsidR="007B1A6B" w:rsidRPr="002024C7" w:rsidRDefault="007B1A6B" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B1A6B" w:rsidRPr="002024C7" w14:paraId="3EA48C7A" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10996" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47CA8030" w14:textId="3D3F7028" w:rsidR="007B1A6B" w:rsidRPr="002024C7" w:rsidRDefault="007B1A6B" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Notes:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w14:paraId="57B2B9EE" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10996" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="79374082" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w14:paraId="7F12FABB" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2628868A" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10784" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BBE1B5E" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="051E864D" w14:textId="0D9848AB" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w14:paraId="53350DA9" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="12334E80" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10784" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C44051D" w14:textId="24ED0406" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="000B738E" w:rsidP="000B738E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check70"/>
+                  <w:name w:val="Text138"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="37" w:name="Text138"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="37"/>
+          </w:p>
+          <w:p w14:paraId="51BFACF8" w14:textId="77777777" w:rsidR="000B738E" w:rsidRPr="002024C7" w:rsidRDefault="000B738E" w:rsidP="000B738E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00996B63" w14:textId="77777777" w:rsidR="000B738E" w:rsidRDefault="000B738E" w:rsidP="000B738E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35702679" w14:textId="77777777" w:rsidR="00162237" w:rsidRDefault="00162237" w:rsidP="000B738E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26664FD7" w14:textId="77777777" w:rsidR="00162237" w:rsidRDefault="00162237" w:rsidP="000B738E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B45D51F" w14:textId="77777777" w:rsidR="00052126" w:rsidRDefault="00052126" w:rsidP="000B738E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52C46D6C" w14:textId="77777777" w:rsidR="00052126" w:rsidRDefault="00052126" w:rsidP="000B738E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="598D106D" w14:textId="77777777" w:rsidR="00052126" w:rsidRDefault="00052126" w:rsidP="000B738E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2ECA5748" w14:textId="77777777" w:rsidR="00052126" w:rsidRPr="002024C7" w:rsidRDefault="00052126" w:rsidP="000B738E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="555734FA" w14:textId="1DBA4322" w:rsidR="00933A33" w:rsidRPr="002024C7" w:rsidRDefault="00933A33" w:rsidP="000B738E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D182AF6" w14:textId="6E24BB53" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w14:paraId="570A44A3" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E1E458F" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10784" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A5F8957" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3559F49F" w14:textId="296761C3" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7063AFFC" w14:textId="46C4E380" w:rsidR="00B01A7B" w:rsidRDefault="00B01A7B" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10980" w:type="dxa"/>
+        <w:tblInd w:w="-270" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5580"/>
+        <w:gridCol w:w="180"/>
+        <w:gridCol w:w="5220"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E43DD1" w:rsidRPr="002024C7" w14:paraId="7F9E1F98" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F76D8F3" w14:textId="77777777" w:rsidR="000B738E" w:rsidRPr="002024C7" w:rsidRDefault="000B738E" w:rsidP="00E43DD1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11C1C40F" w14:textId="3EF6DC86" w:rsidR="00E43DD1" w:rsidRPr="002024C7" w:rsidRDefault="00E43DD1" w:rsidP="00E43DD1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text129"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="38" w:name="Text129"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="38"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="518B23B4" w14:textId="77777777" w:rsidR="00E43DD1" w:rsidRPr="002024C7" w:rsidRDefault="00E43DD1" w:rsidP="00162237">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5220" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F1D3C46" w14:textId="3130C233" w:rsidR="00E43DD1" w:rsidRPr="002024C7" w:rsidRDefault="00E43DD1" w:rsidP="00162237">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text128"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="39" w:name="Text128"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="39"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43DD1" w:rsidRPr="002024C7" w14:paraId="3B30B5F5" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AAF1EC0" w14:textId="5B8BB0A6" w:rsidR="00E43DD1" w:rsidRPr="002024C7" w:rsidRDefault="00E43DD1" w:rsidP="00E43DD1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B3B7627" w14:textId="77777777" w:rsidR="00E43DD1" w:rsidRPr="002024C7" w:rsidRDefault="00E43DD1" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5220" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="43309E2B" w14:textId="6834837C" w:rsidR="00E43DD1" w:rsidRPr="002024C7" w:rsidRDefault="00E43DD1" w:rsidP="00E43DD1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Judge/Commissioner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="38431139" w14:textId="77777777" w:rsidR="005B4DAC" w:rsidRPr="00E2417F" w:rsidRDefault="005B4DAC" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10980" w:type="dxa"/>
+        <w:tblInd w:w="-270" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="2012"/>
+        <w:gridCol w:w="1228"/>
+        <w:gridCol w:w="1260"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="1260"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="70C4053A" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="245"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0627C4" w14:textId="2782C168" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>CC:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49305A73" w14:textId="11539556" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0016542A">
-[...3 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkStart w:id="40" w:name="Check113"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AB5E81">
-[...10 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0016542A">
-[...3 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="0016542A">
-[...27 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkEnd w:id="40"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Petitioner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0ADC38" w14:textId="61F2BD8E" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check68"/>
+                  <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Check68"/>
-[...4 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkStart w:id="41" w:name="Check114"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AB5E81">
-[...10 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0016542A">
-[...3 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
-[...58 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkEnd w:id="41"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Petitioner’s Attorney</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242EFB8B" w14:textId="25EC2671" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check71"/>
+                  <w:name w:val="Check117"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Check71"/>
-[...4 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AB5E81">
-[...10 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0016542A">
-[...3 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
-[...27 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ODS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EAF4682" w14:textId="7E480CA6" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check72"/>
+                  <w:name w:val="Check118"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Check72"/>
-[...4 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AB5E81">
-[...10 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0016542A">
-[...3 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
-[...12 lines deleted...]
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DOJ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="0AA8CDEE" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7EE540" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vAlign w:val="bottom"/>
-[...13 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="522D9EA4" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2BE3FA" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD5C4F7" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD1B20F" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="6968EBF2" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="245"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EFB5786" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B59AE4F" w14:textId="191D9255" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check74"/>
+                  <w:name w:val="Check115"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Check74"/>
-[...4 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkStart w:id="42" w:name="Check115"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AB5E81">
-[...10 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0016542A">
-[...3 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
-[...12 lines deleted...]
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:bookmarkEnd w:id="42"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Defendant/Respondent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4500" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A80E5A3" w14:textId="1E8390C3" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text111"/>
-[...105 lines deleted...]
-                  <w:name w:val="Check104"/>
+                  <w:name w:val="Check116"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Check104"/>
-[...4 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkStart w:id="43" w:name="Check116"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AB5E81">
-[...10 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0016542A">
-[...3 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
-[...31 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkEnd w:id="43"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Defendant/Respondent’s Attorney/PD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF68F5B" w14:textId="00BF7299" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text111"/>
+                  <w:name w:val="Check119"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DCSS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18B81777" w14:textId="3BFD67C3" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check120"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DFS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46BDF" w:rsidRPr="00C46BDF" w14:paraId="474369FF" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31911799" w14:textId="77777777" w:rsidR="00C46BDF" w:rsidRPr="00C46BDF" w:rsidRDefault="00C46BDF" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26430640" w14:textId="77777777" w:rsidR="00C46BDF" w:rsidRPr="00C46BDF" w:rsidRDefault="00C46BDF" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74538B88" w14:textId="77777777" w:rsidR="00C46BDF" w:rsidRPr="00C46BDF" w:rsidRDefault="00C46BDF" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="441CC8C8" w14:textId="77777777" w:rsidR="00C46BDF" w:rsidRPr="00C46BDF" w:rsidRDefault="00C46BDF" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4F7B8C" w14:textId="77777777" w:rsidR="00C46BDF" w:rsidRPr="00C46BDF" w:rsidRDefault="00C46BDF" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="29503399" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="245"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="632D8D0B" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6588CBCA" w14:textId="11F7F04B" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check121"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="44" w:name="Check121"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="44"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Other:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3722" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BFEFAB2" w14:textId="1D3959B5" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text130"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text111"/>
-[...4 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:bookmarkStart w:id="45" w:name="Text130"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0016542A">
-[...10 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0016542A">
-[...48 lines deleted...]
-                <w:szCs w:val="14"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="45"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FAD2855" w14:textId="500CB193" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check122"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="46" w:name="Check122"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="46"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Other:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE4513D" w14:textId="00A2782D" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text131"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="47" w:name="Text131"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="47"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="13AA6836" w14:textId="77777777" w:rsidR="006454FD" w:rsidRPr="006454FD" w:rsidRDefault="006454FD" w:rsidP="006454FD">
-[...33 lines deleted...]
-    <w:p w14:paraId="0B6C9546" w14:textId="77777777" w:rsidR="006454FD" w:rsidRPr="006454FD" w:rsidRDefault="006454FD" w:rsidP="006454FD">
+    <w:p w14:paraId="6CAF149C" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="0029427D" w:rsidRDefault="002024C7" w:rsidP="00D707D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="6"/>
-[...8 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblW w:w="10980" w:type="dxa"/>
+        <w:tblInd w:w="-275" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="43" w:type="dxa"/>
+          <w:right w:w="43" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="810"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="1978"/>
+        <w:gridCol w:w="344"/>
+        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="1512"/>
+        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="3964"/>
+        <w:gridCol w:w="696"/>
+        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="998"/>
+        <w:gridCol w:w="90"/>
+        <w:gridCol w:w="270"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003457EB" w:rsidRPr="009B29D2" w14:paraId="715DDFED" w14:textId="77777777" w:rsidTr="003457EB">
+      <w:tr w:rsidR="00E32257" w:rsidRPr="002024C7" w14:paraId="603E07DC" w14:textId="77777777" w:rsidTr="007F43F6">
         <w:trPr>
-          <w:trHeight w:val="198"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10800" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:r>
+            <w:tcW w:w="10980" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEEA508" w14:textId="77777777" w:rsidR="00E32257" w:rsidRPr="002024C7" w:rsidRDefault="00E32257" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006454FD" w:rsidRPr="009B29D2" w14:paraId="4E71A55C" w14:textId="77777777" w:rsidTr="003457EB">
+      <w:tr w:rsidR="00397A1C" w:rsidRPr="002024C7" w14:paraId="6BF45FEE" w14:textId="77777777" w:rsidTr="007F43F6">
         <w:trPr>
-          <w:trHeight w:val="198"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10980" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E12A297" w14:textId="568C0CD3" w:rsidR="00397A1C" w:rsidRPr="002024C7" w:rsidRDefault="00397A1C" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>AFFIDAVIT OF MAILING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00397A1C" w:rsidRPr="002024C7" w14:paraId="3F4775BE" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10980" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="74AD8154" w14:textId="77777777" w:rsidR="00397A1C" w:rsidRPr="005B043F" w:rsidRDefault="00397A1C" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="1B3B8774" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8820" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="739ADE3C" w14:textId="3A0FBD7C" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I, the Movant, affirm that a true and correct copy of this Request was placed in the U.S. Mail on the </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D85CB88" w14:textId="3710C373" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text29"/>
+                  <w:name w:val="Text153"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="009B29D2">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="48" w:name="Text153"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="009B29D2">
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009B29D2">
-[...42 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...28 lines deleted...]
-            </w:r>
+            <w:bookmarkEnd w:id="48"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55182B22" w14:textId="067FBD17" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003457EB" w:rsidRPr="009B29D2" w14:paraId="05BAF531" w14:textId="77777777" w:rsidTr="003457EB">
+      <w:tr w:rsidR="00397A1C" w:rsidRPr="002024C7" w14:paraId="770BFECF" w14:textId="77777777" w:rsidTr="007F43F6">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="323"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10980" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F3EE5C" w14:textId="77777777" w:rsidR="00397A1C" w:rsidRPr="005B043F" w:rsidRDefault="00397A1C" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="678F84C9" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
-          </w:tcPr>
-[...19 lines deleted...]
-            <w:tcW w:w="5670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="37938CE3" w14:textId="5C6565B1" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>day of</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2322" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3290C458" w14:textId="79C590A5" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text69"/>
+                  <w:name w:val="Text154"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="003457EB">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="49" w:name="Text154"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="003457EB">
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="003457EB">
-[...42 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...115 lines deleted...]
-              <w:left w:val="nil"/>
+            <w:bookmarkEnd w:id="49"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76C942AD" w14:textId="387884F0" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1618" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
-            </w:tcBorders>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0BDEB0A0" w14:textId="77777777" w:rsidR="009B29D2" w:rsidRDefault="009B29D2" w:rsidP="009F7E03">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="220FD778" w14:textId="5ED2F12B" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text69"/>
+                  <w:name w:val="Text155"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="50" w:name="Text155"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:noProof/>
-[...45 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:bookmarkEnd w:id="50"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6124" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A98EB81" w14:textId="2B3FC07A" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and sent to the other party or attorney at the address listed on the </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B29D2" w14:paraId="1F861C05" w14:textId="77777777" w:rsidTr="0016542A">
+      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="359257FD" w14:textId="77777777" w:rsidTr="007F43F6">
         <w:trPr>
-          <w:trHeight w:val="518"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5490" w:type="dxa"/>
-[...40 lines deleted...]
-            <w:tcW w:w="5060" w:type="dxa"/>
+            <w:tcW w:w="10980" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB97A37" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="005B043F" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="32679F33" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2788" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...44 lines deleted...]
-              <w:left w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7098B184" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Petition/Complaint, being</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7832" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
-[...15 lines deleted...]
-                <w:szCs w:val="22"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CDEFD2E" w14:textId="42362AA9" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text69"/>
+                  <w:name w:val="Text156"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="51" w:name="Text156"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:noProof/>
-[...45 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...27 lines deleted...]
-              <w:left w:val="nil"/>
+            <w:bookmarkEnd w:id="51"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A97F38F" w14:textId="3993E892" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D707D9" w:rsidRPr="002024C7" w14:paraId="0CBEB798" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10980" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FBB3A77" w14:textId="77777777" w:rsidR="00D707D9" w:rsidRPr="005B043F" w:rsidRDefault="00D707D9" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="5FDE0A98" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10980" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1117F9FD" w14:textId="01C62E2B" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>first class postage pre-paid.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0029427D" w:rsidRPr="002024C7" w14:paraId="4C9C7016" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10980" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0E2B35" w14:textId="77777777" w:rsidR="0029427D" w:rsidRPr="002024C7" w:rsidRDefault="0029427D" w:rsidP="00D707D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="715A4832" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="13166A49" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4644" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="51257A4C" w14:textId="77777777" w:rsidR="009B29D2" w:rsidRDefault="009B29D2" w:rsidP="009F7E03">
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="172F12C6" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00052126">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text70"/>
+                  <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0AE765" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00052126">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4660" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="135BFCD0" w14:textId="573DAF8A" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00052126">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text152"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="52" w:name="Text152"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="52"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03EFE883" w14:textId="6ADD7CD5" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00052126">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B78E02" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00052126">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text40"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCFA0D8" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B29D2" w:rsidRPr="00AC5AC4" w14:paraId="238CB852" w14:textId="77777777" w:rsidTr="0016542A">
+      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="1455D567" w14:textId="77777777" w:rsidTr="007F43F6">
         <w:trPr>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5490" w:type="dxa"/>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F909C2D" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4644" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F7316B" w14:textId="3ADD297F" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ovant/Attorney</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Print</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="394A7214" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4660" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="78072D13" w14:textId="4848C367" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ovant/Attorney</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sign</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2FB9BF" w14:textId="48AD3EAE" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="nil"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F5D975" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A44E20" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00052126" w:rsidRPr="002024C7" w14:paraId="402EF88D" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7256AD82" w14:textId="77777777" w:rsidR="009B29D2" w:rsidRPr="00AC5AC4" w:rsidRDefault="009B29D2" w:rsidP="009F7E03">
+          <w:p w14:paraId="3BE8979A" w14:textId="77777777" w:rsidR="00052126" w:rsidRPr="002024C7" w:rsidRDefault="00052126" w:rsidP="00E007EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:szCs w:val="22"/>
-[...19 lines deleted...]
-            </w:tcBorders>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10514" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="024B4E37" w14:textId="77777777" w:rsidR="009B29D2" w:rsidRPr="00AC5AC4" w:rsidRDefault="009B29D2" w:rsidP="009F7E03">
+          <w:p w14:paraId="7DE81C66" w14:textId="77777777" w:rsidR="00052126" w:rsidRPr="002024C7" w:rsidRDefault="00052126" w:rsidP="00E007EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:szCs w:val="22"/>
-[...7 lines deleted...]
-            <w:gridSpan w:val="3"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9661B3" w14:textId="77777777" w:rsidR="00052126" w:rsidRPr="002024C7" w:rsidRDefault="00052126" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="7DB8B943" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4750" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="650221F8" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Sworn to and subscribed before me:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47039349" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4660" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F36449D" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DDE24C0" w14:textId="4A5F59C4" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E34A4AD" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="749E7343" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="05800B31" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A83D25" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4644" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="29C2B362" w14:textId="060F9CC2" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00DD3E3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text41"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05245CB0" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4660" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F047DEA" w14:textId="14504963" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text151"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="53" w:name="Text151"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="53"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D6874DE" w14:textId="15E173CE" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B584051" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text42"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A82AD6" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="71362A20" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3A1A2A" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4644" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="nil"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3945BA71" w14:textId="45042390" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Clerk of Court/Notary Public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Print</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="67D42664" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4660" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D1A631" w14:textId="467578B5" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Clerk of Court/Notary Public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sign</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="430E520C" w14:textId="3506FAE6" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="176E7DC3" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="04DB6ECC" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="472B6AB2" w14:textId="77777777" w:rsidTr="007F43F6">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1E043C5F" w14:textId="77777777" w:rsidR="009B29D2" w:rsidRPr="00AC5AC4" w:rsidRDefault="009B29D2" w:rsidP="009F7E03">
+          <w:p w14:paraId="795FF71D" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:szCs w:val="22"/>
-[...8 lines deleted...]
-            </w:r>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4644" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="71981A2E" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="66B449E5" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4660" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D83D173" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="73314048" w14:textId="3535A97F" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="437C07D0" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="08448192" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="683A9585" w14:textId="77777777" w:rsidR="001A126D" w:rsidRPr="009B29D2" w:rsidRDefault="001A126D" w:rsidP="00AC5AC4">
+    <w:p w14:paraId="7B237842" w14:textId="2CA461FE" w:rsidR="00B01A7B" w:rsidRPr="004E4C33" w:rsidRDefault="00B01A7B" w:rsidP="00D707D9">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001A126D" w:rsidRPr="009B29D2" w:rsidSect="009B29D2">
+    <w:sectPr w:rsidR="00B01A7B" w:rsidRPr="004E4C33" w:rsidSect="007F43F6">
       <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="432" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="58147F0B" w14:textId="77777777" w:rsidR="00E45974" w:rsidRDefault="00E45974" w:rsidP="00D619F6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="25980A34" w14:textId="77777777" w:rsidR="00E45974" w:rsidRDefault="00E45974" w:rsidP="00D619F6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5965A555" w14:textId="48F71D87" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="002C019E">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="002C019E">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="002C019E">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="002C019E">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="002C019E">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002C019E">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="002C019E">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="002C019E">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="002C019E">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="002C019E">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="002C019E">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002C019E">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0B5FCF05" w14:textId="77777777" w:rsidR="00E45974" w:rsidRDefault="00E45974" w:rsidP="00D619F6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="071C93D0" w14:textId="77777777" w:rsidR="00E45974" w:rsidRDefault="00E45974" w:rsidP="00D619F6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="0CB7B8F9" w14:textId="28FAEBAE" w:rsidR="00C052F4" w:rsidRDefault="00E33A9A" w:rsidP="00C052F4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0CB7B8F9" w14:textId="5888CB69" w:rsidR="00C052F4" w:rsidRDefault="00E33A9A" w:rsidP="00C052F4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Form </w:t>
     </w:r>
     <w:r w:rsidR="00BE5AAF">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="009B6B7B">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>84</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="716CE079" w14:textId="365D7C87" w:rsidR="00E33A9A" w:rsidRPr="00C052F4" w:rsidRDefault="00AB5E81" w:rsidP="00C052F4">
+  <w:p w14:paraId="716CE079" w14:textId="2CDF2D38" w:rsidR="00E33A9A" w:rsidRPr="00C052F4" w:rsidRDefault="00AB5E81" w:rsidP="00C052F4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Rev</w:t>
     </w:r>
     <w:r w:rsidR="00E33A9A">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00292730">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>1/2</w:t>
     </w:r>
-    <w:r w:rsidR="00D900BA">
+    <w:r w:rsidR="007F43F6">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>/</w:t>
-[...5 lines deleted...]
-      <w:t>21</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F987EE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E8A8F0E"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8956,214 +15894,1167 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1AEC0A6F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC9065FE"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23F11C9F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0CBE15EE"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="290E45C4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="61927E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="292D4C37"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="18F6070C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="299B6702"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EEC4986A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C446EA0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA920D7A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D8F63C6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="18F6070C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43D7581D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5C988726"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="533888329">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2143569987">
+    <w:abstractNumId w:val="8"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="255674876">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1016344318">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1657878971">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1637449196">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1391923975">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1826628821">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="2035762304">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="gKDzFuKU8LM8DMgOwgN6uAOwdwrbJaZiZnJisnvhWiJCgxR+FE2X4D0nII4HENa3r+VjQ9OXO+uULJIa2YPjfw==" w:salt="zN26FA4W1bEWRhMKJ6tm4g=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Sq15nx0pmDBOtRpdbcw/fmoXDkf8kgvy803xYjzAOC5mfybEp7yd+3x5EsGdGLfTSR5qJLjgX9s6DgCFbb3RRQ==" w:salt="Xe0UgJV09FvHQxbvBI8sqQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="26628"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D619F6"/>
+    <w:rsid w:val="00001990"/>
+    <w:rsid w:val="00052126"/>
+    <w:rsid w:val="00091885"/>
+    <w:rsid w:val="000A743D"/>
+    <w:rsid w:val="000B738E"/>
+    <w:rsid w:val="000B778C"/>
     <w:rsid w:val="000D64A4"/>
     <w:rsid w:val="000E1C07"/>
     <w:rsid w:val="000F134E"/>
+    <w:rsid w:val="000F363B"/>
+    <w:rsid w:val="000F7BFA"/>
+    <w:rsid w:val="00105931"/>
+    <w:rsid w:val="00133B4F"/>
     <w:rsid w:val="00134412"/>
+    <w:rsid w:val="00151B7C"/>
+    <w:rsid w:val="0015675D"/>
+    <w:rsid w:val="00162237"/>
     <w:rsid w:val="0016542A"/>
     <w:rsid w:val="00180BA1"/>
     <w:rsid w:val="00185547"/>
     <w:rsid w:val="001857D7"/>
     <w:rsid w:val="001A126D"/>
+    <w:rsid w:val="001D5689"/>
     <w:rsid w:val="001E5858"/>
+    <w:rsid w:val="001F211F"/>
+    <w:rsid w:val="001F3948"/>
+    <w:rsid w:val="001F6F29"/>
+    <w:rsid w:val="00201BE5"/>
+    <w:rsid w:val="002024C7"/>
+    <w:rsid w:val="00207E8F"/>
+    <w:rsid w:val="0022110C"/>
     <w:rsid w:val="0022322C"/>
+    <w:rsid w:val="00236A84"/>
     <w:rsid w:val="00247F8F"/>
     <w:rsid w:val="00274125"/>
+    <w:rsid w:val="00292730"/>
+    <w:rsid w:val="0029427D"/>
     <w:rsid w:val="002A7E8E"/>
+    <w:rsid w:val="002B0C11"/>
+    <w:rsid w:val="002C019E"/>
+    <w:rsid w:val="002C750E"/>
     <w:rsid w:val="002D5E2D"/>
     <w:rsid w:val="002E2C8D"/>
     <w:rsid w:val="002E323A"/>
+    <w:rsid w:val="002E41C3"/>
+    <w:rsid w:val="00301011"/>
     <w:rsid w:val="00301EC8"/>
+    <w:rsid w:val="00305616"/>
     <w:rsid w:val="0033748E"/>
     <w:rsid w:val="0034159C"/>
     <w:rsid w:val="0034435C"/>
     <w:rsid w:val="003457EB"/>
+    <w:rsid w:val="003674EA"/>
+    <w:rsid w:val="00391127"/>
+    <w:rsid w:val="003920DC"/>
+    <w:rsid w:val="00397A1C"/>
+    <w:rsid w:val="003A1E39"/>
     <w:rsid w:val="003B4405"/>
     <w:rsid w:val="003C4C21"/>
+    <w:rsid w:val="003F36C4"/>
+    <w:rsid w:val="00430130"/>
+    <w:rsid w:val="00450154"/>
     <w:rsid w:val="004511DA"/>
+    <w:rsid w:val="00456865"/>
+    <w:rsid w:val="00462810"/>
+    <w:rsid w:val="00467AFF"/>
     <w:rsid w:val="0048741C"/>
+    <w:rsid w:val="004B0BD7"/>
     <w:rsid w:val="004C7DF6"/>
+    <w:rsid w:val="004E4C33"/>
     <w:rsid w:val="004F4CDB"/>
+    <w:rsid w:val="005450C1"/>
+    <w:rsid w:val="0054692D"/>
     <w:rsid w:val="005644A6"/>
     <w:rsid w:val="00572375"/>
     <w:rsid w:val="005749A0"/>
+    <w:rsid w:val="005B043F"/>
+    <w:rsid w:val="005B1A9D"/>
+    <w:rsid w:val="005B4DAC"/>
     <w:rsid w:val="005E16DE"/>
     <w:rsid w:val="005E3FF6"/>
     <w:rsid w:val="0060162D"/>
+    <w:rsid w:val="00604EC2"/>
+    <w:rsid w:val="006077D5"/>
+    <w:rsid w:val="006174E0"/>
     <w:rsid w:val="00630735"/>
     <w:rsid w:val="006454FD"/>
     <w:rsid w:val="00646494"/>
     <w:rsid w:val="006501ED"/>
+    <w:rsid w:val="00676116"/>
+    <w:rsid w:val="00680DD6"/>
+    <w:rsid w:val="006C4B81"/>
+    <w:rsid w:val="006C5FFA"/>
     <w:rsid w:val="007215CF"/>
+    <w:rsid w:val="00733CAD"/>
     <w:rsid w:val="007448A8"/>
+    <w:rsid w:val="007B1A6B"/>
     <w:rsid w:val="007B5805"/>
+    <w:rsid w:val="007C07C2"/>
     <w:rsid w:val="007E5C5D"/>
+    <w:rsid w:val="007F43F6"/>
     <w:rsid w:val="007F4AEA"/>
     <w:rsid w:val="007F746D"/>
+    <w:rsid w:val="008334B8"/>
     <w:rsid w:val="00890FDD"/>
+    <w:rsid w:val="00895390"/>
     <w:rsid w:val="008B3866"/>
+    <w:rsid w:val="008C403D"/>
+    <w:rsid w:val="008E0C08"/>
     <w:rsid w:val="008E3407"/>
+    <w:rsid w:val="00933A33"/>
     <w:rsid w:val="00940AEA"/>
     <w:rsid w:val="00941F26"/>
+    <w:rsid w:val="00947F07"/>
     <w:rsid w:val="0095060A"/>
     <w:rsid w:val="009514FF"/>
     <w:rsid w:val="00976A83"/>
     <w:rsid w:val="00981931"/>
     <w:rsid w:val="009A2472"/>
     <w:rsid w:val="009B29D2"/>
     <w:rsid w:val="009B6B7B"/>
     <w:rsid w:val="009E2342"/>
     <w:rsid w:val="009F0CBF"/>
+    <w:rsid w:val="00A10BA6"/>
+    <w:rsid w:val="00A26660"/>
+    <w:rsid w:val="00A32002"/>
     <w:rsid w:val="00A3735C"/>
     <w:rsid w:val="00A4008C"/>
+    <w:rsid w:val="00A42F5C"/>
+    <w:rsid w:val="00A43904"/>
+    <w:rsid w:val="00A61BF0"/>
     <w:rsid w:val="00A73E70"/>
     <w:rsid w:val="00A96833"/>
+    <w:rsid w:val="00AA4E35"/>
     <w:rsid w:val="00AB5E81"/>
+    <w:rsid w:val="00AC4A4E"/>
     <w:rsid w:val="00AC5AC4"/>
     <w:rsid w:val="00AD0DF7"/>
     <w:rsid w:val="00AE5FC1"/>
+    <w:rsid w:val="00B01A7B"/>
+    <w:rsid w:val="00B25B4A"/>
+    <w:rsid w:val="00B40BA4"/>
     <w:rsid w:val="00B52091"/>
     <w:rsid w:val="00B56C3E"/>
     <w:rsid w:val="00B60032"/>
     <w:rsid w:val="00B62531"/>
     <w:rsid w:val="00B756D7"/>
+    <w:rsid w:val="00B8799A"/>
     <w:rsid w:val="00B9761F"/>
     <w:rsid w:val="00BA4311"/>
     <w:rsid w:val="00BC4E7F"/>
     <w:rsid w:val="00BE5AAF"/>
+    <w:rsid w:val="00BF6118"/>
+    <w:rsid w:val="00BF7549"/>
     <w:rsid w:val="00C052F4"/>
     <w:rsid w:val="00C26173"/>
+    <w:rsid w:val="00C40072"/>
+    <w:rsid w:val="00C46BDF"/>
     <w:rsid w:val="00C86813"/>
+    <w:rsid w:val="00C93675"/>
+    <w:rsid w:val="00C95F33"/>
     <w:rsid w:val="00CC2900"/>
+    <w:rsid w:val="00CD0184"/>
+    <w:rsid w:val="00CE2DB6"/>
+    <w:rsid w:val="00CE5AE5"/>
+    <w:rsid w:val="00CF73B5"/>
     <w:rsid w:val="00D26714"/>
+    <w:rsid w:val="00D60FD1"/>
     <w:rsid w:val="00D619F6"/>
+    <w:rsid w:val="00D63715"/>
+    <w:rsid w:val="00D707D9"/>
     <w:rsid w:val="00D768F2"/>
     <w:rsid w:val="00D77543"/>
     <w:rsid w:val="00D81537"/>
     <w:rsid w:val="00D84522"/>
     <w:rsid w:val="00D900BA"/>
     <w:rsid w:val="00DC632F"/>
+    <w:rsid w:val="00DC7E9E"/>
+    <w:rsid w:val="00DD3E3F"/>
+    <w:rsid w:val="00E2417F"/>
+    <w:rsid w:val="00E32257"/>
     <w:rsid w:val="00E33A9A"/>
+    <w:rsid w:val="00E43DD1"/>
     <w:rsid w:val="00E45974"/>
     <w:rsid w:val="00EA4428"/>
     <w:rsid w:val="00EC3F8E"/>
     <w:rsid w:val="00ED2D37"/>
+    <w:rsid w:val="00EE631B"/>
     <w:rsid w:val="00F21AA5"/>
+    <w:rsid w:val="00F24522"/>
     <w:rsid w:val="00F648C2"/>
     <w:rsid w:val="00F72A37"/>
     <w:rsid w:val="00F9424E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="26628"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="68A6D098"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{79E5184A-6D94-4E5A-96AF-1BD964DF7B74}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9510,51 +17401,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009B29D2"/>
+    <w:rsid w:val="006077D5"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006454FD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
@@ -9790,61 +17681,110 @@
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A2472"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009A2472"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006077D5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006077D5"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006077D5"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="1611427812">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10084,70 +18024,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F59DE7C5-7345-4910-B002-C375B13A3130}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2765</Characters>
+  <Pages>3</Pages>
+  <Words>624</Words>
+  <Characters>3563</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3244</CharactersWithSpaces>
+  <CharactersWithSpaces>4179</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Courts</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>