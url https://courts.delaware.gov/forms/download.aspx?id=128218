--- v1 (2026-02-07)
+++ v2 (2026-03-24)
@@ -6,53 +6,54 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="29D5145B" w14:textId="6F67DD5E" w:rsidR="00D619F6" w:rsidRPr="000D64A4" w:rsidRDefault="002D5E2D" w:rsidP="003A1E39">
+    <w:p w14:paraId="29D5145B" w14:textId="6F67DD5E" w:rsidR="00D619F6" w:rsidRPr="000D64A4" w:rsidRDefault="002D5E2D" w:rsidP="008B4142">
       <w:pPr>
         <w:pStyle w:val="Title"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D64A4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D582B93" wp14:editId="39676DA3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>2514600</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-352425</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1152525" cy="1152525"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Picture 2" descr="test2 Family-Court-grayscale-9per"/>
             <wp:cNvGraphicFramePr>
@@ -90,80 +91,65 @@
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00D619F6" w:rsidRPr="004511DA">
         <w:rPr>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A7C9235" w14:textId="4EE8B509" w:rsidR="00301011" w:rsidRPr="002C019E" w:rsidRDefault="00D619F6" w:rsidP="003A1E39">
+    <w:p w14:paraId="3A7C9235" w14:textId="533A9C4C" w:rsidR="00301011" w:rsidRPr="002C019E" w:rsidRDefault="00D619F6" w:rsidP="008B4142">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In and </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
       <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -177,64 +163,50 @@
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle </w:t>
       </w:r>
-      <w:r w:rsidR="00C052F4" w:rsidRPr="002C019E">
-[...12 lines deleted...]
-      </w:r>
       <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
@@ -242,65 +214,51 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kent </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Kent  </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
@@ -312,52 +270,53 @@
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754454DD" w14:textId="29C58117" w:rsidR="00D619F6" w:rsidRDefault="002E2C8D" w:rsidP="003A1E39">
+    <w:p w14:paraId="754454DD" w14:textId="588B1118" w:rsidR="00D619F6" w:rsidRDefault="002E2C8D" w:rsidP="008B4142">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>REQUEST TO PARTICIPATE REMOTELY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C3229CD" w14:textId="5B7A88B2" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="002C019E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -365,98 +324,98 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11160" w:type="dxa"/>
         <w:tblInd w:w="-461" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="4050"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="2700"/>
         <w:gridCol w:w="2700"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="1F171D49" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="1F171D49" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="17952132" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="003A1E39">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17952132" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="001B4382">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>File Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4F272918" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="003A1E39">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F272918" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="001B4382">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text1"/>
             <w:r w:rsidRPr="002C019E">
@@ -526,106 +485,106 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C6064D2" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="003A1E39">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C6064D2" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="001B4382">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0908A3BC" w14:textId="7FBC9F5A" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="003A1E39">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0908A3BC" w14:textId="7FBC9F5A" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="001B4382">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Petition/Case Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2B7E15CD" w14:textId="1370F359" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="003A1E39">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7E15CD" w14:textId="1370F359" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="001B4382">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text2"/>
             <w:r w:rsidRPr="002C019E">
@@ -874,53 +833,53 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7683D3D8" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="1027CF2C" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="1027CF2C" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01F4BF38" w14:textId="1EFDCCF6" w:rsidR="006C4B81" w:rsidRPr="00292730" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00292730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -929,55 +888,54 @@
             <w:r w:rsidR="00292730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00292730">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25588B61" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
@@ -1040,158 +998,153 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E7DF62" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A718698" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F198686" w14:textId="77777777" w:rsidR="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Respondent</w:t>
             </w:r>
             <w:r w:rsidR="002C019E" w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="204566D0" w14:textId="414AAF7A" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="003A1E39">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="204566D0" w14:textId="414AAF7A" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Defendant </w:t>
             </w:r>
             <w:r w:rsidR="006C4B81" w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2185FB20" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
@@ -1268,247 +1221,241 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BFFD1FE" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="4E381D86" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="4E381D86" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B77C143" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3E0CB8" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="037ABF78" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17102328" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="612170B9" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AEE5614" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04691430" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="1D5FCE86" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="1D5FCE86" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59D17E56" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Phone Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E88F38" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
@@ -1571,124 +1518,120 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="78CB3959" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2763FBA7" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B9F3EF" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Phone Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15CFEF7E" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
@@ -1765,247 +1708,241 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65237C2E" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="5AD5D8AD" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="5AD5D8AD" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F82AE09" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="535B9AC9" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4DF33F" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5579BD1C" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A58B383" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77EB8858" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21DA9D6B" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="5D8F913C" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="5D8F913C" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58E657A3" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Attorney Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BCEC8C" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
@@ -2068,124 +2005,120 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45CB72A7" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FA4890" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24BE7243" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Attorney Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="393245CA" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
@@ -2262,244 +2195,241 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58AC1ADE" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="3954152B" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="3954152B" w14:textId="77777777" w:rsidTr="008B4142">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67C39BC9" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="563C6AED" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="66DED811" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E13F971" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5521CB" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFE35FF" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="066A5BE5" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="5F385EEC" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="5F385EEC" w14:textId="77777777" w:rsidTr="008B4142">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69BCD634" w14:textId="40E5D058" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Phone Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7282F4" w14:textId="1DEB906B" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text113"/>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -2564,121 +2494,120 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="201679FF" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1952FDB0" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FDAF872" w14:textId="7E18B45A" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="003674EA" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Phone Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E79E709" w14:textId="54CBD6D0" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text114"/>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -2757,96 +2686,235 @@
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15A111E6" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="3FFB3C26" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="008B4142" w:rsidRPr="002C019E" w14:paraId="4E26D624" w14:textId="77777777" w:rsidTr="008B4142">
         <w:trPr>
-          <w:trHeight w:val="348"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="172A1BF8" w14:textId="77777777" w:rsidR="008B4142" w:rsidRPr="002C019E" w:rsidRDefault="008B4142" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="457FB9D5" w14:textId="77777777" w:rsidR="008B4142" w:rsidRPr="002C019E" w:rsidRDefault="008B4142" w:rsidP="001B4382">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5008F7D2" w14:textId="77777777" w:rsidR="008B4142" w:rsidRPr="002C019E" w:rsidRDefault="008B4142" w:rsidP="001B4382">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03180C28" w14:textId="77777777" w:rsidR="008B4142" w:rsidRPr="002C019E" w:rsidRDefault="008B4142" w:rsidP="001B4382">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C971E57" w14:textId="77777777" w:rsidR="008B4142" w:rsidRPr="002C019E" w:rsidRDefault="008B4142" w:rsidP="001B4382">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C73D835" w14:textId="77777777" w:rsidR="008B4142" w:rsidRPr="002C019E" w:rsidRDefault="008B4142" w:rsidP="001B4382">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="633A499C" w14:textId="77777777" w:rsidR="008B4142" w:rsidRPr="002C019E" w:rsidRDefault="008B4142" w:rsidP="003A1E39">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C4B81" w:rsidRPr="002C019E" w14:paraId="3FFB3C26" w14:textId="77777777" w:rsidTr="008B4142">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C4DA994" w14:textId="2FCFF934" w:rsidR="006C4B81" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Email Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6F7239" w14:textId="66114E67" w:rsidR="006C4B81" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text160"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text160"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -2912,128 +2980,123 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="207DDE6F" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CB0731" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DFA57C" w14:textId="6ED3A5EE" w:rsidR="006C4B81" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Email Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="38DC7936" w14:textId="3B5B1535" w:rsidR="006C4B81" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text161"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text161"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -3115,51 +3178,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D22ED6C" w14:textId="77777777" w:rsidR="006C4B81" w:rsidRPr="002C019E" w:rsidRDefault="006C4B81" w:rsidP="003A1E39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A72E097" w14:textId="7B38742D" w:rsidR="006C4B81" w:rsidRDefault="005B1A9D" w:rsidP="005B1A9D">
+    <w:p w14:paraId="3A72E097" w14:textId="3089B5A1" w:rsidR="006C4B81" w:rsidRDefault="005B1A9D" w:rsidP="005B1A9D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -3183,128 +3246,120 @@
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002C019E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="002C019E">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11181" w:type="dxa"/>
         <w:tblInd w:w="-488" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2070"/>
-        <w:gridCol w:w="3420"/>
-        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="3414"/>
+        <w:gridCol w:w="112"/>
         <w:gridCol w:w="164"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="111"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="12535BF1" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="12535BF1" w14:textId="77777777" w:rsidTr="008B4142">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7B6298C4" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="108B8833" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcW w:w="112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53F4BCB5" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -3362,53 +3417,53 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19635227" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="24F11EE7" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="24F11EE7" w14:textId="77777777" w:rsidTr="008B4142">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0DB35B3E" w14:textId="73C31A8C" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -3453,51 +3508,51 @@
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if any)</w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3414" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="34C020DB" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -3563,51 +3618,51 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcW w:w="112" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49B94866" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
@@ -3813,98 +3868,98 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="069F3641" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="2AF1113C" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="2AF1113C" w14:textId="77777777" w:rsidTr="008B4142">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="513B3BBD" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="686FA7DC" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcW w:w="112" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E8799D6" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
@@ -3959,85 +4014,85 @@
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DCA0A11" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="486A9813" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="486A9813" w14:textId="77777777" w:rsidTr="008B4142">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D2EE337" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Phone Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3414" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0ACFAC92" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -4103,51 +4158,51 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcW w:w="112" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C1C0C9E" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
@@ -4296,98 +4351,98 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77B72746" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="43A67AE8" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="43A67AE8" w14:textId="77777777" w:rsidTr="008B4142">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3C58DD41" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="382CE3FA" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcW w:w="112" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D32ADBC" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
@@ -4442,85 +4497,85 @@
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="215B3900" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="63883B6A" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="63883B6A" w14:textId="77777777" w:rsidTr="008B4142">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="64C6022D" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Attorney Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3414" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1B4E67C5" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -4586,51 +4641,51 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcW w:w="112" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29EFA7DD" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
@@ -4779,98 +4834,98 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28E49080" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="63875773" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="63875773" w14:textId="77777777" w:rsidTr="008B4142">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7C5C4532" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7AD77A62" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcW w:w="112" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="377EFF1B" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
@@ -4925,192 +4980,195 @@
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E2CB0CD" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="6DC214A7" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="6DC214A7" w14:textId="77777777" w:rsidTr="008B4142">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A32D2B5" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Phone Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="002C019E">
+            <w:tcW w:w="3414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ACA543A" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="008B4142" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B4142">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="002C019E">
+            <w:r w:rsidRPr="008B4142">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="002C019E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002C019E">
+            <w:r w:rsidRPr="008B4142">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B4142">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="002C019E">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="002C019E">
+            <w:r w:rsidRPr="008B4142">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B4142">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B4142">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B4142">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B4142">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B4142">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcW w:w="112" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F0E132D" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -5134,50 +5192,53 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2364DAA9" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Phone Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6F254994" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -5258,88 +5319,228 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="048497D9" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="43F0B869" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="008B4142" w:rsidRPr="002C019E" w14:paraId="7775AE19" w14:textId="77777777" w:rsidTr="008B4142">
         <w:trPr>
-          <w:trHeight w:val="348"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12623629" w14:textId="77777777" w:rsidR="008B4142" w:rsidRPr="002C019E" w:rsidRDefault="008B4142" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC48BF3" w14:textId="77777777" w:rsidR="008B4142" w:rsidRPr="002C019E" w:rsidRDefault="008B4142" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B39C6EF" w14:textId="77777777" w:rsidR="008B4142" w:rsidRPr="002C019E" w:rsidRDefault="008B4142" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7291C0F9" w14:textId="77777777" w:rsidR="008B4142" w:rsidRPr="002C019E" w:rsidRDefault="008B4142" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA4FDED" w14:textId="77777777" w:rsidR="008B4142" w:rsidRPr="002C019E" w:rsidRDefault="008B4142" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40AE5579" w14:textId="77777777" w:rsidR="008B4142" w:rsidRPr="002C019E" w:rsidRDefault="008B4142" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B11DDC4" w14:textId="77777777" w:rsidR="008B4142" w:rsidRPr="002C019E" w:rsidRDefault="008B4142" w:rsidP="00FB1E6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C019E" w:rsidRPr="002C019E" w14:paraId="43F0B869" w14:textId="77777777" w:rsidTr="008B4142">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="499F4D0B" w14:textId="0FC87537" w:rsidR="002C019E" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Email Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="3414" w:type="dxa"/>
+            <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F5B7AEE" w14:textId="6C72FD4D" w:rsidR="002C019E" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text162"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -5406,51 +5607,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcW w:w="112" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7387F7CA" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -5478,51 +5679,50 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="461E4D46" w14:textId="4E79F717" w:rsidR="002C019E" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="00305616">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Email Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="13875165" w14:textId="12C43CCF" w:rsidR="002C019E" w:rsidRPr="00305616" w:rsidRDefault="00305616" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text163"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -5609,146 +5809,312 @@
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="494A56CC" w14:textId="77777777" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="00FB1E6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56C7D172" w14:textId="0E5187EA" w:rsidR="00D619F6" w:rsidRPr="002C019E" w:rsidRDefault="00D619F6" w:rsidP="007B1A6B">
+    <w:p w14:paraId="56C7D172" w14:textId="0E5187EA" w:rsidR="00D619F6" w:rsidRDefault="00D619F6" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3780"/>
+        </w:tabs>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="032314A9" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002C019E" w:rsidRDefault="001B4382" w:rsidP="007B1A6B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11160" w:type="dxa"/>
+        <w:tblW w:w="11430" w:type="dxa"/>
         <w:tblInd w:w="-450" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="1468"/>
+        <w:gridCol w:w="152"/>
+        <w:gridCol w:w="222"/>
+        <w:gridCol w:w="1427"/>
+        <w:gridCol w:w="630"/>
         <w:gridCol w:w="374"/>
-        <w:gridCol w:w="948"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="2414"/>
+        <w:gridCol w:w="1577"/>
+        <w:gridCol w:w="293"/>
+        <w:gridCol w:w="697"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="450"/>
+        <w:gridCol w:w="2144"/>
+        <w:gridCol w:w="106"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00947F07" w:rsidRPr="002C019E" w14:paraId="7117F2A4" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002C019E" w14:paraId="7117F2A4" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3150" w:type="dxa"/>
-[...25 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="6210" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A96C8A6" w14:textId="6F9C17CE" w:rsidR="00947F07" w:rsidRPr="002C019E" w:rsidRDefault="00947F07" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">My </w:t>
+            </w:r>
+            <w:r w:rsidR="001B4382">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check132"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="Check132"/>
+            <w:r w:rsidR="001B4382">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="001B4382">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="001B4382">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="001B4382">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidR="001B4382">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> H</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>earing</w:t>
+            </w:r>
+            <w:r w:rsidR="001B4382">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B4382">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check133"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="Check133"/>
+            <w:r w:rsidR="001B4382">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidR="001B4382">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="001B4382">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="001B4382">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidR="001B4382">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mediation Conference </w:t>
+            </w:r>
+            <w:r w:rsidR="001B4382" w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> scheduled for</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7FD0928E" w14:textId="77777777" w:rsidR="00947F07" w:rsidRPr="002C019E" w:rsidRDefault="00947F07" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text117"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text117"/>
+            <w:bookmarkStart w:id="14" w:name="Text117"/>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
@@ -5783,132 +6149,151 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="12"/>
-[...3 lines deleted...]
-            <w:gridSpan w:val="2"/>
+        <w:bookmarkEnd w:id="14"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="22ECB1D0" w14:textId="5CFEA5FD" w:rsidR="00947F07" w:rsidRPr="002C019E" w:rsidRDefault="00947F07" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>(mm/dd/yyyy)</w:t>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="002C019E">
+              <w:t>(mm/dd/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B47A30A" w14:textId="06497FAC" w:rsidR="00947F07" w:rsidRPr="002C019E" w:rsidRDefault="001B4382" w:rsidP="001B4382">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>at</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2144" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2FDDD03A" w14:textId="2D0C0557" w:rsidR="00947F07" w:rsidRPr="002C019E" w:rsidRDefault="00947F07" w:rsidP="00DD3E3F">
             <w:pPr>
               <w:ind w:left="-318" w:firstLine="318"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text118"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text118"/>
+            <w:bookmarkStart w:id="15" w:name="Text118"/>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
@@ -5941,264 +6326,307 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
-[...9 lines deleted...]
-            <w:pPr>
+            <w:bookmarkEnd w:id="15"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5182E9" w14:textId="59F6C74C" w:rsidR="00947F07" w:rsidRPr="002C019E" w:rsidRDefault="001B4382" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002C019E" w14:paraId="4B20BE76" w14:textId="77777777" w:rsidTr="001B4382">
+        <w:trPr>
+          <w:gridAfter w:val="9"/>
+          <w:wAfter w:w="7801" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0411A86B" w14:textId="3D81A0F1" w:rsidR="001B4382" w:rsidRPr="002C019E" w:rsidRDefault="001B4382" w:rsidP="00DD3E3F">
+            <w:pPr>
+              <w:ind w:left="-318" w:firstLine="318"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>xx:xx</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> AM/PM).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1649" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3476C2ED" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002C019E" w:rsidRDefault="001B4382" w:rsidP="007B1A6B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00292730" w:rsidRPr="002C019E" w14:paraId="648B01B2" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="00292730" w:rsidRPr="002C019E" w14:paraId="648B01B2" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="37148D18" w14:textId="60115CAE" w:rsidR="00292730" w:rsidRPr="002C019E" w:rsidRDefault="00292730" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check127"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Check127"/>
+            <w:bookmarkStart w:id="16" w:name="Check127"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2A75A531" w14:textId="09AA077D" w:rsidR="00292730" w:rsidRPr="002C019E" w:rsidRDefault="00292730" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>I am a party</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7E4F099C" w14:textId="06BDE48D" w:rsidR="00292730" w:rsidRPr="002C019E" w:rsidRDefault="00292730" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check128"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Check128"/>
+            <w:bookmarkStart w:id="17" w:name="Check128"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3930AA72" w14:textId="382C8901" w:rsidR="00292730" w:rsidRPr="002C019E" w:rsidRDefault="00292730" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>I am an attorney</w:t>
             </w:r>
@@ -6214,403 +6642,414 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check129"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Check129"/>
+            <w:bookmarkStart w:id="18" w:name="Check129"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1870" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1E9DC010" w14:textId="77777777" w:rsidR="00292730" w:rsidRPr="002C019E" w:rsidRDefault="00292730" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>I am a witness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4657" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4927" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="62474E12" w14:textId="6E147345" w:rsidR="00292730" w:rsidRPr="002C019E" w:rsidRDefault="00292730" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>(Check One)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="29D0CA64" w14:textId="02CAEB91" w:rsidR="006174E0" w:rsidRDefault="006174E0" w:rsidP="001B4382">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3780"/>
+        </w:tabs>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="163"/>
         <w:tblW w:w="11160" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11160"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A1E39" w:rsidRPr="00052126" w14:paraId="7C508C87" w14:textId="77777777" w:rsidTr="003A1E39">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="00052126" w14:paraId="246B4175" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
           <w:trHeight w:val="619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11160" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6828B264" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="00052126" w:rsidRDefault="003A1E39" w:rsidP="003A1E39">
+          <w:p w14:paraId="2D83629F" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="00052126" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052126">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Absent extenuating circumstances, this request must be filed fourteen (14) days before the hearing date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="29D0CA64" w14:textId="02CAEB91" w:rsidR="006174E0" w:rsidRPr="002C019E" w:rsidRDefault="006174E0" w:rsidP="00052126">
+    <w:p w14:paraId="631D569C" w14:textId="77777777" w:rsidR="001B4382" w:rsidRDefault="001B4382" w:rsidP="001B4382">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62D6999E" w14:textId="77777777" w:rsidR="001B4382" w:rsidRDefault="001B4382" w:rsidP="001B4382">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3780"/>
+        </w:tabs>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16B800BA" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002C019E" w:rsidRDefault="001B4382" w:rsidP="001B4382">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3780"/>
+        </w:tabs>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="20"/>
         <w:tblW w:w="11153" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="475"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="2379"/>
         <w:gridCol w:w="912"/>
         <w:gridCol w:w="1277"/>
         <w:gridCol w:w="1693"/>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="397"/>
         <w:gridCol w:w="106"/>
         <w:gridCol w:w="1650"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="2F535EEA" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="2F535EEA" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11153" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4DF0F0D1" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Although my hearing requires an in-person appearance per the Court Notice I received, (check one)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="6BD0AD2C" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="12432FAA" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
-[...21 lines deleted...]
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="475" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F904EF2" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check107"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Check107"/>
+            <w:bookmarkStart w:id="19" w:name="Check107"/>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1E316B5D" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">I </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4568" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="68F09344" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F09344" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="001B4382">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text159"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text159"/>
+            <w:bookmarkStart w:id="20" w:name="Text159"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6643,215 +7082,214 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5826" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="704E98A7" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="704E98A7" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="001B4382">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>am requesting to appear remotely.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="1943DF73" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="1943DF73" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="475" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36883CF0" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check130"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Check130"/>
+            <w:bookmarkStart w:id="21" w:name="Check130"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4852" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23969529" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>I am an attorney requesting that my client,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3673" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="62E514CB" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E514CB" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="001B4382">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text157"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text157"/>
+            <w:bookmarkStart w:id="22" w:name="Text157"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6884,211 +7322,210 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="095B93DB" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="095B93DB" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="001B4382">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>, appear remotely.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="56962D0E" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="56962D0E" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="475" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BDFFCAB" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check131"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Check131"/>
+            <w:bookmarkStart w:id="23" w:name="Check131"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3575" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AED074F" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRDefault="007F43F6" w:rsidP="001B4382">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>I am requesting that my witness,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2970" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="323E3DB6" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="323E3DB6" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="001B4382">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text158"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text158"/>
+            <w:bookmarkStart w:id="24" w:name="Text158"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7121,235 +7558,235 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="18D24B0F" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="18D24B0F" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRDefault="007F43F6" w:rsidP="001B4382">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>, be permitted to participate remotely.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="7C52BD33" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="7C52BD33" w14:textId="77777777" w:rsidTr="001B4382">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4050" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A4B4B2D" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="158FD611" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C019E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Name of Witness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4133" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A14000D" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="34EAAE6D" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="11153" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0D313C80" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="69B53381" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="69B53381" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11153" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2A3260B8" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Please provide the contact information for the person requesting to appear remotely:</w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="13F0FA04" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="13F0FA04" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11153" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6785D2B3" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="4364D6A0" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="4364D6A0" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1EB42EE4" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2379" w:type="dxa"/>
@@ -7413,53 +7850,53 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="52668E10" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="705AC173" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="705AC173" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0E8A97A9" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
@@ -7498,51 +7935,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0594F280" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text141"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Text141"/>
+            <w:bookmarkStart w:id="25" w:name="Text141"/>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
@@ -7575,95 +8012,95 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3E27DCE9" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1A52AA44" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="585B89B2" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="585B89B2" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="64BC554E" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2379" w:type="dxa"/>
@@ -7725,53 +8162,53 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0C9557F2" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="2C45620B" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="2C45620B" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4ABE6700" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
@@ -7810,51 +8247,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="742CE008" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text142"/>
+            <w:bookmarkStart w:id="26" w:name="Text142"/>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
@@ -7887,95 +8324,95 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="789B7788" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F459A82" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="2456E3E6" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="2456E3E6" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7CCEFA5D" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2379" w:type="dxa"/>
@@ -8037,53 +8474,53 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0B38FD37" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="18CD0123" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="18CD0123" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3471BBE2" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
@@ -8122,51 +8559,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="10896170" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text143"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Text143"/>
+            <w:bookmarkStart w:id="27" w:name="Text143"/>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
@@ -8199,95 +8636,95 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="016BBBB7" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1D0D0D89" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="52474B1A" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="52474B1A" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0BB15BD2" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2379" w:type="dxa"/>
@@ -8349,53 +8786,53 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="76706E60" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="268A62D4" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="268A62D4" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="14190E2C" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
@@ -8434,51 +8871,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="08F6CA04" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text144"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text144"/>
+            <w:bookmarkStart w:id="28" w:name="Text144"/>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
@@ -8511,93 +8948,93 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C019E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7EB0A602" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="59DDA185" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="002C019E" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="79658677" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007F43F6" w:rsidRPr="002C019E" w14:paraId="79658677" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="25FE2DFE" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8687,110 +9124,110 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AEB6D1B" w14:textId="6CD0BD48" w:rsidR="008334B8" w:rsidRPr="00052126" w:rsidRDefault="008334B8" w:rsidP="007B1A6B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="3"/>
         <w:tblW w:w="11176" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="106"/>
         <w:gridCol w:w="10964"/>
         <w:gridCol w:w="106"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w14:paraId="618F591E" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w14:paraId="618F591E" w14:textId="77777777" w:rsidTr="001B4382">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11176" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6270D4" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B0BD7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Explain why circumstances require remote participation:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w14:paraId="5CA4D0D8" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11176" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="535AC783" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w14:paraId="5CA4D0D8" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w14:paraId="7CC580CA" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11176" w:type="dxa"/>
-[...23 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39ECC9A8" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10964" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -8805,101 +9242,101 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F8497EE" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w14:paraId="0765432E" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w14:paraId="0765432E" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FEAC4D6" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10964" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C8E1E89" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B0BD7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text136"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text136"/>
+            <w:bookmarkStart w:id="29" w:name="Text136"/>
             <w:r w:rsidRPr="004B0BD7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004B0BD7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004B0BD7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004B0BD7">
               <w:rPr>
@@ -8932,51 +9369,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B0BD7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B0BD7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
           <w:p w14:paraId="43FA3176" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23182667" w14:textId="77777777" w:rsidR="007F43F6" w:rsidRPr="004B0BD7" w:rsidRDefault="007F43F6" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63362A9C" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -8990,53 +9427,53 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1342DEAD" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w14:paraId="0ECAC7F7" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w14:paraId="0ECAC7F7" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="80"/>
+          <w:trHeight w:val="2298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52CEF541" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10964" w:type="dxa"/>
             <w:tcBorders>
@@ -9060,297 +9497,166 @@
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69FC4AB4" w14:textId="77777777" w:rsidR="003A1E39" w:rsidRPr="004B0BD7" w:rsidRDefault="003A1E39" w:rsidP="007F43F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1EFA570A" w14:textId="77777777" w:rsidR="008334B8" w:rsidRPr="008334B8" w:rsidRDefault="008334B8" w:rsidP="007B1A6B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="406344C4" w14:textId="77777777" w:rsidR="001B4382" w:rsidRDefault="001B4382" w:rsidP="001B4382">
+      <w:pPr>
+        <w:ind w:left="-227"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EF56895" w14:textId="77777777" w:rsidR="008B4142" w:rsidRDefault="008B4142" w:rsidP="008B4142">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28B1029F" w14:textId="3A2D17C3" w:rsidR="001B4382" w:rsidRPr="004B0BD7" w:rsidRDefault="001B4382" w:rsidP="001B4382">
+      <w:pPr>
+        <w:ind w:left="-227"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B0BD7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>If you are a party, you must fill out the following unless you have an active Protection from Abuse (PFA) order or are filing this request in a PFA case.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE0491C" w14:textId="77777777" w:rsidR="001B4382" w:rsidRDefault="001B4382" w:rsidP="001B4382">
+      <w:pPr>
+        <w:ind w:left="-227"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53328F82" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="001B4382" w:rsidRDefault="001B4382" w:rsidP="001B4382">
+      <w:pPr>
+        <w:ind w:left="-227"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B0BD7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>I have contacted the opposing counsel or, if unrepresented, the opposing party regarding this request to appear remotely and the following is his or her position:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052F3A17" w14:textId="77777777" w:rsidR="001B4382" w:rsidRDefault="001B4382" w:rsidP="001B4382">
+      <w:pPr>
+        <w:ind w:left="-227"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FD4429E" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="001B4382">
+      <w:pPr>
+        <w:ind w:left="-227"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AEA5110" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="004B0BD7" w:rsidRDefault="001B4382" w:rsidP="001B4382">
+      <w:pPr>
+        <w:ind w:left="-227"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11012" w:type="dxa"/>
         <w:tblInd w:w="-270" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="106"/>
         <w:gridCol w:w="10800"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="16"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F7BFA" w:rsidRPr="004B0BD7" w14:paraId="63DCA7F8" w14:textId="77777777" w:rsidTr="007F43F6">
-[...226 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00DC7E9E" w:rsidRPr="004B0BD7" w14:paraId="2F5899E0" w14:textId="77777777" w:rsidTr="007F43F6">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="16" w:type="dxa"/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10996" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79117F96" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -9449,51 +9755,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="758CEC7F" w14:textId="613924F8" w:rsidR="00DC7E9E" w:rsidRPr="004B0BD7" w:rsidRDefault="00DC7E9E" w:rsidP="00DC7E9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B0BD7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text137"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text137"/>
+            <w:bookmarkStart w:id="30" w:name="Text137"/>
             <w:r w:rsidRPr="004B0BD7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004B0BD7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004B0BD7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004B0BD7">
               <w:rPr>
@@ -9526,51 +9832,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B0BD7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B0BD7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
           <w:p w14:paraId="21BF847E" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="004B0BD7" w:rsidRDefault="00DC7E9E" w:rsidP="00DC7E9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="624DCC09" w14:textId="77777777" w:rsidR="00DC7E9E" w:rsidRPr="004B0BD7" w:rsidRDefault="00DC7E9E" w:rsidP="00DC7E9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="35A06118" w14:textId="77777777" w:rsidR="0029427D" w:rsidRDefault="0029427D" w:rsidP="00DC7E9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -9742,97 +10048,97 @@
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10980" w:type="dxa"/>
         <w:tblInd w:w="-270" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4214"/>
         <w:gridCol w:w="106"/>
         <w:gridCol w:w="4664"/>
         <w:gridCol w:w="106"/>
         <w:gridCol w:w="1890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="50626FAD" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="50626FAD" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4214" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="729DA5C7" w14:textId="77777777" w:rsidR="002024C7" w:rsidRDefault="002024C7" w:rsidP="00162237">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5F485F0A" w14:textId="3257EFF7" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Text39"/>
+            <w:bookmarkStart w:id="31" w:name="Text39"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
@@ -9865,51 +10171,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="35CD6BFB" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -9918,51 +10224,51 @@
           </w:tcPr>
           <w:p w14:paraId="24B441B8" w14:textId="0F85F1D8" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text149"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Text149"/>
+            <w:bookmarkStart w:id="32" w:name="Text149"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9995,51 +10301,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7672EDFE" w14:textId="358E793A" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -10048,51 +10354,51 @@
           </w:tcPr>
           <w:p w14:paraId="3CA2E61B" w14:textId="7E507245" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text40"/>
+            <w:bookmarkStart w:id="33" w:name="Text40"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
@@ -10125,57 +10431,57 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="65596B45" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="65596B45" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54C8FC01" w14:textId="1D554D8B" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Movant/Attorney</w:t>
@@ -10255,127 +10561,127 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="591713A4" w14:textId="0AED6733" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="68C01F30" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="68C01F30" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10980" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4FEA40AD" w14:textId="310F47F0" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Sworn to and subscribed before me:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w14:paraId="4E08D7F8" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w14:paraId="4E08D7F8" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4214" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1EE392A5" w14:textId="77777777" w:rsidR="00DD3E3F" w:rsidRDefault="00DD3E3F" w:rsidP="00DD3E3F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="227F4AAC" w14:textId="1B7D78D8" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="007B1A6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Text41"/>
+            <w:bookmarkStart w:id="34" w:name="Text41"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
@@ -10408,51 +10714,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0AD48B6E" w14:textId="77777777" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -10460,51 +10766,51 @@
           </w:tcPr>
           <w:p w14:paraId="16F5B495" w14:textId="3791CA17" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="00DD3E3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text150"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Text150"/>
+            <w:bookmarkStart w:id="35" w:name="Text150"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10537,51 +10843,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0860713E" w14:textId="4D7B3607" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -10589,51 +10895,51 @@
           </w:tcPr>
           <w:p w14:paraId="76E5194F" w14:textId="6F02A31A" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="00DD3E3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Text42"/>
+            <w:bookmarkStart w:id="36" w:name="Text42"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
@@ -10666,57 +10972,57 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w14:paraId="5CF421F0" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w14:paraId="5CF421F0" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22CAFF4F" w14:textId="2A230477" w:rsidR="00DD3E3F" w:rsidRPr="002024C7" w:rsidRDefault="00DD3E3F" w:rsidP="002024C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Clerk of Court/Notary Public</w:t>
@@ -10845,276 +11151,280 @@
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10996" w:type="dxa"/>
         <w:tblInd w:w="-270" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="106"/>
         <w:gridCol w:w="2414"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="5400"/>
         <w:gridCol w:w="106"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="60783263" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="60783263" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="01A29854" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="007B1A6B">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A29854" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="001B4382">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">This request is hereby </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="6C483F68" w14:textId="33677262" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="007B1A6B">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C483F68" w14:textId="33677262" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="001B4382">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check109"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Check109"/>
+            <w:bookmarkStart w:id="37" w:name="Check109"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="37"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> GRANTED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="2AB55C36" w14:textId="0B12C361" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="007B1A6B">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB55C36" w14:textId="0B12C361" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="001B4382">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check110"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Check110"/>
+            <w:bookmarkStart w:id="38" w:name="Check110"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="38"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENIED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5506" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="017E2C5A" w14:textId="3510D585" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="007B1A6B">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="017E2C5A" w14:textId="3510D585" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="001B4382">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>and the parties have been notified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B1A6B" w:rsidRPr="002024C7" w14:paraId="44CEACDD" w14:textId="77777777" w:rsidTr="007F43F6">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10996" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A2D3ECA" w14:textId="77777777" w:rsidR="007B1A6B" w:rsidRPr="002024C7" w:rsidRDefault="007B1A6B" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B1A6B" w:rsidRPr="002024C7" w14:paraId="3EA48C7A" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="007B1A6B" w:rsidRPr="002024C7" w14:paraId="3EA48C7A" w14:textId="77777777" w:rsidTr="001B4382">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10996" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47CA8030" w14:textId="3D3F7028" w:rsidR="007B1A6B" w:rsidRPr="002024C7" w:rsidRDefault="007B1A6B" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Notes:</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11238,51 +11548,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C44051D" w14:textId="24ED0406" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="000B738E" w:rsidP="000B738E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text138"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Text138"/>
+            <w:bookmarkStart w:id="39" w:name="Text138"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
@@ -11315,51 +11625,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
           <w:p w14:paraId="51BFACF8" w14:textId="77777777" w:rsidR="000B738E" w:rsidRPr="002024C7" w:rsidRDefault="000B738E" w:rsidP="000B738E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="00996B63" w14:textId="77777777" w:rsidR="000B738E" w:rsidRDefault="000B738E" w:rsidP="000B738E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="35702679" w14:textId="77777777" w:rsidR="00162237" w:rsidRDefault="00162237" w:rsidP="000B738E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -11491,321 +11801,281 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3559F49F" w14:textId="296761C3" w:rsidR="00DC7E9E" w:rsidRPr="002024C7" w:rsidRDefault="00DC7E9E" w:rsidP="007B1A6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7063AFFC" w14:textId="46C4E380" w:rsidR="00B01A7B" w:rsidRDefault="00B01A7B" w:rsidP="007B1A6B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14630168" w14:textId="77777777" w:rsidR="008B4142" w:rsidRDefault="008B4142" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00896532" w14:textId="77777777" w:rsidR="008B4142" w:rsidRDefault="008B4142" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27C3A8B9" w14:textId="77777777" w:rsidR="008B4142" w:rsidRDefault="008B4142" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E9BD730" w14:textId="77777777" w:rsidR="008B4142" w:rsidRDefault="008B4142" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FE380CF" w14:textId="77777777" w:rsidR="008B4142" w:rsidRDefault="008B4142" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AB98582" w14:textId="77777777" w:rsidR="008B4142" w:rsidRDefault="008B4142" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1C3BD3" w14:textId="77777777" w:rsidR="008B4142" w:rsidRDefault="008B4142" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67A786DB" w14:textId="776EF0BC" w:rsidR="008B4142" w:rsidRPr="008B4142" w:rsidRDefault="008B4142" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4142">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text164"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="Text164"/>
+      <w:r w:rsidRPr="008B4142">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008B4142">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008B4142">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008B4142">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4142">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4142">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4142">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4142">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4142">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text165"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="Text165"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10980" w:type="dxa"/>
         <w:tblInd w:w="-270" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5580"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="5220"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E43DD1" w:rsidRPr="002024C7" w14:paraId="7F9E1F98" w14:textId="77777777" w:rsidTr="007F43F6">
-[...253 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00E43DD1" w:rsidRPr="002024C7" w14:paraId="3B30B5F5" w14:textId="77777777" w:rsidTr="007F43F6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5580" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AAF1EC0" w14:textId="5B8BB0A6" w:rsidR="00E43DD1" w:rsidRPr="002024C7" w:rsidRDefault="00E43DD1" w:rsidP="00E43DD1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Date</w:t>
@@ -11835,267 +12105,330 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43309E2B" w14:textId="6834837C" w:rsidR="00E43DD1" w:rsidRPr="002024C7" w:rsidRDefault="00E43DD1" w:rsidP="00E43DD1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Judge/Commissioner</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="38431139" w14:textId="77777777" w:rsidR="005B4DAC" w:rsidRPr="00E2417F" w:rsidRDefault="005B4DAC" w:rsidP="007B1A6B">
+    <w:p w14:paraId="38431139" w14:textId="77777777" w:rsidR="005B4DAC" w:rsidRDefault="005B4DAC" w:rsidP="007B1A6B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01B6C359" w14:textId="77777777" w:rsidR="001B4382" w:rsidRDefault="001B4382" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13760200" w14:textId="77777777" w:rsidR="001B4382" w:rsidRDefault="001B4382" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="356FDE81" w14:textId="77777777" w:rsidR="001B4382" w:rsidRDefault="001B4382" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67CFCCEF" w14:textId="77777777" w:rsidR="001B4382" w:rsidRDefault="001B4382" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5970A447" w14:textId="77777777" w:rsidR="001B4382" w:rsidRDefault="001B4382" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CD1B042" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="00E2417F" w:rsidRDefault="001B4382" w:rsidP="007B1A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CAF149C" w14:textId="77777777" w:rsidR="002024C7" w:rsidRDefault="002024C7" w:rsidP="00D707D9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10980" w:type="dxa"/>
         <w:tblInd w:w="-270" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="2012"/>
         <w:gridCol w:w="1228"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="1260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="70C4053A" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="00663867" w:rsidRPr="002024C7" w14:paraId="038C5B76" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0627C4" w14:textId="2782C168" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="0D455776" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>CC:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49305A73" w14:textId="11539556" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="3839030A" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="Check113"/>
+            <w:bookmarkStart w:id="42" w:name="Check113"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="42"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Petitioner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F0ADC38" w14:textId="61F2BD8E" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="7E3660CF" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="Check114"/>
+            <w:bookmarkStart w:id="43" w:name="Check114"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
+            <w:bookmarkEnd w:id="43"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Petitioner’s Attorney</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="242EFB8B" w14:textId="25EC2671" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="072CDEA9" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check117"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -12124,51 +12457,51 @@
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ODS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EAF4682" w14:textId="7E480CA6" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="5F66BDCD" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check118"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -12192,321 +12525,321 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> DOJ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="0AA8CDEE" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="00663867" w:rsidRPr="002024C7" w14:paraId="470BD552" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F7EE540" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="3A9D6641" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="522D9EA4" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="4368A1C8" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B2BE3FA" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="20134B27" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD5C4F7" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="1F36D450" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD1B20F" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="157BBCEF" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="6968EBF2" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="00663867" w:rsidRPr="002024C7" w14:paraId="7FA83A1C" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EFB5786" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="2C0382FB" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B59AE4F" w14:textId="191D9255" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="1DC4A902" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check115"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="Check115"/>
+            <w:bookmarkStart w:id="44" w:name="Check115"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="44"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Defendant/Respondent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A80E5A3" w14:textId="1E8390C3" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="1C9472B1" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check116"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="43" w:name="Check116"/>
+            <w:bookmarkStart w:id="45" w:name="Check116"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="45"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Defendant/Respondent’s Attorney/PD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF68F5B" w14:textId="00BF7299" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="0600B64A" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check119"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -12535,51 +12868,51 @@
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> DCSS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18B81777" w14:textId="3BFD67C3" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="645DDB05" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check120"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -12603,272 +12936,272 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> DFS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46BDF" w:rsidRPr="00C46BDF" w14:paraId="474369FF" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="00663867" w:rsidRPr="00C46BDF" w14:paraId="535F8C36" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31911799" w14:textId="77777777" w:rsidR="00C46BDF" w:rsidRPr="00C46BDF" w:rsidRDefault="00C46BDF" w:rsidP="002024C7">
+          <w:p w14:paraId="73CA4891" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="00C46BDF" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26430640" w14:textId="77777777" w:rsidR="00C46BDF" w:rsidRPr="00C46BDF" w:rsidRDefault="00C46BDF" w:rsidP="002024C7">
+          <w:p w14:paraId="324EE161" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="00C46BDF" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74538B88" w14:textId="77777777" w:rsidR="00C46BDF" w:rsidRPr="00C46BDF" w:rsidRDefault="00C46BDF" w:rsidP="002024C7">
+          <w:p w14:paraId="17292613" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="00C46BDF" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="441CC8C8" w14:textId="77777777" w:rsidR="00C46BDF" w:rsidRPr="00C46BDF" w:rsidRDefault="00C46BDF" w:rsidP="002024C7">
+          <w:p w14:paraId="20A66698" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="00C46BDF" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4F7B8C" w14:textId="77777777" w:rsidR="00C46BDF" w:rsidRPr="00C46BDF" w:rsidRDefault="00C46BDF" w:rsidP="002024C7">
+          <w:p w14:paraId="2ABA97D5" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="00C46BDF" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002024C7" w:rsidRPr="002024C7" w14:paraId="29503399" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="00663867" w:rsidRPr="002024C7" w14:paraId="00CAC47A" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
-          <w:trHeight w:val="245"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="632D8D0B" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="1392D88C" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6588CBCA" w14:textId="11F7F04B" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="038A400A" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check121"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="44" w:name="Check121"/>
+            <w:bookmarkStart w:id="46" w:name="Check121"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
+            <w:bookmarkEnd w:id="46"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3722" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4BFEFAB2" w14:textId="1D3959B5" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="69C7768E" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text130"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="Text130"/>
+            <w:bookmarkStart w:id="47" w:name="Text130"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
@@ -12901,161 +13234,161 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkEnd w:id="47"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1228" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAD2855" w14:textId="500CB193" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="241C04E6" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check122"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="46" w:name="Check122"/>
+            <w:bookmarkStart w:id="48" w:name="Check122"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
+            <w:bookmarkEnd w:id="48"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0FE4513D" w14:textId="00A2782D" w:rsidR="002024C7" w:rsidRPr="002024C7" w:rsidRDefault="002024C7" w:rsidP="002024C7">
+          <w:p w14:paraId="61F4A0D4" w14:textId="77777777" w:rsidR="00663867" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text131"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="47" w:name="Text131"/>
+            <w:bookmarkStart w:id="49" w:name="Text131"/>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
@@ -13088,249 +13421,258 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
+            <w:bookmarkEnd w:id="49"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6CAF149C" w14:textId="77777777" w:rsidR="002024C7" w:rsidRPr="0029427D" w:rsidRDefault="002024C7" w:rsidP="00D707D9">
+    <w:p w14:paraId="7C84C9F9" w14:textId="77777777" w:rsidR="00663867" w:rsidRDefault="00663867" w:rsidP="00D707D9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51383FA5" w14:textId="77777777" w:rsidR="008B4142" w:rsidRDefault="008B4142" w:rsidP="00D707D9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59F35572" w14:textId="77777777" w:rsidR="008B4142" w:rsidRDefault="008B4142" w:rsidP="00D707D9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18FF8B1D" w14:textId="77777777" w:rsidR="008B4142" w:rsidRDefault="008B4142" w:rsidP="00D707D9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="789CF480" w14:textId="77777777" w:rsidR="008B4142" w:rsidRDefault="008B4142" w:rsidP="00D707D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10980" w:type="dxa"/>
         <w:tblInd w:w="-275" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="106"/>
-        <w:gridCol w:w="704"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="344"/>
+        <w:gridCol w:w="1424"/>
+        <w:gridCol w:w="1602"/>
         <w:gridCol w:w="106"/>
-        <w:gridCol w:w="1512"/>
+        <w:gridCol w:w="1082"/>
+        <w:gridCol w:w="430"/>
         <w:gridCol w:w="106"/>
-        <w:gridCol w:w="3964"/>
-        <w:gridCol w:w="696"/>
+        <w:gridCol w:w="4660"/>
         <w:gridCol w:w="106"/>
-        <w:gridCol w:w="998"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="270"/>
+        <w:gridCol w:w="368"/>
+        <w:gridCol w:w="630"/>
+        <w:gridCol w:w="247"/>
+        <w:gridCol w:w="113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E32257" w:rsidRPr="002024C7" w14:paraId="603E07DC" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="2835EA96" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10980" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6AEEA508" w14:textId="77777777" w:rsidR="00E32257" w:rsidRPr="002024C7" w:rsidRDefault="00E32257" w:rsidP="00D707D9">
+          <w:p w14:paraId="3D7763A1" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00397A1C" w:rsidRPr="002024C7" w14:paraId="6BF45FEE" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="2844D1AB" w14:textId="77777777" w:rsidTr="00663867">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10980" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3E12A297" w14:textId="568C0CD3" w:rsidR="00397A1C" w:rsidRPr="002024C7" w:rsidRDefault="00397A1C" w:rsidP="00D707D9">
+          <w:p w14:paraId="377540D4" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>AFFIDAVIT OF MAILING</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00397A1C" w:rsidRPr="002024C7" w14:paraId="3F4775BE" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="406DF0BA" w14:textId="77777777" w:rsidTr="00663867">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="9990" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...50 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BAA8A45" w14:textId="0B45DA37" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I, the Movant, affirm that a true and correct copy of this Request was placed in the U.S. Mail </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6D85CB88" w14:textId="3710C373" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+          <w:p w14:paraId="78872B6A" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text153"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="Text153"/>
+            <w:bookmarkStart w:id="50" w:name="Text153"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13363,166 +13705,146 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
-[...4 lines deleted...]
-            <w:tcW w:w="270" w:type="dxa"/>
+            <w:bookmarkEnd w:id="50"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="55182B22" w14:textId="067FBD17" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+          <w:p w14:paraId="7499841B" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00397A1C" w:rsidRPr="002024C7" w14:paraId="770BFECF" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="0406A8D8" w14:textId="77777777" w:rsidTr="00663867">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...38 lines deleted...]
-            <w:r>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C45142F" w14:textId="318118A6" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">On the </w:t>
+            </w:r>
+            <w:r w:rsidR="001B4382">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>day of</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2322" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1602" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3290C458" w14:textId="79C590A5" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+          <w:p w14:paraId="01243714" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text154"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="49" w:name="Text154"/>
+            <w:bookmarkStart w:id="51" w:name="Text154"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13555,111 +13877,111 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="49"/>
+            <w:bookmarkEnd w:id="51"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76C942AD" w14:textId="387884F0" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+          <w:p w14:paraId="6561B23C" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="220FD778" w14:textId="5ED2F12B" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
+          <w:p w14:paraId="6FFF9BEF" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text155"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="50" w:name="Text155"/>
+            <w:bookmarkStart w:id="52" w:name="Text155"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13692,175 +14014,156 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="50"/>
+            <w:bookmarkEnd w:id="52"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6124" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4A98EB81" w14:textId="2B3FC07A" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">and sent to the other party or attorney at the address listed on the </w:t>
+          <w:p w14:paraId="3C0E19F5" w14:textId="004FAE21" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and sent to the other party or attorney at the address </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="359257FD" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="7BB1A063" w14:textId="77777777" w:rsidTr="00663867">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...38 lines deleted...]
-            <w:r w:rsidRPr="002024C7">
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="70D3C0ED" w14:textId="2EE34B69" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="00663867" w:rsidP="003E7F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00663867">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">listed on the </w:t>
+            </w:r>
+            <w:r w:rsidR="001B4382" w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Petition/Complaint, being</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7832" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="6300" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2CDEFD2E" w14:textId="42362AA9" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+          <w:p w14:paraId="069D42CE" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text156"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="51" w:name="Text156"/>
+            <w:bookmarkStart w:id="53" w:name="Text156"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13893,204 +14196,204 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="51"/>
+            <w:bookmarkEnd w:id="53"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7A97F38F" w14:textId="3993E892" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+          <w:p w14:paraId="5A18924E" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D707D9" w:rsidRPr="002024C7" w14:paraId="0CBEB798" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="340F8976" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10980" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3FBB3A77" w14:textId="77777777" w:rsidR="00D707D9" w:rsidRPr="005B043F" w:rsidRDefault="00D707D9" w:rsidP="00D707D9">
+          <w:p w14:paraId="6862DEF0" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="005B043F" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="5FDE0A98" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="09BBED7A" w14:textId="77777777" w:rsidTr="00663867">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10980" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="53193966" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>first class postage pre-paid.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="44C74130" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10980" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1117F9FD" w14:textId="01C62E2B" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00D707D9">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0992189F" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029427D" w:rsidRPr="002024C7" w14:paraId="4C9C7016" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="19DD86C8" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...28 lines deleted...]
-          <w:p w14:paraId="13166A49" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1C9579" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="172F12C6" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00052126">
+          <w:p w14:paraId="029EFDEE" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
@@ -14154,96 +14457,95 @@
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4E0AE765" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00052126">
+          <w:p w14:paraId="28804511" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="135BFCD0" w14:textId="573DAF8A" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00052126">
+          <w:p w14:paraId="5BE65A18" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text152"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="52" w:name="Text152"/>
+            <w:bookmarkStart w:id="54" w:name="Text152"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -14276,80 +14578,81 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="52"/>
+            <w:bookmarkEnd w:id="54"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="03EFE883" w14:textId="6ADD7CD5" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00052126">
+          <w:p w14:paraId="2F1B2F0D" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="998" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="25B78E02" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00052126">
+          <w:p w14:paraId="40E8C184" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
@@ -14416,462 +14719,463 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0DCFA0D8" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="3C54BCD8" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="1455D567" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="4E6E4170" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2F909C2D" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="6288781A" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="59F7316B" w14:textId="3ADD297F" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+          <w:p w14:paraId="2874684B" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ovant/Attorney</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Print</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="394A7214" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+          <w:p w14:paraId="14D1DFD6" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5284DF5F" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ovant/Attorney</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sign</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7A160E" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...54 lines deleted...]
-            <w:tcW w:w="998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="70F5D975" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+          <w:p w14:paraId="3CACE90F" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="22A44E20" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="5075B359" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00052126" w:rsidRPr="002024C7" w14:paraId="402EF88D" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="281B0EEA" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE8979A" w14:textId="77777777" w:rsidR="00052126" w:rsidRPr="002024C7" w:rsidRDefault="00052126" w:rsidP="00E007EF">
+          <w:p w14:paraId="76D132F0" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10514" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE81C66" w14:textId="77777777" w:rsidR="00052126" w:rsidRPr="002024C7" w:rsidRDefault="00052126" w:rsidP="00E007EF">
+          <w:p w14:paraId="529C0571" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4C9661B3" w14:textId="77777777" w:rsidR="00052126" w:rsidRPr="002024C7" w:rsidRDefault="00052126" w:rsidP="00E007EF">
+          <w:p w14:paraId="46899B63" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="7DB8B943" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="6B3F30F9" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4750" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="650221F8" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="3117FAB4" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Sworn to and subscribed before me:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="47039349" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="7FF9A11B" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A68138" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB81749" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...31 lines deleted...]
-          <w:p w14:paraId="6E34A4AD" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D623279" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="749E7343" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="5B371576" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="05800B31" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="158FCCB6" w14:textId="77777777" w:rsidTr="00663867">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="32A83D25" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="7246A9E1" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="29C2B362" w14:textId="060F9CC2" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00DD3E3F">
-            <w:pPr>
+          <w:p w14:paraId="1BF00C75" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="00663867">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
@@ -14933,96 +15237,95 @@
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="05245CB0" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+          <w:p w14:paraId="631AB7BF" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5F047DEA" w14:textId="14504963" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+          <w:p w14:paraId="13081306" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text151"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="53" w:name="Text151"/>
+            <w:bookmarkStart w:id="55" w:name="Text151"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15055,80 +15358,81 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="53"/>
+            <w:bookmarkEnd w:id="55"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2D6874DE" w14:textId="15E173CE" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+          <w:p w14:paraId="37CE9197" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="998" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1B584051" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+          <w:p w14:paraId="0AB4217B" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
@@ -15195,393 +15499,393 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="23A82AD6" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="3B751412" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="71362A20" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="5C3FAD55" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3A1A2A" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="48AD113F" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3945BA71" w14:textId="45042390" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+          <w:p w14:paraId="327B8165" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Clerk of Court/Notary Public</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Print</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="67D42664" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+          <w:p w14:paraId="471FBB8F" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="276B3BCF" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002024C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Clerk of Court/Notary Public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sign</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="57E24C64" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="50D1A631" w14:textId="467578B5" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
-[...50 lines deleted...]
-          <w:p w14:paraId="176E7DC3" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="005B043F">
+          <w:p w14:paraId="1F996A27" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002024C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="04DB6ECC" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="5B8A1B21" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B043F" w:rsidRPr="002024C7" w14:paraId="472B6AB2" w14:textId="77777777" w:rsidTr="007F43F6">
+      <w:tr w:rsidR="001B4382" w:rsidRPr="002024C7" w14:paraId="1E03BBE5" w14:textId="77777777" w:rsidTr="003E7F80">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="795FF71D" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="11E988BF" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="71981A2E" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="472FCC52" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="106" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="66B449E5" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="0FBE43D4" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="113CCDEC" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B48929" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2D83D173" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
-[...35 lines deleted...]
-          <w:p w14:paraId="437C07D0" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="7CFECD19" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08448192" w14:textId="77777777" w:rsidR="005B043F" w:rsidRPr="002024C7" w:rsidRDefault="005B043F" w:rsidP="00E007EF">
+          <w:p w14:paraId="560F24CD" w14:textId="77777777" w:rsidR="001B4382" w:rsidRPr="002024C7" w:rsidRDefault="001B4382" w:rsidP="003E7F80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7B237842" w14:textId="2CA461FE" w:rsidR="00B01A7B" w:rsidRPr="004E4C33" w:rsidRDefault="00B01A7B" w:rsidP="00D707D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00B01A7B" w:rsidRPr="004E4C33" w:rsidSect="007F43F6">
+    <w:sectPr w:rsidR="00B01A7B" w:rsidRPr="004E4C33" w:rsidSect="00663867">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="432" w:footer="432" w:gutter="0"/>
+      <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="58147F0B" w14:textId="77777777" w:rsidR="00E45974" w:rsidRDefault="00E45974" w:rsidP="00D619F6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="25980A34" w14:textId="77777777" w:rsidR="00E45974" w:rsidRDefault="00E45974" w:rsidP="00D619F6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
@@ -15599,247 +15903,241 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5965A555" w14:textId="48F71D87" w:rsidR="002C019E" w:rsidRPr="002C019E" w:rsidRDefault="002C019E" w:rsidP="002C019E">
+  <w:p w14:paraId="5965A555" w14:textId="48F71D87" w:rsidR="002C019E" w:rsidRPr="00663867" w:rsidRDefault="002C019E" w:rsidP="002C019E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="002C019E">
+    <w:r w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="002C019E">
+    <w:r w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="002C019E">
+    <w:r w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="002C019E">
+    <w:r w:rsidRPr="00663867">
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="002C019E">
+    <w:r w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="002C019E">
+    <w:r w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="002C019E">
+    <w:r w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="002C019E">
+    <w:r w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="002C019E">
+    <w:r w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="002C019E">
+    <w:r w:rsidRPr="00663867">
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="002C019E">
+    <w:r w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0B5FCF05" w14:textId="77777777" w:rsidR="00E45974" w:rsidRDefault="00E45974" w:rsidP="00D619F6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="071C93D0" w14:textId="77777777" w:rsidR="00E45974" w:rsidRDefault="00E45974" w:rsidP="00D619F6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0CB7B8F9" w14:textId="5888CB69" w:rsidR="00C052F4" w:rsidRDefault="00E33A9A" w:rsidP="00C052F4">
+  <w:p w14:paraId="0CB7B8F9" w14:textId="5888CB69" w:rsidR="00C052F4" w:rsidRPr="00663867" w:rsidRDefault="00E33A9A" w:rsidP="00C052F4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Form </w:t>
     </w:r>
-    <w:r w:rsidR="00BE5AAF">
+    <w:r w:rsidR="00BE5AAF" w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidR="009B6B7B">
+    <w:r w:rsidR="009B6B7B" w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:t>84</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="716CE079" w14:textId="2CDF2D38" w:rsidR="00E33A9A" w:rsidRPr="00C052F4" w:rsidRDefault="00AB5E81" w:rsidP="00C052F4">
+  <w:p w14:paraId="716CE079" w14:textId="38C9FE04" w:rsidR="00E33A9A" w:rsidRPr="00663867" w:rsidRDefault="00AB5E81" w:rsidP="00C052F4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:t>Rev</w:t>
     </w:r>
-    <w:r w:rsidR="00E33A9A">
+    <w:r w:rsidR="00E33A9A" w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00292730">
+    <w:r w:rsidR="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
-      <w:t>1/2</w:t>
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="007F43F6">
+    <w:r w:rsidR="00292730" w:rsidRPr="00663867">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t>/2</w:t>
+    </w:r>
+    <w:r w:rsidR="007F43F6" w:rsidRPr="00663867">
+      <w:rPr>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F987EE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E8A8F0E"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -16760,183 +17058,192 @@
   <w:num w:numId="4" w16cid:durableId="1016344318">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1657878971">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1637449196">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1391923975">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1826628821">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2035762304">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Sq15nx0pmDBOtRpdbcw/fmoXDkf8kgvy803xYjzAOC5mfybEp7yd+3x5EsGdGLfTSR5qJLjgX9s6DgCFbb3RRQ==" w:salt="Xe0UgJV09FvHQxbvBI8sqQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="iocr1UnrWHTGN7+yiFw+0R9/xqVeo0f7P5XRd8G36BY+nwTjJZ9Y/pYYmnrt4HWBp2xOf2RIw0bGDnq/T1lBPA==" w:salt="kcMWT8ix7tmuqCoopdYlHA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26628"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D619F6"/>
     <w:rsid w:val="00001990"/>
     <w:rsid w:val="00052126"/>
     <w:rsid w:val="00091885"/>
     <w:rsid w:val="000A743D"/>
     <w:rsid w:val="000B738E"/>
     <w:rsid w:val="000B778C"/>
     <w:rsid w:val="000D64A4"/>
     <w:rsid w:val="000E1C07"/>
     <w:rsid w:val="000F134E"/>
     <w:rsid w:val="000F363B"/>
     <w:rsid w:val="000F7BFA"/>
     <w:rsid w:val="00105931"/>
     <w:rsid w:val="00133B4F"/>
     <w:rsid w:val="00134412"/>
     <w:rsid w:val="00151B7C"/>
     <w:rsid w:val="0015675D"/>
     <w:rsid w:val="00162237"/>
     <w:rsid w:val="0016542A"/>
     <w:rsid w:val="00180BA1"/>
+    <w:rsid w:val="001811DE"/>
     <w:rsid w:val="00185547"/>
     <w:rsid w:val="001857D7"/>
     <w:rsid w:val="001A126D"/>
+    <w:rsid w:val="001B4382"/>
+    <w:rsid w:val="001B472C"/>
     <w:rsid w:val="001D5689"/>
     <w:rsid w:val="001E5858"/>
     <w:rsid w:val="001F211F"/>
     <w:rsid w:val="001F3948"/>
     <w:rsid w:val="001F6F29"/>
     <w:rsid w:val="00201BE5"/>
     <w:rsid w:val="002024C7"/>
     <w:rsid w:val="00207E8F"/>
     <w:rsid w:val="0022110C"/>
     <w:rsid w:val="0022322C"/>
     <w:rsid w:val="00236A84"/>
     <w:rsid w:val="00247F8F"/>
     <w:rsid w:val="00274125"/>
     <w:rsid w:val="00292730"/>
     <w:rsid w:val="0029427D"/>
     <w:rsid w:val="002A7E8E"/>
     <w:rsid w:val="002B0C11"/>
+    <w:rsid w:val="002B0F05"/>
     <w:rsid w:val="002C019E"/>
     <w:rsid w:val="002C750E"/>
     <w:rsid w:val="002D5E2D"/>
     <w:rsid w:val="002E2C8D"/>
     <w:rsid w:val="002E323A"/>
     <w:rsid w:val="002E41C3"/>
     <w:rsid w:val="00301011"/>
     <w:rsid w:val="00301EC8"/>
     <w:rsid w:val="00305616"/>
     <w:rsid w:val="0033748E"/>
     <w:rsid w:val="0034159C"/>
     <w:rsid w:val="0034435C"/>
     <w:rsid w:val="003457EB"/>
     <w:rsid w:val="003674EA"/>
     <w:rsid w:val="00391127"/>
     <w:rsid w:val="003920DC"/>
     <w:rsid w:val="00397A1C"/>
     <w:rsid w:val="003A1E39"/>
     <w:rsid w:val="003B4405"/>
     <w:rsid w:val="003C4C21"/>
     <w:rsid w:val="003F36C4"/>
     <w:rsid w:val="00430130"/>
     <w:rsid w:val="00450154"/>
     <w:rsid w:val="004511DA"/>
     <w:rsid w:val="00456865"/>
     <w:rsid w:val="00462810"/>
     <w:rsid w:val="00467AFF"/>
     <w:rsid w:val="0048741C"/>
     <w:rsid w:val="004B0BD7"/>
     <w:rsid w:val="004C7DF6"/>
+    <w:rsid w:val="004D7386"/>
     <w:rsid w:val="004E4C33"/>
     <w:rsid w:val="004F4CDB"/>
     <w:rsid w:val="005450C1"/>
     <w:rsid w:val="0054692D"/>
     <w:rsid w:val="005644A6"/>
     <w:rsid w:val="00572375"/>
     <w:rsid w:val="005749A0"/>
     <w:rsid w:val="005B043F"/>
     <w:rsid w:val="005B1A9D"/>
     <w:rsid w:val="005B4DAC"/>
     <w:rsid w:val="005E16DE"/>
     <w:rsid w:val="005E3FF6"/>
     <w:rsid w:val="0060162D"/>
     <w:rsid w:val="00604EC2"/>
     <w:rsid w:val="006077D5"/>
     <w:rsid w:val="006174E0"/>
     <w:rsid w:val="00630735"/>
     <w:rsid w:val="006454FD"/>
     <w:rsid w:val="00646494"/>
     <w:rsid w:val="006501ED"/>
+    <w:rsid w:val="00663867"/>
     <w:rsid w:val="00676116"/>
     <w:rsid w:val="00680DD6"/>
     <w:rsid w:val="006C4B81"/>
     <w:rsid w:val="006C5FFA"/>
+    <w:rsid w:val="006F59AA"/>
     <w:rsid w:val="007215CF"/>
     <w:rsid w:val="00733CAD"/>
     <w:rsid w:val="007448A8"/>
     <w:rsid w:val="007B1A6B"/>
     <w:rsid w:val="007B5805"/>
     <w:rsid w:val="007C07C2"/>
     <w:rsid w:val="007E5C5D"/>
     <w:rsid w:val="007F43F6"/>
     <w:rsid w:val="007F4AEA"/>
     <w:rsid w:val="007F746D"/>
     <w:rsid w:val="008334B8"/>
     <w:rsid w:val="00890FDD"/>
     <w:rsid w:val="00895390"/>
+    <w:rsid w:val="008B3817"/>
     <w:rsid w:val="008B3866"/>
+    <w:rsid w:val="008B4142"/>
     <w:rsid w:val="008C403D"/>
     <w:rsid w:val="008E0C08"/>
     <w:rsid w:val="008E3407"/>
     <w:rsid w:val="00933A33"/>
     <w:rsid w:val="00940AEA"/>
     <w:rsid w:val="00941F26"/>
     <w:rsid w:val="00947F07"/>
     <w:rsid w:val="0095060A"/>
     <w:rsid w:val="009514FF"/>
     <w:rsid w:val="00976A83"/>
     <w:rsid w:val="00981931"/>
     <w:rsid w:val="009A2472"/>
     <w:rsid w:val="009B29D2"/>
     <w:rsid w:val="009B6B7B"/>
     <w:rsid w:val="009E2342"/>
     <w:rsid w:val="009F0CBF"/>
     <w:rsid w:val="00A10BA6"/>
     <w:rsid w:val="00A26660"/>
     <w:rsid w:val="00A32002"/>
     <w:rsid w:val="00A3735C"/>
     <w:rsid w:val="00A4008C"/>
     <w:rsid w:val="00A42F5C"/>
     <w:rsid w:val="00A43904"/>
     <w:rsid w:val="00A61BF0"/>
     <w:rsid w:val="00A73E70"/>
@@ -16944,103 +17251,106 @@
     <w:rsid w:val="00AA4E35"/>
     <w:rsid w:val="00AB5E81"/>
     <w:rsid w:val="00AC4A4E"/>
     <w:rsid w:val="00AC5AC4"/>
     <w:rsid w:val="00AD0DF7"/>
     <w:rsid w:val="00AE5FC1"/>
     <w:rsid w:val="00B01A7B"/>
     <w:rsid w:val="00B25B4A"/>
     <w:rsid w:val="00B40BA4"/>
     <w:rsid w:val="00B52091"/>
     <w:rsid w:val="00B56C3E"/>
     <w:rsid w:val="00B60032"/>
     <w:rsid w:val="00B62531"/>
     <w:rsid w:val="00B756D7"/>
     <w:rsid w:val="00B8799A"/>
     <w:rsid w:val="00B9761F"/>
     <w:rsid w:val="00BA4311"/>
     <w:rsid w:val="00BC4E7F"/>
     <w:rsid w:val="00BE5AAF"/>
     <w:rsid w:val="00BF6118"/>
     <w:rsid w:val="00BF7549"/>
     <w:rsid w:val="00C052F4"/>
     <w:rsid w:val="00C26173"/>
     <w:rsid w:val="00C40072"/>
     <w:rsid w:val="00C46BDF"/>
+    <w:rsid w:val="00C7037F"/>
     <w:rsid w:val="00C86813"/>
     <w:rsid w:val="00C93675"/>
     <w:rsid w:val="00C95F33"/>
     <w:rsid w:val="00CC2900"/>
     <w:rsid w:val="00CD0184"/>
     <w:rsid w:val="00CE2DB6"/>
     <w:rsid w:val="00CE5AE5"/>
     <w:rsid w:val="00CF73B5"/>
     <w:rsid w:val="00D26714"/>
+    <w:rsid w:val="00D6002E"/>
     <w:rsid w:val="00D60FD1"/>
     <w:rsid w:val="00D619F6"/>
     <w:rsid w:val="00D63715"/>
     <w:rsid w:val="00D707D9"/>
     <w:rsid w:val="00D768F2"/>
     <w:rsid w:val="00D77543"/>
     <w:rsid w:val="00D81537"/>
     <w:rsid w:val="00D84522"/>
     <w:rsid w:val="00D900BA"/>
     <w:rsid w:val="00DC632F"/>
     <w:rsid w:val="00DC7E9E"/>
     <w:rsid w:val="00DD3E3F"/>
     <w:rsid w:val="00E2417F"/>
     <w:rsid w:val="00E32257"/>
     <w:rsid w:val="00E33A9A"/>
     <w:rsid w:val="00E43DD1"/>
     <w:rsid w:val="00E45974"/>
     <w:rsid w:val="00EA4428"/>
     <w:rsid w:val="00EC3F8E"/>
     <w:rsid w:val="00ED2D37"/>
     <w:rsid w:val="00EE631B"/>
+    <w:rsid w:val="00EF53EF"/>
     <w:rsid w:val="00F21AA5"/>
     <w:rsid w:val="00F24522"/>
     <w:rsid w:val="00F648C2"/>
     <w:rsid w:val="00F72A37"/>
     <w:rsid w:val="00F9424E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26628"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="68A6D098"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{79E5184A-6D94-4E5A-96AF-1BD964DF7B74}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -18022,72 +18332,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F59DE7C5-7345-4910-B002-C375B13A3130}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3563</Characters>
+  <Pages>4</Pages>
+  <Words>648</Words>
+  <Characters>3694</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
+  <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4179</CharactersWithSpaces>
+  <CharactersWithSpaces>4334</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Courts</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>