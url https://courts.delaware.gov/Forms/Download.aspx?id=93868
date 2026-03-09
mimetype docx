--- v0 (2025-10-22)
+++ v1 (2026-03-09)
@@ -1,73 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="002C23B1" w:rsidRPr="002953B7" w:rsidRDefault="002D46AA" w:rsidP="002C23B1">
+    <w:p w14:paraId="18E36FD8" w14:textId="77777777" w:rsidR="002C23B1" w:rsidRPr="002953B7" w:rsidRDefault="002D46AA" w:rsidP="00B65BED">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="40"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A96D5D5" wp14:editId="17962805">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2828925</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-344805</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1200150" cy="1200150"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="FCFormSeal.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -101,119 +106,135 @@
         </w:drawing>
       </w:r>
       <w:r w:rsidR="002C23B1" w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Family Court of the State of </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidR="002C23B1" w:rsidRPr="002953B7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="40"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Delaware</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
     </w:p>
-    <w:p w:rsidR="002C23B1" w:rsidRPr="002953B7" w:rsidRDefault="002C23B1" w:rsidP="002C23B1">
+    <w:p w14:paraId="6846605F" w14:textId="77777777" w:rsidR="002C23B1" w:rsidRPr="002953B7" w:rsidRDefault="002C23B1" w:rsidP="00B65BED">
       <w:pPr>
-        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">In and For </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+        <w:t xml:space="preserve">In and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002953B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002953B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00FD0754">
+      <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00FD0754">
+      <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r w:rsidRPr="002953B7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>New Castle</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
@@ -222,58 +243,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00FD0754">
+      <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00FD0754">
+      <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="country-region">
         <w:r w:rsidRPr="002953B7">
@@ -297,58 +318,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00FD0754">
+      <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00FD0754">
+      <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002953B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
@@ -359,1856 +380,2378 @@
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Sussex</w:t>
           </w:r>
         </w:smartTag>
         <w:r w:rsidRPr="002953B7">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
           <w:r w:rsidRPr="002953B7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>County</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
     </w:p>
-    <w:p w:rsidR="002C23B1" w:rsidRDefault="002C23B1" w:rsidP="002C5694">
+    <w:p w14:paraId="6EEC1179" w14:textId="77777777" w:rsidR="002C23B1" w:rsidRDefault="002C23B1" w:rsidP="00B65BED">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ACKNOWLEDGEMENT AND GUIDELINES FOR A SUPPORT PERSON</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C5694" w:rsidRPr="002953B7" w:rsidRDefault="002C5694" w:rsidP="002C5694">
-[...10 lines deleted...]
-    <w:p w:rsidR="002C5694" w:rsidRDefault="002C5694" w:rsidP="002C5694">
+    <w:p w14:paraId="20B127F6" w14:textId="77777777" w:rsidR="002C5694" w:rsidRDefault="002C5694" w:rsidP="00B65BED">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4140"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5041"/>
         <w:gridCol w:w="296"/>
         <w:gridCol w:w="1611"/>
         <w:gridCol w:w="2610"/>
         <w:gridCol w:w="1170"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidTr="003141BE">
+      <w:tr w:rsidR="003141BE" w:rsidRPr="00FE66D4" w14:paraId="7C6D3F26" w14:textId="77777777" w:rsidTr="00FE66D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="4756C4D6" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="66CA0F9F" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5391" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="70C62458" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidTr="003141BE">
+      <w:tr w:rsidR="003141BE" w:rsidRPr="00FE66D4" w14:paraId="19A4B6CA" w14:textId="77777777" w:rsidTr="00FE66D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="061C8653" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="0F59D8D3" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5391" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="04DFD2C0" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidTr="00E40FC0">
+      <w:tr w:rsidR="003141BE" w:rsidRPr="00FE66D4" w14:paraId="135FE73C" w14:textId="77777777" w:rsidTr="00FE66D4">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1170" w:type="dxa"/>
           <w:cantSplit/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="5F052F35" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text1"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="0" w:name="Text1"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="003141BE">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="003141BE">
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003141BE">
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003141BE">
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003141BE">
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003141BE">
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="64F0FD90" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="0C3C5A14" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>File No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="002D46AA" w:rsidP="00E40FC0">
+          <w:p w14:paraId="02585FCD" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="002D46AA" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                     <w:format w:val="UPPERCASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Text3"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="1" w:name="Text3"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidTr="003141BE">
+      <w:tr w:rsidR="003141BE" w:rsidRPr="00FE66D4" w14:paraId="3E647D83" w14:textId="77777777" w:rsidTr="00FE66D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="61369F45" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                                     Petitioner,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="07890CEF" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5391" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="2FC1F1C2" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidTr="003141BE">
+      <w:tr w:rsidR="003141BE" w:rsidRPr="00FE66D4" w14:paraId="5AFA0D7D" w14:textId="77777777" w:rsidTr="00FE66D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="302FE2DB" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>v.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="381EC459" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5391" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="0F5F6D8A" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidTr="00E40FC0">
+      <w:tr w:rsidR="003141BE" w:rsidRPr="00FE66D4" w14:paraId="618563D9" w14:textId="77777777" w:rsidTr="00FE66D4">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1170" w:type="dxa"/>
           <w:cantSplit/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="45E463C1" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="65D3B9CE" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="068BF3BF" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Petition No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="002D46AA" w:rsidP="00E40FC0">
+          <w:p w14:paraId="4212AD0B" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="002D46AA" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text4"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="2" w:name="Text4"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidTr="003141BE">
+      <w:bookmarkStart w:id="3" w:name="_Hlk223099393"/>
+      <w:tr w:rsidR="003141BE" w:rsidRPr="00FE66D4" w14:paraId="490B9AA7" w14:textId="77777777" w:rsidTr="00FE66D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="55546867" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text2"/>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="003141BE">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="003141BE">
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003141BE">
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003141BE">
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003141BE">
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003141BE">
+            <w:r w:rsidRPr="00FE66D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="223618D4" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5391" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="10633597" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidTr="003141BE">
+      <w:tr w:rsidR="003141BE" w:rsidRPr="00FE66D4" w14:paraId="0F9A274B" w14:textId="77777777" w:rsidTr="00FE66D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="5D38C65E" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
-            <w:r w:rsidR="00047C98">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00047C98" w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                     Respondent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="661EEBD9" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003141BE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5391" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+          <w:p w14:paraId="4B4ACCA8" w14:textId="77777777" w:rsidR="003141BE" w:rsidRPr="00FE66D4" w:rsidRDefault="003141BE" w:rsidP="00B65BED">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003141BE" w:rsidRPr="003141BE" w:rsidRDefault="003141BE" w:rsidP="003141BE">
+    <w:p w14:paraId="50DBD95D" w14:textId="77777777" w:rsidR="00FE66D4" w:rsidRDefault="00FE66D4" w:rsidP="00B65BED">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C5694" w:rsidRPr="003141BE" w:rsidRDefault="002C5694">
+    <w:p w14:paraId="47AFEF11" w14:textId="315A920E" w:rsidR="00B65BED" w:rsidRPr="00FE66D4" w:rsidRDefault="00AD2A63" w:rsidP="00B65BED">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD2A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Support Person Please Complete the Following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BA42288" w14:textId="0A5CDC62" w:rsidR="00AD2A63" w:rsidRDefault="00AD2A63" w:rsidP="00B65BED">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your Name (Please </w:t>
+      </w:r>
+      <w:r w:rsidR="002D46AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rint) </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
-          <w:iCs/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:maxLength w:val="35"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CD6CF0" w14:textId="5ECD705F" w:rsidR="00AD2A63" w:rsidRDefault="00AD2A63" w:rsidP="00B65BED">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name of Party Requesting Your Presence </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:maxLength w:val="35"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00FE66D4" w:rsidRPr="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE66D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2574B52B" w14:textId="77777777" w:rsidR="00602986" w:rsidRDefault="002C23B1" w:rsidP="00B65BED">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>My presence</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a support person </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F16B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in a private Family Court proceeding is being requested by</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a party to the case.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F16B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I understand that t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F16B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he function of a support person is to provide moral and emotional support for a person who is involved in a Family Court case.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51DB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I understand that as a support person I must be at least 18 years of age and may not act as an advocate or be disruptive during the proceeding.  I </w:t>
+      </w:r>
+      <w:r w:rsidR="00602986">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do not believe that either party anticipates calling me as a witness.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0956E7C0" w14:textId="54835C69" w:rsidR="002C23B1" w:rsidRDefault="00602986" w:rsidP="00B65BED">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51DB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">understand that the Court has discretion to remove a support person from the courtroom </w:t>
+      </w:r>
+      <w:r w:rsidR="002D46AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>due to security reasons, courtroom decorum (including if the support person is prompting or attempting to influence the litigant)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51DB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or when the Court otherwise believes that removal is in the interest of justice.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  I understand that I may hear sensitive information during the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE30C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>proceeding,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and I agree to keep </w:t>
+      </w:r>
+      <w:r w:rsidR="000973C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information confidential. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51DB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="002C23B1" w:rsidRPr="00F16B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="784E1DA3" w14:textId="77777777" w:rsidR="00B65BED" w:rsidRDefault="00B65BED" w:rsidP="00B65BED">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD2A63" w:rsidRPr="00AD2A63" w:rsidRDefault="00AD2A63" w:rsidP="00AD2A63">
+    <w:p w14:paraId="5B205764" w14:textId="77777777" w:rsidR="00FE66D4" w:rsidRPr="00FE66D4" w:rsidRDefault="00FE66D4" w:rsidP="00FE66D4">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:b/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD2A63">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00AD2A63" w:rsidRDefault="00AD2A63" w:rsidP="00AD2A63">
+    <w:p w14:paraId="66055BE8" w14:textId="77777777" w:rsidR="00A51DB6" w:rsidRDefault="00A51DB6" w:rsidP="00B65BED">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Your Name (Please </w:t>
-[...7 lines deleted...]
-        <w:t>P</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">My signature indicates an understanding of my role as a support person and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF05FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>rint) ___________________________________________________________</w:t>
+        <w:t xml:space="preserve">I accept and acknowledge the above guidelines. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD2A63" w:rsidRDefault="00AD2A63" w:rsidP="00AD2A63">
+    <w:p w14:paraId="76A3C518" w14:textId="77777777" w:rsidR="00A51DB6" w:rsidRDefault="00A51DB6" w:rsidP="00B65BED">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03CD268E" w14:textId="77777777" w:rsidR="00A51DB6" w:rsidRDefault="00A51DB6" w:rsidP="00B65BED">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Name of Party Requesting Your Presence ______________________________________________</w:t>
-[...232 lines deleted...]
-        </w:rPr>
         <w:t>Signature __________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Date______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A51DB6" w:rsidRPr="00F16B33" w:rsidRDefault="00A51DB6">
+    <w:p w14:paraId="704CBA60" w14:textId="77777777" w:rsidR="00A51DB6" w:rsidRPr="00F16B33" w:rsidRDefault="00A51DB6" w:rsidP="00B65BED">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A51DB6" w:rsidRPr="00F16B33" w:rsidSect="002D46AA">
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004E263D" w:rsidRDefault="004E263D" w:rsidP="0069727A">
+    <w:p w14:paraId="00E097A1" w14:textId="77777777" w:rsidR="004E263D" w:rsidRDefault="004E263D" w:rsidP="0069727A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004E263D" w:rsidRDefault="004E263D" w:rsidP="0069727A">
+    <w:p w14:paraId="164BDBB4" w14:textId="77777777" w:rsidR="004E263D" w:rsidRDefault="004E263D" w:rsidP="0069727A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2EA24B86" w14:textId="77777777" w:rsidR="00FE66D4" w:rsidRDefault="00FE66D4">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1043052875"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1728636285"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:p w14:paraId="4818E69D" w14:textId="75C35040" w:rsidR="00FE66D4" w:rsidRDefault="00FE66D4">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="11C3993D" w14:textId="77777777" w:rsidR="00FE66D4" w:rsidRDefault="00FE66D4">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="46E36935" w14:textId="77777777" w:rsidR="00FE66D4" w:rsidRDefault="00FE66D4">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004E263D" w:rsidRDefault="004E263D" w:rsidP="0069727A">
+    <w:p w14:paraId="2751D438" w14:textId="77777777" w:rsidR="004E263D" w:rsidRDefault="004E263D" w:rsidP="0069727A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004E263D" w:rsidRDefault="004E263D" w:rsidP="0069727A">
+    <w:p w14:paraId="0D611B26" w14:textId="77777777" w:rsidR="004E263D" w:rsidRDefault="004E263D" w:rsidP="0069727A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="0069727A" w:rsidRPr="0069727A" w:rsidRDefault="00042371" w:rsidP="0069727A">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6ED7CAA8" w14:textId="77777777" w:rsidR="00FE66D4" w:rsidRDefault="00FE66D4">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4257F117" w14:textId="77777777" w:rsidR="0069727A" w:rsidRPr="00FE66D4" w:rsidRDefault="00042371" w:rsidP="0069727A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-540"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00FE66D4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">             </w:t>
     </w:r>
-    <w:r w:rsidR="0069727A" w:rsidRPr="0069727A">
+    <w:r w:rsidR="0069727A" w:rsidRPr="00FE66D4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Form </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00FE66D4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>611</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0069727A" w:rsidRPr="0069727A" w:rsidRDefault="00042371" w:rsidP="0069727A">
+  <w:p w14:paraId="42C8D034" w14:textId="2BEC4429" w:rsidR="0069727A" w:rsidRPr="00FE66D4" w:rsidRDefault="00042371" w:rsidP="0069727A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-540"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00FE66D4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">             </w:t>
     </w:r>
-    <w:r w:rsidR="002D46AA">
+    <w:r w:rsidR="002D46AA" w:rsidRPr="00FE66D4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
-    <w:r w:rsidR="00FD0754">
+    <w:r w:rsidR="00B65BED" w:rsidRPr="00FE66D4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>3</w:t>
-[...15 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>2/26</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0069727A" w:rsidRDefault="0069727A">
+  <w:p w14:paraId="2CE8345B" w14:textId="77777777" w:rsidR="0069727A" w:rsidRDefault="0069727A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3C70C1EA" w14:textId="77777777" w:rsidR="00FE66D4" w:rsidRDefault="00FE66D4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="PgE2SzgVlTaS9QC+l+5/IB55ABWqnhWkKjVD1YLDlFa0dnuLiXVmM/DZsEcDsyVdZRuhACkfcHl6scVJsQeFCQ==" w:salt="LmYQt/tMU5RMA+Lo6NEEgA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ZN4Xt3zzq6b1VmE2VN9fTbY2RDEd+A9/8FFcWFLLiuT/6sctsCtaiWOksVWWwais4//uxEt5w4Tt5yWjLaqenQ==" w:salt="W1NSiOSanVMCf0cn18sCyA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C23B1"/>
     <w:rsid w:val="00042371"/>
     <w:rsid w:val="00047C98"/>
     <w:rsid w:val="00065517"/>
     <w:rsid w:val="000973C0"/>
     <w:rsid w:val="000E6A21"/>
+    <w:rsid w:val="000F1555"/>
+    <w:rsid w:val="00202CF2"/>
     <w:rsid w:val="002C23B1"/>
     <w:rsid w:val="002C5694"/>
     <w:rsid w:val="002D46AA"/>
     <w:rsid w:val="003141BE"/>
     <w:rsid w:val="004E263D"/>
     <w:rsid w:val="005104F3"/>
     <w:rsid w:val="00602986"/>
     <w:rsid w:val="0069727A"/>
+    <w:rsid w:val="006F6E3A"/>
+    <w:rsid w:val="007C6F72"/>
     <w:rsid w:val="007C7074"/>
     <w:rsid w:val="00A51DB6"/>
     <w:rsid w:val="00AD2A63"/>
     <w:rsid w:val="00AE295F"/>
+    <w:rsid w:val="00B65BED"/>
+    <w:rsid w:val="00C46B70"/>
+    <w:rsid w:val="00CE30C7"/>
+    <w:rsid w:val="00D32B5E"/>
+    <w:rsid w:val="00DC0EA7"/>
+    <w:rsid w:val="00DF1322"/>
     <w:rsid w:val="00E40FC0"/>
     <w:rsid w:val="00EF05FA"/>
     <w:rsid w:val="00F07879"/>
     <w:rsid w:val="00F16B33"/>
+    <w:rsid w:val="00F220E9"/>
     <w:rsid w:val="00FC1EC1"/>
     <w:rsid w:val="00FD0754"/>
+    <w:rsid w:val="00FE66D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="country-region"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="12DA6386"/>
   <w15:docId w15:val="{75B4B36F-B3DE-4709-B342-C4CD08553D4A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2536,50 +3079,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002C23B1"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -2617,51 +3165,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0069727A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0069727A"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="226962363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="923415317">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2691,51 +3239,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2145389967">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2983,66 +3531,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1498</Characters>
+  <Pages>2</Pages>
+  <Words>255</Words>
+  <Characters>1456</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1757</CharactersWithSpaces>
+  <CharactersWithSpaces>1708</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Asay, Addie (Courts)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>