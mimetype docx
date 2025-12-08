--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2696E911" w14:textId="658488A3" w:rsidR="00DE355E" w:rsidRDefault="00604D69" w:rsidP="00475993">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13034771" wp14:editId="15A6A39E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2703195</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-35560</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1257300" cy="1257300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -131,57 +131,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D41F95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00D41F95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle </w:t>
       </w:r>
       <w:r w:rsidR="000F77F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -196,57 +196,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D41F95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00D41F95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent </w:t>
       </w:r>
       <w:r w:rsidR="000F77F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -261,57 +261,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D41F95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00D41F95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7023DEE9" w14:textId="77777777" w:rsidR="00DE355E" w:rsidRDefault="00DE355E" w:rsidP="00475993">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -355,71 +355,71 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Any individual seeking the expungement of a juvenile record must obtain and attach a copy of their Certified State Criminal History to their pleading.  To obtain a copy of the Certified State Criminal History, you must</w:t>
       </w:r>
       <w:r w:rsidR="00F71D3A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> schedule a fingerprinting appointment in advance at one of the SBI locations. Walk-in services will not be accepted. To schedule an appointment, go to</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39B42AC3" w14:textId="353A22E6" w:rsidR="00F71D3A" w:rsidRDefault="00D41F95" w:rsidP="001D0E55">
+    <w:p w14:paraId="39B42AC3" w14:textId="353A22E6" w:rsidR="00F71D3A" w:rsidRDefault="00F71D3A" w:rsidP="001D0E55">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00F71D3A" w:rsidRPr="00962FBE">
+        <w:r w:rsidRPr="00962FBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>https://dsp.delaware.gov/obtaining-a-certified-criminal-history/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F71D3A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68AA6EFA" w14:textId="77777777" w:rsidR="00DB34D6" w:rsidRDefault="00DB34D6" w:rsidP="001D0E55">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A8A2F40" w14:textId="0E6866E9" w:rsidR="008B27BE" w:rsidRDefault="00F71D3A" w:rsidP="001D0E55">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -913,107 +913,107 @@
                       <a:ext cx="1257300" cy="1257300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00994CAE">
         <w:t xml:space="preserve">The Family Court of the State of </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidR="00994CAE">
             <w:t>Delaware</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
     </w:p>
     <w:p w14:paraId="31678205" w14:textId="77777777" w:rsidR="00994CAE" w:rsidRDefault="00994CAE" w:rsidP="006B033F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="cnty"/>
       <w:bookmarkStart w:id="3" w:name="Check1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D41F95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00D41F95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle </w:t>
       </w:r>
       <w:r w:rsidR="00DE355E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1030,57 +1030,57 @@
       <w:bookmarkStart w:id="4" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D41F95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00D41F95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent </w:t>
       </w:r>
       <w:r w:rsidR="00DE355E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1097,57 +1097,57 @@
       <w:bookmarkStart w:id="5" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D41F95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00D41F95">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF3BD66" w14:textId="77777777" w:rsidR="0004783D" w:rsidRPr="0032535F" w:rsidRDefault="0004783D" w:rsidP="0032535F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
@@ -1751,136 +1751,143 @@
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="168"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="7925" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4415"/>
         <w:gridCol w:w="195"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="2955"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="6B9619B8" w14:textId="77777777" w:rsidTr="00B84C92">
+      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="6B9619B8" w14:textId="77777777" w:rsidTr="00A37AFA">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="024B8040" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Petitioner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2583D9F0" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3315" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E4C98FE" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="000F68F0" w:rsidRDefault="00B84C92" w:rsidP="000F68F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F68F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Respondent: Attorney General</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="11" w:name="Text48"/>
-      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="0D417A80" w14:textId="77777777" w:rsidTr="00B84C92">
+      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="0D417A80" w14:textId="77777777" w:rsidTr="00A37AFA">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="786592B0" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1925,50 +1932,53 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BB96B09" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="434C3746" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="00565548" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
@@ -1979,56 +1989,56 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Check12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D41F95">
-[...4 lines deleted...]
-            <w:r w:rsidR="00D41F95">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
@@ -2047,93 +2057,97 @@
                     <w:b/>
                   </w:rPr>
                   <w:t>New Castle</w:t>
                 </w:r>
               </w:smartTag>
               <w:r w:rsidRPr="008A15B0">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
                 <w:r w:rsidRPr="008A15B0">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                   <w:t>County</w:t>
                 </w:r>
               </w:smartTag>
             </w:smartTag>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="4C3AF796" w14:textId="77777777" w:rsidTr="00B84C92">
+      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="4C3AF796" w14:textId="77777777" w:rsidTr="00A37AFA">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2405449D" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Street Address</w:t>
             </w:r>
             <w:r w:rsidR="009D2B48">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (including Apt)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7925F2C7" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
@@ -2142,72 +2156,73 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="061E1C93" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="00565548" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
-              <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="Street">
+            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="Street">
+              <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>820 N. French Street</w:t>
                 </w:r>
               </w:smartTag>
             </w:smartTag>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="50733771" w14:textId="77777777" w:rsidTr="00B84C92">
+      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="50733771" w14:textId="77777777" w:rsidTr="00A37AFA">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D391A93" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2251,50 +2266,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62BD2E26" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0EA06337" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="00565548" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
@@ -2342,85 +2360,89 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>DE</w:t>
                 </w:r>
               </w:smartTag>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PostalCode">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>19801</w:t>
                 </w:r>
               </w:smartTag>
             </w:smartTag>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="0A8C8263" w14:textId="77777777" w:rsidTr="00B84C92">
+      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="0A8C8263" w14:textId="77777777" w:rsidTr="00A37AFA">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6F22C6A9" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="242C2EB8" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
@@ -2433,56 +2455,56 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="Check15"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D41F95">
-[...4 lines deleted...]
-            <w:r w:rsidR="00D41F95">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
@@ -2501,59 +2523,60 @@
                     <w:b/>
                   </w:rPr>
                   <w:t>Kent</w:t>
                 </w:r>
               </w:smartTag>
               <w:r w:rsidRPr="008A15B0">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
                 <w:r w:rsidRPr="008A15B0">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                   </w:rPr>
                   <w:t>County</w:t>
                 </w:r>
               </w:smartTag>
             </w:smartTag>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="2A079585" w14:textId="77777777" w:rsidTr="00B84C92">
+      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="2A079585" w14:textId="77777777" w:rsidTr="00A37AFA">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4B72BAD3" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2597,128 +2620,133 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B760699" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49E7DC2C" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="00565548" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5EF64D7D" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="00565548" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">102 </w:t>
             </w:r>
-            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
-              <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="Street">
+            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="Street">
+              <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>W. Water Street</w:t>
                 </w:r>
               </w:smartTag>
             </w:smartTag>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="0D9DD3F7" w14:textId="77777777" w:rsidTr="00B84C92">
+      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="0D9DD3F7" w14:textId="77777777" w:rsidTr="00A37AFA">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7FFFD260" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2737,92 +2765,96 @@
               <w:t>State</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14369C85" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0E1F66AC" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="00565548" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="65B28B7B" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="00565548" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>Dover</w:t>
                 </w:r>
               </w:smartTag>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t xml:space="preserve">, </w:t>
               </w:r>
@@ -2830,59 +2862,60 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>DE</w:t>
                 </w:r>
               </w:smartTag>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PostalCode">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>19904</w:t>
                 </w:r>
               </w:smartTag>
             </w:smartTag>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="5AA0C04A" w14:textId="77777777" w:rsidTr="00B84C92">
+      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="5AA0C04A" w14:textId="77777777" w:rsidTr="00A37AFA">
         <w:trPr>
-          <w:trHeight w:val="238"/>
+          <w:trHeight w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7AD95BE1" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="00DE0B3B" w:rsidP="00870154">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2926,199 +2959,352 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FA6CCEE" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D10D2F4" w14:textId="5E48D381" w:rsidR="009F1F89" w:rsidRPr="00565548" w:rsidRDefault="009F1F89" w:rsidP="00A37AFA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4979A44B" w14:textId="57B44479" w:rsidR="009F1F89" w:rsidRPr="008A15B0" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00685C31" w:rsidRPr="001E5734" w14:paraId="3214D980" w14:textId="77777777" w:rsidTr="00A37AFA">
+        <w:trPr>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C317ED2" w14:textId="1289C2E8" w:rsidR="00685C31" w:rsidRDefault="00685C31" w:rsidP="00870154">
+            <w:pPr>
+              <w:ind w:left="139"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Email Address</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="195" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="11DB34AE" w14:textId="77777777" w:rsidR="00685C31" w:rsidRPr="001E5734" w:rsidRDefault="00685C31" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3D10D2F4" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="00565548" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
+          <w:p w14:paraId="2180AA64" w14:textId="454A1C1C" w:rsidR="00685C31" w:rsidRDefault="00685C31" w:rsidP="00B84C92">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check16"/>
+                  <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Check16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D41F95">
-[...4 lines deleted...]
-            <w:r w:rsidR="00D41F95">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4979A44B" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="008A15B0" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
+          <w:p w14:paraId="60157420" w14:textId="5697C0B9" w:rsidR="00685C31" w:rsidRPr="008A15B0" w:rsidRDefault="00685C31" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-[...25 lines deleted...]
-            </w:smartTag>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Sussex County</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="29BE76E5" w14:textId="77777777" w:rsidTr="00B84C92">
+      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="29BE76E5" w14:textId="77777777" w:rsidTr="00A37AFA">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63FDB810" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:t xml:space="preserve">Attorney Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="178B2E35" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
@@ -3127,73 +3313,74 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="13E3EB16" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="00565548" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
-              <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="Street">
+            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="Street">
+              <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>114 East Market Street</w:t>
                 </w:r>
               </w:smartTag>
             </w:smartTag>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="2FC2BD99" w14:textId="77777777" w:rsidTr="00B84C92">
+      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="2FC2BD99" w14:textId="77777777" w:rsidTr="00A37AFA">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0AE4091C" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00220FAA">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="20"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -3239,50 +3426,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="693E2972" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="10C8F60D" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="00565548" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
@@ -3330,276 +3520,284 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>DE</w:t>
                 </w:r>
               </w:smartTag>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PostalCode">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>19947</w:t>
                 </w:r>
               </w:smartTag>
             </w:smartTag>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="7A074A0E" w14:textId="77777777" w:rsidTr="00B84C92">
+      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="7A074A0E" w14:textId="77777777" w:rsidTr="00A37AFA">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5CF07451" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="00753B7E" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00753B7E">
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D41F95">
+            <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D41F95">
+            <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...15 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...12 lines deleted...]
-            <w:tcW w:w="2955" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FAB2A2F" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
+          <w:p w14:paraId="347E0FFC" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="00565548" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
           <w:p w14:paraId="63381840" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="5327829C" w14:textId="77777777" w:rsidTr="00B84C92">
+      <w:tr w:rsidR="009F1F89" w:rsidRPr="001E5734" w14:paraId="5327829C" w14:textId="77777777" w:rsidTr="00A37AFA">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="04B0F021" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="00753B7E" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00753B7E">
               <w:t xml:space="preserve"> Language </w:t>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text49"/>
+            <w:bookmarkStart w:id="14" w:name="Text49"/>
             <w:r w:rsidRPr="00753B7E">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...14 lines deleted...]
-            <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F8CAFA" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="001E5734" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D8F9A01" w14:textId="77777777" w:rsidR="009F1F89" w:rsidRPr="00565548" w:rsidRDefault="009F1F89" w:rsidP="00B84C92">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -3761,51 +3959,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="01F5CDB6" w14:textId="77777777" w:rsidR="00BB56E9" w:rsidRPr="0060277F" w:rsidRDefault="00BB56E9" w:rsidP="00231F7F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text2"/>
+            <w:bookmarkStart w:id="15" w:name="Text2"/>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
@@ -3820,51 +4018,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1693" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4DE17FEE" w14:textId="77777777" w:rsidR="00BB56E9" w:rsidRPr="0060277F" w:rsidRDefault="00BB56E9" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -3887,51 +4085,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5EF5ABDF" w14:textId="77777777" w:rsidR="00BB56E9" w:rsidRPr="0060277F" w:rsidRDefault="00DE355E" w:rsidP="00231F7F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text137"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text137"/>
+            <w:bookmarkStart w:id="16" w:name="Text137"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3946,51 +4144,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11CF75C3" w14:textId="77777777" w:rsidR="00BB56E9" w:rsidRPr="0060277F" w:rsidRDefault="00BB56E9" w:rsidP="00BB56E9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -4202,51 +4400,51 @@
           </w:tcPr>
           <w:p w14:paraId="2D21AFC3" w14:textId="77777777" w:rsidR="0032535F" w:rsidRPr="0060277F" w:rsidRDefault="0032535F" w:rsidP="00231F7F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:ind w:left="-138"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text15"/>
+            <w:bookmarkStart w:id="17" w:name="Text15"/>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
@@ -4261,51 +4459,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5833" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="00608AA2" w14:textId="77777777" w:rsidR="0032535F" w:rsidRPr="002C4CFA" w:rsidRDefault="0032535F" w:rsidP="002C4CFA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4423,51 +4621,51 @@
           </w:tcPr>
           <w:p w14:paraId="57FC0EC4" w14:textId="77777777" w:rsidR="002C4CFA" w:rsidRDefault="00DE355E" w:rsidP="00231F7F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text143"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text143"/>
+            <w:bookmarkStart w:id="18" w:name="Text143"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -4482,51 +4680,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4392" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BCF4E5D" w14:textId="77777777" w:rsidR="002C4CFA" w:rsidRDefault="002C4CFA" w:rsidP="008A53C3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -5003,51 +5201,51 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6CB1962C" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text6"/>
+            <w:bookmarkStart w:id="19" w:name="Text6"/>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
@@ -5062,87 +5260,87 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="73DAFA4F" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text7"/>
+            <w:bookmarkStart w:id="20" w:name="Text7"/>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
@@ -5157,87 +5355,87 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="32C1B14B" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text8"/>
+            <w:bookmarkStart w:id="21" w:name="Text8"/>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
@@ -5252,87 +5450,87 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4BBB692E" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="000F68F0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text139"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Text139"/>
+            <w:bookmarkStart w:id="22" w:name="Text139"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -5347,51 +5545,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F68F0" w:rsidRPr="0060277F" w14:paraId="6BFCF359" w14:textId="77777777" w:rsidTr="00A93FF9">
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="09F880B7" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -5409,51 +5607,51 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1D6EADE5" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text10"/>
+            <w:bookmarkStart w:id="23" w:name="Text10"/>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
@@ -5468,87 +5666,87 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3A11F39F" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Text9"/>
+            <w:bookmarkStart w:id="24" w:name="Text9"/>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
@@ -5563,88 +5761,88 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DBBF4E6" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text92"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text92"/>
+            <w:bookmarkStart w:id="25" w:name="Text92"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -5659,88 +5857,88 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EAF091A" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="000F68F0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text140"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text140"/>
+            <w:bookmarkStart w:id="26" w:name="Text140"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -5755,51 +5953,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F68F0" w:rsidRPr="0060277F" w14:paraId="089F2079" w14:textId="77777777" w:rsidTr="00A93FF9">
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6210936B" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -5817,51 +6015,51 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="30F453E7" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text11"/>
+            <w:bookmarkStart w:id="27" w:name="Text11"/>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
@@ -5876,87 +6074,87 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="28438B34" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Text12"/>
+            <w:bookmarkStart w:id="28" w:name="Text12"/>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
@@ -5971,88 +6169,88 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42400BE7" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text93"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Text93"/>
+            <w:bookmarkStart w:id="29" w:name="Text93"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -6067,88 +6265,88 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3254" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E1577BC" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="000F68F0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text141"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text141"/>
+            <w:bookmarkStart w:id="30" w:name="Text141"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -6163,51 +6361,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F68F0" w:rsidRPr="0060277F" w14:paraId="04249179" w14:textId="77777777" w:rsidTr="00A93FF9">
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5BAD65C5" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -6225,51 +6423,51 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="26263007" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Text13"/>
+            <w:bookmarkStart w:id="31" w:name="Text13"/>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
@@ -6284,87 +6482,87 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="220D40E1" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Text14"/>
+            <w:bookmarkStart w:id="32" w:name="Text14"/>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
@@ -6379,51 +6577,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0060277F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="717EC463" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="007071C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -6510,51 +6708,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27410333" w14:textId="77777777" w:rsidR="000F68F0" w:rsidRPr="0060277F" w:rsidRDefault="000F68F0" w:rsidP="000F68F0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Text142"/>
+            <w:bookmarkStart w:id="33" w:name="Text142"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -6569,51 +6767,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C4CFA" w:rsidRPr="0060277F" w14:paraId="588F4BE4" w14:textId="77777777" w:rsidTr="00A93FF9">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="09ED8F8D" w14:textId="77777777" w:rsidR="002C4CFA" w:rsidRDefault="002C4CFA" w:rsidP="002C4CFA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2415"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -6854,51 +7052,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="67256954" w14:textId="77777777" w:rsidR="00B84C92" w:rsidRPr="00E71DF9" w:rsidRDefault="00B84C92" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E71DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text121"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Text121"/>
+            <w:bookmarkStart w:id="34" w:name="Text121"/>
             <w:r w:rsidRPr="00E71DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E71DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E71DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E71DF9">
               <w:rPr>
@@ -6931,95 +7129,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E71DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E71DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B84C92" w:rsidRPr="00E71DF9" w14:paraId="6997F128" w14:textId="77777777" w:rsidTr="00DE355E">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10512" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2D9FE16D" w14:textId="77777777" w:rsidR="00B84C92" w:rsidRPr="00E71DF9" w:rsidRDefault="00B84C92" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E71DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text122"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Text122"/>
+            <w:bookmarkStart w:id="35" w:name="Text122"/>
             <w:r w:rsidRPr="00E71DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E71DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E71DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E71DF9">
               <w:rPr>
@@ -7052,95 +7250,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E71DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E71DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B84C92" w:rsidRPr="00E71DF9" w14:paraId="228FEFED" w14:textId="77777777" w:rsidTr="00DE355E">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10512" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="050B6E37" w14:textId="77777777" w:rsidR="00B84C92" w:rsidRPr="00E71DF9" w:rsidRDefault="00B84C92" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text132"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Text132"/>
+            <w:bookmarkStart w:id="36" w:name="Text132"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7173,95 +7371,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B84C92" w:rsidRPr="00E71DF9" w14:paraId="5D126661" w14:textId="77777777" w:rsidTr="00DE355E">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10512" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="06F41691" w14:textId="77777777" w:rsidR="00B84C92" w:rsidRPr="00E71DF9" w:rsidRDefault="00B84C92" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text133"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="Text133"/>
+            <w:bookmarkStart w:id="37" w:name="Text133"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7294,95 +7492,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B84C92" w:rsidRPr="00E71DF9" w14:paraId="4C0F68EA" w14:textId="77777777" w:rsidTr="00DE355E">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10512" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="25EE8FCD" w14:textId="77777777" w:rsidR="00B84C92" w:rsidRPr="00E71DF9" w:rsidRDefault="00B84C92" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text134"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Text134"/>
+            <w:bookmarkStart w:id="38" w:name="Text134"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7415,95 +7613,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B84C92" w:rsidRPr="00E71DF9" w14:paraId="47E18420" w14:textId="77777777" w:rsidTr="00DE355E">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10512" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0638B0C1" w14:textId="77777777" w:rsidR="00B84C92" w:rsidRPr="00E71DF9" w:rsidRDefault="00DE355E" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text123"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="Text123"/>
+            <w:bookmarkStart w:id="39" w:name="Text123"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7536,51 +7734,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B84C92" w:rsidRPr="00E71DF9" w14:paraId="79847C28" w14:textId="77777777" w:rsidTr="00DE355E">
         <w:trPr>
           <w:trHeight w:val="607"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10512" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="31969951" w14:textId="77777777" w:rsidR="00B84C92" w:rsidRPr="000F68F0" w:rsidRDefault="00B84C92" w:rsidP="002C4CFA">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
               <w:ind w:left="0"/>
@@ -8329,51 +8527,51 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="37716108" w14:textId="77777777" w:rsidR="00B84C92" w:rsidRPr="000F68F0" w:rsidRDefault="00DE355E" w:rsidP="00FE29D5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text129"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="Text129"/>
+            <w:bookmarkStart w:id="40" w:name="Text129"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8388,51 +8586,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="13A441CE" w14:textId="77777777" w:rsidR="00B84C92" w:rsidRPr="000F68F0" w:rsidRDefault="00B84C92" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F68F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>day of</w:t>
@@ -8449,51 +8647,51 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1F7D43C5" w14:textId="77777777" w:rsidR="00B84C92" w:rsidRPr="000F68F0" w:rsidRDefault="00DE355E" w:rsidP="00FE29D5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text130"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="Text130"/>
+            <w:bookmarkStart w:id="41" w:name="Text130"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8508,51 +8706,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="444" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="239D9E6E" w14:textId="77777777" w:rsidR="00B84C92" w:rsidRPr="000F68F0" w:rsidRDefault="00B84C92" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F68F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
@@ -8570,51 +8768,51 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="70D3AED6" w14:textId="77777777" w:rsidR="00B84C92" w:rsidRPr="000F68F0" w:rsidRDefault="00DE355E" w:rsidP="00FE29D5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text131"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="43" w:name="Text131"/>
+            <w:bookmarkStart w:id="42" w:name="Text131"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8629,51 +8827,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="03E72F86" w14:textId="77777777" w:rsidR="00B84C92" w:rsidRPr="000F68F0" w:rsidRDefault="00B84C92" w:rsidP="00B84C92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B84C92" w:rsidRPr="00E71DF9" w14:paraId="17D2772E" w14:textId="77777777" w:rsidTr="00DE355E">
         <w:trPr>
@@ -10322,250 +10520,250 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AD39B8D" w14:textId="77777777" w:rsidR="00B84C92" w:rsidRPr="002B7AC4" w:rsidRDefault="00B84C92" w:rsidP="002B7AC4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B84C92" w:rsidRPr="002B7AC4" w:rsidSect="004F79A2">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="270" w:right="864" w:bottom="180" w:left="864" w:header="144" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1542F361" w14:textId="77777777" w:rsidR="007F1152" w:rsidRDefault="007F1152">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6BE40A07" w14:textId="77777777" w:rsidR="007F1152" w:rsidRDefault="007F1152">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5AD88396" w14:textId="77777777" w:rsidR="007F1152" w:rsidRDefault="007F1152">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="20649ECF" w14:textId="77777777" w:rsidR="007F1152" w:rsidRDefault="007F1152">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0ED8B1B5" w14:textId="77777777" w:rsidR="00FB4574" w:rsidRDefault="00FB4574" w:rsidP="0032535F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2A262D45" w14:textId="77777777" w:rsidR="00FB4574" w:rsidRDefault="00FB4574">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="15A3729B" w14:textId="77777777" w:rsidR="00FB4574" w:rsidRDefault="00FB4574">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form 282D</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3A70632D" w14:textId="04C58642" w:rsidR="00FB4574" w:rsidRDefault="0095532C" w:rsidP="00CD77CF">
+  <w:p w14:paraId="3A70632D" w14:textId="4EE2B293" w:rsidR="00FB4574" w:rsidRDefault="0095532C" w:rsidP="00CD77CF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
     <w:r w:rsidR="00FE29D5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="008B27BE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00FE29D5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>/2</w:t>
     </w:r>
-    <w:r w:rsidR="008B27BE">
+    <w:r w:rsidR="00E87407">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7B980C48"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="1006259C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -10798,64 +10996,64 @@
   <w:num w:numId="6" w16cid:durableId="2023315481">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1628703520">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1435903089">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="172957298">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="467431094">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1002466654">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1022627943">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Wzl8mwIvl6ZEoTH+ncXF+EGOF9VEk2fNINkArAibd4LfF3dmw9WWYKtUHYfU5t+fp3xN4LjBW2zoFzod6hX5uQ==" w:salt="/+GPz41VHYNSeHRI3tpm3A=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="+09IxAf41i5WioX9KnQKuYOf913KuW95veoMFQkZ9bjwKP8T8fx0yVb3AUNnpmiXoMXKF4yzY5Et+SV4hH91Kw==" w:salt="26YwYGj4/+sr1t4gIQPzlg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17409"/>
+    <o:shapedefaults v:ext="edit" spidmax="19457"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0010276B"/>
     <w:rsid w:val="00016744"/>
     <w:rsid w:val="00017A4E"/>
     <w:rsid w:val="00025D47"/>
     <w:rsid w:val="000313EA"/>
     <w:rsid w:val="00035618"/>
@@ -10879,106 +11077,110 @@
     <w:rsid w:val="0010170D"/>
     <w:rsid w:val="0010276B"/>
     <w:rsid w:val="001055CD"/>
     <w:rsid w:val="0013015B"/>
     <w:rsid w:val="00152CDE"/>
     <w:rsid w:val="00155DEA"/>
     <w:rsid w:val="00161530"/>
     <w:rsid w:val="001716C9"/>
     <w:rsid w:val="00172ED5"/>
     <w:rsid w:val="00185E1E"/>
     <w:rsid w:val="001864B5"/>
     <w:rsid w:val="001874DF"/>
     <w:rsid w:val="001A469D"/>
     <w:rsid w:val="001A6691"/>
     <w:rsid w:val="001D0E55"/>
     <w:rsid w:val="001D185D"/>
     <w:rsid w:val="001E024F"/>
     <w:rsid w:val="001E5734"/>
     <w:rsid w:val="001F006D"/>
     <w:rsid w:val="00216514"/>
     <w:rsid w:val="00220FAA"/>
     <w:rsid w:val="00231F7F"/>
     <w:rsid w:val="00233271"/>
     <w:rsid w:val="00244DDA"/>
     <w:rsid w:val="00272015"/>
+    <w:rsid w:val="002772FA"/>
     <w:rsid w:val="002837A0"/>
     <w:rsid w:val="002A3B1F"/>
     <w:rsid w:val="002B46AF"/>
     <w:rsid w:val="002B7AC4"/>
     <w:rsid w:val="002C4CFA"/>
     <w:rsid w:val="002D3E2D"/>
+    <w:rsid w:val="002F10C5"/>
     <w:rsid w:val="0030779E"/>
     <w:rsid w:val="003124CC"/>
     <w:rsid w:val="00321FCA"/>
     <w:rsid w:val="0032535F"/>
     <w:rsid w:val="00377C0B"/>
     <w:rsid w:val="00381628"/>
     <w:rsid w:val="00383247"/>
     <w:rsid w:val="003B2CE7"/>
     <w:rsid w:val="003B73C9"/>
     <w:rsid w:val="003C12DE"/>
     <w:rsid w:val="003F56F3"/>
     <w:rsid w:val="0044469C"/>
     <w:rsid w:val="004457FE"/>
     <w:rsid w:val="00475993"/>
     <w:rsid w:val="00476CFD"/>
     <w:rsid w:val="004816E3"/>
     <w:rsid w:val="004B2100"/>
     <w:rsid w:val="004B5BC1"/>
     <w:rsid w:val="004C357C"/>
     <w:rsid w:val="004D6D52"/>
     <w:rsid w:val="004E6C17"/>
     <w:rsid w:val="004E6FAA"/>
     <w:rsid w:val="004F79A2"/>
     <w:rsid w:val="00503751"/>
     <w:rsid w:val="005042EA"/>
     <w:rsid w:val="00520A17"/>
     <w:rsid w:val="00523333"/>
     <w:rsid w:val="00524C96"/>
     <w:rsid w:val="00532584"/>
     <w:rsid w:val="00534CF3"/>
     <w:rsid w:val="005472A4"/>
     <w:rsid w:val="00557F8F"/>
     <w:rsid w:val="00565548"/>
     <w:rsid w:val="005676F1"/>
     <w:rsid w:val="00582F3B"/>
     <w:rsid w:val="005A10A6"/>
     <w:rsid w:val="005C4DB2"/>
     <w:rsid w:val="005C5607"/>
     <w:rsid w:val="005C6934"/>
     <w:rsid w:val="005D33AF"/>
     <w:rsid w:val="005D392A"/>
     <w:rsid w:val="005D7429"/>
     <w:rsid w:val="005F509F"/>
     <w:rsid w:val="00603E7D"/>
     <w:rsid w:val="00604216"/>
     <w:rsid w:val="00604D69"/>
+    <w:rsid w:val="00614C72"/>
     <w:rsid w:val="00622182"/>
     <w:rsid w:val="0063564A"/>
     <w:rsid w:val="006676BD"/>
     <w:rsid w:val="00683FF2"/>
+    <w:rsid w:val="00685C31"/>
     <w:rsid w:val="00692826"/>
     <w:rsid w:val="006B033F"/>
     <w:rsid w:val="006D7EB3"/>
     <w:rsid w:val="006F5119"/>
     <w:rsid w:val="007071C1"/>
     <w:rsid w:val="00740CD2"/>
     <w:rsid w:val="00753B7E"/>
     <w:rsid w:val="007643AF"/>
     <w:rsid w:val="00777635"/>
     <w:rsid w:val="0078639C"/>
     <w:rsid w:val="00786C09"/>
     <w:rsid w:val="007B46E5"/>
     <w:rsid w:val="007C47B6"/>
     <w:rsid w:val="007F1108"/>
     <w:rsid w:val="007F1152"/>
     <w:rsid w:val="00800436"/>
     <w:rsid w:val="008269AA"/>
     <w:rsid w:val="008270EE"/>
     <w:rsid w:val="00842D0E"/>
     <w:rsid w:val="00850266"/>
     <w:rsid w:val="00857858"/>
     <w:rsid w:val="00870154"/>
     <w:rsid w:val="008A15B0"/>
     <w:rsid w:val="008A53C3"/>
     <w:rsid w:val="008B27BE"/>
@@ -10986,160 +11188,163 @@
     <w:rsid w:val="008C151E"/>
     <w:rsid w:val="008D36EF"/>
     <w:rsid w:val="008D61C4"/>
     <w:rsid w:val="008D75B6"/>
     <w:rsid w:val="008E5DBE"/>
     <w:rsid w:val="009002B5"/>
     <w:rsid w:val="009216CC"/>
     <w:rsid w:val="0095532C"/>
     <w:rsid w:val="00967AA4"/>
     <w:rsid w:val="00992496"/>
     <w:rsid w:val="00994A18"/>
     <w:rsid w:val="00994CAE"/>
     <w:rsid w:val="009A2B0B"/>
     <w:rsid w:val="009B128F"/>
     <w:rsid w:val="009B5BEC"/>
     <w:rsid w:val="009B7B4D"/>
     <w:rsid w:val="009C57BC"/>
     <w:rsid w:val="009D090A"/>
     <w:rsid w:val="009D2B48"/>
     <w:rsid w:val="009E22EF"/>
     <w:rsid w:val="009E633B"/>
     <w:rsid w:val="009F1F89"/>
     <w:rsid w:val="009F34C3"/>
     <w:rsid w:val="009F6D3B"/>
     <w:rsid w:val="00A1476D"/>
+    <w:rsid w:val="00A37AFA"/>
     <w:rsid w:val="00A409E3"/>
     <w:rsid w:val="00A52BCA"/>
     <w:rsid w:val="00A60EDE"/>
     <w:rsid w:val="00A638CC"/>
     <w:rsid w:val="00A7275D"/>
     <w:rsid w:val="00A809C5"/>
     <w:rsid w:val="00A92904"/>
     <w:rsid w:val="00A93FF9"/>
     <w:rsid w:val="00AC0DCE"/>
     <w:rsid w:val="00AC76F9"/>
     <w:rsid w:val="00B15E87"/>
     <w:rsid w:val="00B2246F"/>
     <w:rsid w:val="00B5008F"/>
     <w:rsid w:val="00B60EA2"/>
     <w:rsid w:val="00B822AD"/>
     <w:rsid w:val="00B84C92"/>
     <w:rsid w:val="00B95C26"/>
     <w:rsid w:val="00BA124E"/>
     <w:rsid w:val="00BA1841"/>
     <w:rsid w:val="00BB0BFE"/>
     <w:rsid w:val="00BB56E9"/>
     <w:rsid w:val="00BC455E"/>
     <w:rsid w:val="00C16B76"/>
     <w:rsid w:val="00C174FE"/>
     <w:rsid w:val="00C24F87"/>
     <w:rsid w:val="00C34435"/>
     <w:rsid w:val="00C352C9"/>
+    <w:rsid w:val="00C46D37"/>
     <w:rsid w:val="00C5305E"/>
     <w:rsid w:val="00C6214C"/>
     <w:rsid w:val="00C63C2B"/>
     <w:rsid w:val="00C819EE"/>
     <w:rsid w:val="00C933F9"/>
     <w:rsid w:val="00CA32A8"/>
     <w:rsid w:val="00CA6E6D"/>
     <w:rsid w:val="00CD77CF"/>
     <w:rsid w:val="00D277C8"/>
     <w:rsid w:val="00D31A8C"/>
     <w:rsid w:val="00D37F40"/>
     <w:rsid w:val="00D41F95"/>
     <w:rsid w:val="00D562F5"/>
     <w:rsid w:val="00DA6183"/>
     <w:rsid w:val="00DB34D6"/>
     <w:rsid w:val="00DC17EE"/>
     <w:rsid w:val="00DE0B3B"/>
     <w:rsid w:val="00DE355E"/>
     <w:rsid w:val="00DE65E1"/>
     <w:rsid w:val="00DE6EF4"/>
     <w:rsid w:val="00E359C5"/>
     <w:rsid w:val="00E448E1"/>
     <w:rsid w:val="00E477A4"/>
     <w:rsid w:val="00E71DF9"/>
     <w:rsid w:val="00E753E5"/>
+    <w:rsid w:val="00E87407"/>
     <w:rsid w:val="00E91C8C"/>
     <w:rsid w:val="00EA5C74"/>
     <w:rsid w:val="00EB5C26"/>
     <w:rsid w:val="00EB746D"/>
     <w:rsid w:val="00EC3D38"/>
     <w:rsid w:val="00EE0AE0"/>
     <w:rsid w:val="00F40C7C"/>
     <w:rsid w:val="00F4262D"/>
     <w:rsid w:val="00F5439D"/>
     <w:rsid w:val="00F71D3A"/>
     <w:rsid w:val="00F82E0F"/>
     <w:rsid w:val="00F84D5A"/>
     <w:rsid w:val="00F87DEA"/>
     <w:rsid w:val="00FB4574"/>
     <w:rsid w:val="00FC0023"/>
     <w:rsid w:val="00FC72F0"/>
     <w:rsid w:val="00FE29D5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PostalCode"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="address"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="Street"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="address"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17409"/>
+    <o:shapedefaults v:ext="edit" spidmax="19457"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2E7DB8E2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B8747CE2-D842-41F6-8749-7A35266D09F2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:locked="1"/>
     <w:lsdException w:name="toc 2" w:locked="1"/>
     <w:lsdException w:name="toc 3" w:locked="1"/>
     <w:lsdException w:name="toc 4" w:locked="1"/>
     <w:lsdException w:name="toc 5" w:locked="1"/>
@@ -12982,51 +13187,51 @@
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F71D3A"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F71D3A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dsp.delaware.gov/obtaining-a-certified-criminal-history/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -13273,69 +13478,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98D8564F-B9D0-4374-A77D-A16D677B2733}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>680</Words>
-  <Characters>3876</Characters>
+  <Words>685</Words>
+  <Characters>3909</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4547</CharactersWithSpaces>
+  <CharactersWithSpaces>4585</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Tangredi, Robert N (Courts)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>