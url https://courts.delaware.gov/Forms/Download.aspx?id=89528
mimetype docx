--- v0 (2025-10-22)
+++ v1 (2026-03-09)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="73C2BC8A" w14:textId="0B5AC01A" w:rsidR="005E2B5A" w:rsidRDefault="005E2B5A" w:rsidP="004164A7">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C7661ED" wp14:editId="1546E82F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2658110</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-88900</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1285875" cy="1285875"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
@@ -91,106 +91,106 @@
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CBEF2BC" w14:textId="5636B215" w:rsidR="00475993" w:rsidRDefault="00475993" w:rsidP="004164A7">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Family Court of the State of </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r>
             <w:t>Delaware</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
     </w:p>
     <w:p w14:paraId="74731320" w14:textId="77777777" w:rsidR="00475993" w:rsidRDefault="00475993" w:rsidP="004164A7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A102E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A102E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle </w:t>
       </w:r>
       <w:r w:rsidR="00950AB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -205,57 +205,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A102E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A102E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent </w:t>
       </w:r>
       <w:r w:rsidR="00950AB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -270,57 +270,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A102E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A102E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DB1A423" w14:textId="77777777" w:rsidR="00950AB0" w:rsidRDefault="00950AB0" w:rsidP="004164A7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
@@ -444,73 +444,73 @@
       </w:r>
       <w:r w:rsidR="00475993" w:rsidRPr="005E2B5A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Criminal History, you must </w:t>
       </w:r>
       <w:r w:rsidR="000A28CC" w:rsidRPr="005E2B5A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>schedule a fingerprinting appointment in advance at one of the SBI locations. Walk-in services will not be accepted.  To schedule an appointment, go to</w:t>
       </w:r>
       <w:r w:rsidR="000A28CC" w:rsidRPr="005E2B5A">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21A669D6" w14:textId="77777777" w:rsidR="000A28CC" w:rsidRPr="005E2B5A" w:rsidRDefault="00A102E9" w:rsidP="000A28CC">
+    <w:p w14:paraId="21A669D6" w14:textId="77777777" w:rsidR="000A28CC" w:rsidRPr="005E2B5A" w:rsidRDefault="000A28CC" w:rsidP="000A28CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5910"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="000A28CC" w:rsidRPr="005E2B5A">
+        <w:r w:rsidRPr="005E2B5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>https://dsp.delaware.gov/obtaining-a-certified-criminal-history/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000A28CC" w:rsidRPr="005E2B5A">
+      <w:r w:rsidRPr="005E2B5A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="258B8FD7" w14:textId="77777777" w:rsidR="00255C3A" w:rsidRDefault="00255C3A" w:rsidP="000A28CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5910"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0836F323" w14:textId="77777777" w:rsidR="000A28CC" w:rsidRPr="005E2B5A" w:rsidRDefault="000A28CC" w:rsidP="000A28CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -997,57 +997,57 @@
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A102E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A102E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle </w:t>
       </w:r>
       <w:r w:rsidR="00950AB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1064,57 +1064,57 @@
       <w:bookmarkStart w:id="4" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A102E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A102E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent </w:t>
       </w:r>
       <w:r w:rsidR="00950AB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1131,57 +1131,57 @@
       <w:bookmarkStart w:id="5" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A102E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A102E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3527830B" w14:textId="77777777" w:rsidR="00950AB0" w:rsidRPr="00BD5F3B" w:rsidRDefault="00950AB0" w:rsidP="006B033F">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -2200,76 +2200,76 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="10E58B9E" w14:textId="77777777" w:rsidR="0073195B" w:rsidRPr="00753B7E" w:rsidRDefault="0073195B" w:rsidP="00390673">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00753B7E">
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A102E9">
+            <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A102E9">
+            <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00753B7E">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0073195B" w:rsidRPr="001E5734" w14:paraId="0FAEE5D3" w14:textId="77777777" w:rsidTr="008C55A2">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4CD7D90F" w14:textId="77777777" w:rsidR="0073195B" w:rsidRPr="00753B7E" w:rsidRDefault="0073195B" w:rsidP="00390673">
@@ -4384,56 +4384,56 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Check6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A102E9">
-[...4 lines deleted...]
-            <w:r w:rsidR="00A102E9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9522" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
@@ -6223,56 +6223,56 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A102E9">
-[...4 lines deleted...]
-            <w:r w:rsidR="00A102E9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9522" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
@@ -8079,56 +8079,56 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A102E9">
-[...4 lines deleted...]
-            <w:r w:rsidR="00A102E9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9522" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
@@ -10973,278 +10973,278 @@
     <w:p w14:paraId="5359F0C4" w14:textId="77777777" w:rsidR="003F3C87" w:rsidRDefault="003F3C87" w:rsidP="009D090A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2415"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003F3C87" w:rsidSect="0078086D">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="864" w:bottom="245" w:left="864" w:header="288" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2C7DD5A0" w14:textId="77777777" w:rsidR="00573C64" w:rsidRDefault="00573C64">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2CAA33A8" w14:textId="77777777" w:rsidR="00573C64" w:rsidRDefault="00573C64">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1E9EBB6A" w14:textId="7BEEBF4A" w:rsidR="008C55A2" w:rsidRDefault="008C55A2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3F52BC4B" w14:textId="77777777" w:rsidR="008C55A2" w:rsidRDefault="008C55A2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5A73919F" w14:textId="77777777" w:rsidR="00573C64" w:rsidRDefault="00573C64">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="72BFEBA5" w14:textId="77777777" w:rsidR="00573C64" w:rsidRDefault="00573C64">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="62008322" w14:textId="77777777" w:rsidR="001352B3" w:rsidRDefault="001352B3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="48B38F56" w14:textId="77777777" w:rsidR="001352B3" w:rsidRDefault="001352B3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2B8EA3DF" w14:textId="77777777" w:rsidR="001352B3" w:rsidRDefault="001352B3" w:rsidP="001352B3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form 282</w:t>
     </w:r>
     <w:r w:rsidR="0078086D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>M</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1A315C62" w14:textId="1F8126A7" w:rsidR="001352B3" w:rsidRDefault="00DA198C" w:rsidP="00950AB0">
+  <w:p w14:paraId="1A315C62" w14:textId="4B98D95E" w:rsidR="001352B3" w:rsidRDefault="00DA198C" w:rsidP="00950AB0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Re</w:t>
     </w:r>
     <w:r w:rsidR="001352B3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">v </w:t>
     </w:r>
     <w:r w:rsidR="00E233B8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="000A28CC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00E233B8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>/2</w:t>
     </w:r>
-    <w:r w:rsidR="000A28CC">
+    <w:r w:rsidR="00BC254C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>025</w:t>
     </w:r>
     <w:r w:rsidR="001352B3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F378FD10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4EB02060"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -11477,99 +11477,100 @@
   <w:num w:numId="6" w16cid:durableId="476804923">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="552500009">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1467967056">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="804737615">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="736976503">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="256133900">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="149760690">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="53qHQozIk1aE2EVUO16jtAm0fshBMnk20BMg79SvWke66DqnULS3umj0sWUL0w7XSmpniSHGYRLJzoEHDB7MRg==" w:salt="w0QGr+Np3vygTnFZd7dsMA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="sGOEPZI43oTJ3Rrz3OFKM+/4QFr0dGr3ny6k4C6Vc4K3ZJxQKUwC87p+dV+UuhQ4LK7L580E1jb8d8uuKaAz1g==" w:salt="SYHUhQV241LxOlwtq/Uv0A=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="25601"/>
+    <o:shapedefaults v:ext="edit" spidmax="27649"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{30635183-0AFF-43C5-B0E1-AAE214486445}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="90113248"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00AD64D6"/>
     <w:rsid w:val="00002718"/>
     <w:rsid w:val="00017A4E"/>
     <w:rsid w:val="000222DD"/>
     <w:rsid w:val="000257FD"/>
     <w:rsid w:val="00025D47"/>
     <w:rsid w:val="000313EA"/>
     <w:rsid w:val="00035618"/>
     <w:rsid w:val="000456D7"/>
     <w:rsid w:val="0004783D"/>
     <w:rsid w:val="0005264D"/>
     <w:rsid w:val="000563ED"/>
+    <w:rsid w:val="00074D99"/>
     <w:rsid w:val="00077836"/>
     <w:rsid w:val="00084370"/>
     <w:rsid w:val="000A28CC"/>
     <w:rsid w:val="000B2522"/>
     <w:rsid w:val="000C48D2"/>
     <w:rsid w:val="000D02C8"/>
     <w:rsid w:val="000D32B6"/>
     <w:rsid w:val="000F1EE1"/>
     <w:rsid w:val="000F4FC7"/>
     <w:rsid w:val="000F62DB"/>
     <w:rsid w:val="0010170D"/>
     <w:rsid w:val="001352B3"/>
     <w:rsid w:val="00140DBC"/>
     <w:rsid w:val="00152CDE"/>
     <w:rsid w:val="00155DEA"/>
     <w:rsid w:val="00161530"/>
     <w:rsid w:val="001663B3"/>
     <w:rsid w:val="00171096"/>
     <w:rsid w:val="001716C9"/>
     <w:rsid w:val="00176D79"/>
     <w:rsid w:val="00185E1E"/>
     <w:rsid w:val="001864B5"/>
     <w:rsid w:val="001868D2"/>
     <w:rsid w:val="001874DF"/>
     <w:rsid w:val="001875AD"/>
@@ -11653,50 +11654,51 @@
     <w:rsid w:val="00591A5A"/>
     <w:rsid w:val="0059397B"/>
     <w:rsid w:val="005A10A6"/>
     <w:rsid w:val="005B32F3"/>
     <w:rsid w:val="005B5C9A"/>
     <w:rsid w:val="005C4912"/>
     <w:rsid w:val="005C4DB2"/>
     <w:rsid w:val="005C5607"/>
     <w:rsid w:val="005C6934"/>
     <w:rsid w:val="005D33AF"/>
     <w:rsid w:val="005D392A"/>
     <w:rsid w:val="005D4D96"/>
     <w:rsid w:val="005D7429"/>
     <w:rsid w:val="005E2B5A"/>
     <w:rsid w:val="005E5867"/>
     <w:rsid w:val="005F02F7"/>
     <w:rsid w:val="005F179D"/>
     <w:rsid w:val="005F1A2B"/>
     <w:rsid w:val="005F509F"/>
     <w:rsid w:val="0060277F"/>
     <w:rsid w:val="00615FD9"/>
     <w:rsid w:val="00617C0B"/>
     <w:rsid w:val="00622AA4"/>
     <w:rsid w:val="0063564A"/>
     <w:rsid w:val="0064046D"/>
+    <w:rsid w:val="0065473A"/>
     <w:rsid w:val="006676BD"/>
     <w:rsid w:val="00683FF2"/>
     <w:rsid w:val="006917A1"/>
     <w:rsid w:val="00693D4D"/>
     <w:rsid w:val="0069576F"/>
     <w:rsid w:val="006A2667"/>
     <w:rsid w:val="006B033F"/>
     <w:rsid w:val="006F38C6"/>
     <w:rsid w:val="006F5119"/>
     <w:rsid w:val="007201EA"/>
     <w:rsid w:val="00727FBD"/>
     <w:rsid w:val="0073195B"/>
     <w:rsid w:val="00740CD2"/>
     <w:rsid w:val="00745622"/>
     <w:rsid w:val="00753B7E"/>
     <w:rsid w:val="007643AF"/>
     <w:rsid w:val="00777635"/>
     <w:rsid w:val="0078086D"/>
     <w:rsid w:val="00780971"/>
     <w:rsid w:val="00792347"/>
     <w:rsid w:val="007924A0"/>
     <w:rsid w:val="007A76AB"/>
     <w:rsid w:val="007B46E5"/>
     <w:rsid w:val="007C47B6"/>
     <w:rsid w:val="007E7459"/>
@@ -11764,50 +11766,51 @@
     <w:rsid w:val="00A97011"/>
     <w:rsid w:val="00AC0DCE"/>
     <w:rsid w:val="00AD1B73"/>
     <w:rsid w:val="00AD64D6"/>
     <w:rsid w:val="00AE0E19"/>
     <w:rsid w:val="00AE1299"/>
     <w:rsid w:val="00B06009"/>
     <w:rsid w:val="00B1149F"/>
     <w:rsid w:val="00B15E87"/>
     <w:rsid w:val="00B2246F"/>
     <w:rsid w:val="00B239BC"/>
     <w:rsid w:val="00B37EC2"/>
     <w:rsid w:val="00B42258"/>
     <w:rsid w:val="00B5008F"/>
     <w:rsid w:val="00B537D2"/>
     <w:rsid w:val="00B61E93"/>
     <w:rsid w:val="00B656BE"/>
     <w:rsid w:val="00B822AD"/>
     <w:rsid w:val="00B95C26"/>
     <w:rsid w:val="00BA124E"/>
     <w:rsid w:val="00BA1841"/>
     <w:rsid w:val="00BB0BFE"/>
     <w:rsid w:val="00BB1825"/>
     <w:rsid w:val="00BB2B5F"/>
     <w:rsid w:val="00BB6AF8"/>
+    <w:rsid w:val="00BC254C"/>
     <w:rsid w:val="00BC2A0F"/>
     <w:rsid w:val="00BD5F3B"/>
     <w:rsid w:val="00C157D3"/>
     <w:rsid w:val="00C167D0"/>
     <w:rsid w:val="00C16B76"/>
     <w:rsid w:val="00C174FE"/>
     <w:rsid w:val="00C24F87"/>
     <w:rsid w:val="00C30268"/>
     <w:rsid w:val="00C3366B"/>
     <w:rsid w:val="00C352C9"/>
     <w:rsid w:val="00C438A5"/>
     <w:rsid w:val="00C5305E"/>
     <w:rsid w:val="00C6214C"/>
     <w:rsid w:val="00C761E7"/>
     <w:rsid w:val="00C76750"/>
     <w:rsid w:val="00C819EE"/>
     <w:rsid w:val="00C933F9"/>
     <w:rsid w:val="00CA32A8"/>
     <w:rsid w:val="00CA6E6D"/>
     <w:rsid w:val="00CC6ABB"/>
     <w:rsid w:val="00CD1719"/>
     <w:rsid w:val="00CD77CF"/>
     <w:rsid w:val="00CE4BBB"/>
     <w:rsid w:val="00CF14EA"/>
     <w:rsid w:val="00CF32F4"/>
@@ -11856,68 +11859,68 @@
     <w:rsid w:val="00F84D5A"/>
     <w:rsid w:val="00F9382B"/>
     <w:rsid w:val="00FA01A4"/>
     <w:rsid w:val="00FB6F79"/>
     <w:rsid w:val="00FE4876"/>
     <w:rsid w:val="00FF1419"/>
     <w:rsid w:val="00FF2FF4"/>
     <w:rsid w:val="00FF5C5C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="25601"/>
+    <o:shapedefaults v:ext="edit" spidmax="27649"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="63F0AA91"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{30DD36BD-54F8-4560-9A4C-1CD21475DDDE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:locked="1"/>
     <w:lsdException w:name="toc 2" w:locked="1"/>
     <w:lsdException w:name="toc 3" w:locked="1"/>
     <w:lsdException w:name="toc 4" w:locked="1"/>
     <w:lsdException w:name="toc 5" w:locked="1"/>
@@ -13761,51 +13764,51 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004E1836"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000A28CC"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1382440989">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dsp.delaware.gov/obtaining-a-certified-criminal-history/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">