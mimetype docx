--- v0 (2025-10-22)
+++ v1 (2026-03-09)
@@ -1,58 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="213704F7" w14:textId="77777777" w:rsidR="004D5ACF" w:rsidRDefault="00DD69C2">
       <w:pPr>
         <w:ind w:left="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1812F2FF" wp14:editId="2A00CD12">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2836545</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
@@ -125,247 +120,245 @@
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="40"/>
           </w:rPr>
           <w:t>Delaware</w:t>
         </w:r>
       </w:smartTag>
     </w:p>
     <w:p w14:paraId="56C64EB9" w14:textId="77777777" w:rsidR="004D5ACF" w:rsidRDefault="004D5ACF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Check1"/>
+      <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB174A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00DB174A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB174A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Castle </w:t>
       </w:r>
       <w:r w:rsidR="00F02E22" w:rsidRPr="00DB174A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Check2"/>
+      <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB174A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00DB174A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB174A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Kent </w:t>
       </w:r>
       <w:r w:rsidR="00F02E22" w:rsidRPr="00DB174A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Check3"/>
+      <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB174A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00DB174A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C6E4A1" w14:textId="77777777" w:rsidR="00B05A1F" w:rsidRPr="00ED5BA1" w:rsidRDefault="00B05A1F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="393DAAAA" w14:textId="77777777" w:rsidR="00D85728" w:rsidRDefault="00400CDF" w:rsidP="00765E85">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i w:val="0"/>
@@ -629,51 +622,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02E22" w14:paraId="2C2EC1FF" w14:textId="77777777" w:rsidTr="00FF4984">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77B9C165" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="Text48"/>
+            <w:bookmarkStart w:id="4" w:name="Text48"/>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
@@ -718,51 +711,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2C3D285E" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
@@ -994,51 +987,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>. Street Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4933FBD9" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="6" w:name="Text50"/>
+        <w:bookmarkStart w:id="5" w:name="Text50"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6A519829" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
@@ -1088,78 +1081,78 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02E22" w14:paraId="2BEB71C0" w14:textId="77777777" w:rsidTr="00FF4984">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="634AAD9D" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="Text64"/>
+            <w:bookmarkStart w:id="6" w:name="Text64"/>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -1207,51 +1200,51 @@
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="42F33C59" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -1819,51 +1812,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B1F7E8C" w14:textId="77777777" w:rsidR="00FF4984" w:rsidRPr="00A66B24" w:rsidRDefault="00FF4984" w:rsidP="00FF4984">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Petition Number</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="8" w:name="Text57"/>
+          <w:bookmarkStart w:id="7" w:name="Text57"/>
           <w:p w14:paraId="1873FDCA" w14:textId="6246A38A" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00FF4984" w:rsidP="00FF4984">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
@@ -1907,51 +1900,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02E22" w14:paraId="66889557" w14:textId="77777777" w:rsidTr="00F02E22">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="741273F8" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -3329,51 +3322,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text56"/>
+            <w:bookmarkStart w:id="8" w:name="Text56"/>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
@@ -3400,51 +3393,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1A78F7AD" w14:textId="77777777" w:rsidR="00F02E22" w:rsidRPr="005A4E49" w:rsidRDefault="00F02E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
@@ -4017,115 +4010,115 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DB174A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00DB174A">
+            <w:r w:rsidRPr="00A66B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DB174A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00DB174A">
+            <w:r w:rsidRPr="00A66B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4183,115 +4176,115 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DB174A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00DB174A">
+            <w:r w:rsidRPr="00A66B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DB174A">
-[...6 lines deleted...]
-            <w:r w:rsidR="00DB174A">
+            <w:r w:rsidRPr="00A66B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A66B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4692,51 +4685,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="36FA0B1C" w14:textId="2A325A36" w:rsidR="00400CDF" w:rsidRPr="00ED5BA1" w:rsidRDefault="00A66B24" w:rsidP="001F2A1A">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text26"/>
+            <w:bookmarkStart w:id="9" w:name="Text26"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4760,382 +4753,382 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6030" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="31890265" w14:textId="042C3F89" w:rsidR="00400CDF" w:rsidRPr="00ED5BA1" w:rsidRDefault="00400CDF" w:rsidP="001F2A1A">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">regarding the issue of </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Check4"/>
+            <w:bookmarkStart w:id="10" w:name="Check4"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DB174A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00DB174A">
+            <w:r w:rsidRPr="00ED5BA1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Custody </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Check5"/>
+            <w:bookmarkStart w:id="11" w:name="Check5"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DB174A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00DB174A">
+            <w:r w:rsidRPr="00ED5BA1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Visitation</w:t>
             </w:r>
             <w:r w:rsidR="0034545F" w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0034545F" w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Check6"/>
+            <w:bookmarkStart w:id="12" w:name="Check6"/>
             <w:r w:rsidR="0034545F" w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DB174A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00DB174A">
+            <w:r w:rsidR="0034545F" w:rsidRPr="00ED5BA1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0034545F" w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0034545F" w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
             <w:r w:rsidR="0034545F" w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Support</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0034545F" w:rsidRPr="00ED5BA1" w14:paraId="72F82052" w14:textId="77777777" w:rsidTr="00ED5BA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="242AD7CE" w14:textId="567EB051" w:rsidR="0034545F" w:rsidRPr="00ED5BA1" w:rsidRDefault="0034545F" w:rsidP="0034545F">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Check7"/>
+            <w:bookmarkStart w:id="13" w:name="Check7"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DB174A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00DB174A">
+            <w:r w:rsidRPr="00ED5BA1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Imperiling Family Relationships</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AA5C37E" w14:textId="77777777" w:rsidR="0034545F" w:rsidRPr="00ED5BA1" w:rsidRDefault="0034545F" w:rsidP="0034545F">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Check8"/>
+            <w:bookmarkStart w:id="14" w:name="Check8"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DB174A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00DB174A">
+            <w:r w:rsidRPr="00ED5BA1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ancillary </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="16" w:name="Text28"/>
+        <w:bookmarkStart w:id="15" w:name="Text28"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="027CA959" w14:textId="77777777" w:rsidR="0034545F" w:rsidRPr="00ED5BA1" w:rsidRDefault="0034545F" w:rsidP="0034545F">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text28"/>
@@ -5192,121 +5185,121 @@
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="16"/>
+        <w:bookmarkEnd w:id="15"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64498174" w14:textId="167654A8" w:rsidR="0034545F" w:rsidRPr="00ED5BA1" w:rsidRDefault="0034545F" w:rsidP="0034545F">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Check9"/>
+            <w:bookmarkStart w:id="16" w:name="Check9"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DB174A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00DB174A">
+            <w:r w:rsidRPr="00ED5BA1">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="18" w:name="Text29"/>
+      <w:bookmarkStart w:id="17" w:name="Text29"/>
       <w:tr w:rsidR="0034545F" w:rsidRPr="00ED5BA1" w14:paraId="6C230634" w14:textId="77777777" w:rsidTr="00ED5BA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5695" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="064B023D" w14:textId="77777777" w:rsidR="0034545F" w:rsidRPr="00ED5BA1" w:rsidRDefault="0034545F" w:rsidP="0034545F">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -5362,76 +5355,76 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06A18461" w14:textId="77777777" w:rsidR="0034545F" w:rsidRPr="00ED5BA1" w:rsidRDefault="0034545F" w:rsidP="0034545F">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>before the Honorable</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="19" w:name="Text30"/>
+        <w:bookmarkStart w:id="18" w:name="Text30"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7D6022C6" w14:textId="77777777" w:rsidR="0034545F" w:rsidRPr="00ED5BA1" w:rsidRDefault="0034545F" w:rsidP="0034545F">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
@@ -5486,51 +5479,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="16B1F7E6" w14:textId="77777777" w:rsidR="00AA244B" w:rsidRPr="00ED5BA1" w:rsidRDefault="00AA244B" w:rsidP="00D85728">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="447FE189" w14:textId="01245496" w:rsidR="00400CDF" w:rsidRPr="00ED5BA1" w:rsidRDefault="00400CDF" w:rsidP="00D85728">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
@@ -5569,51 +5562,51 @@
             <w:tcW w:w="10800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78FC1A56" w14:textId="77777777" w:rsidR="00765E85" w:rsidRPr="00ED5BA1" w:rsidRDefault="00AA244B" w:rsidP="00D85728">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text31"/>
+            <w:bookmarkStart w:id="19" w:name="Text31"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
@@ -5646,51 +5639,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B182DAA" w14:textId="77777777" w:rsidR="00765E85" w:rsidRPr="00ED5BA1" w:rsidRDefault="00765E85" w:rsidP="00D85728">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="799CB908" w14:textId="77777777" w:rsidR="00765E85" w:rsidRPr="00ED5BA1" w:rsidRDefault="00765E85" w:rsidP="00D85728">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED5BA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
@@ -5722,51 +5715,51 @@
             <w:tcW w:w="10800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C7365CA" w14:textId="77777777" w:rsidR="00765E85" w:rsidRPr="00ED5BA1" w:rsidRDefault="00AA244B" w:rsidP="00D85728">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text32"/>
+            <w:bookmarkStart w:id="20" w:name="Text32"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
@@ -5799,51 +5792,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="59F40507" w14:textId="77777777" w:rsidR="00ED5BA1" w:rsidRDefault="00ED5BA1" w:rsidP="00D85728">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="769A6DDC" w14:textId="03A487A2" w:rsidR="00765E85" w:rsidRPr="00ED5BA1" w:rsidRDefault="00765E85" w:rsidP="00D85728">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED5BA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
@@ -6120,51 +6113,51 @@
           </w:tcPr>
           <w:p w14:paraId="59199D70" w14:textId="77777777" w:rsidR="00FF4984" w:rsidRPr="00ED5BA1" w:rsidRDefault="00FF4984" w:rsidP="007B0103">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text65"/>
+            <w:bookmarkStart w:id="21" w:name="Text65"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
@@ -6197,51 +6190,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5B9D0FB9" w14:textId="7081EF65" w:rsidR="00FF4984" w:rsidRPr="00ED5BA1" w:rsidRDefault="00FF4984" w:rsidP="00FF4984">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED5BA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED5BA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -6383,51 +6376,51 @@
           <w:p w14:paraId="20D2947A" w14:textId="77777777" w:rsidR="00FF4984" w:rsidRPr="00ED5BA1" w:rsidRDefault="00FF4984" w:rsidP="007B0103">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="18"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Text27"/>
+            <w:bookmarkStart w:id="22" w:name="Text27"/>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
@@ -6460,51 +6453,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED5BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="38F233A4" w14:textId="77777777" w:rsidR="00FF4984" w:rsidRPr="00ED5BA1" w:rsidRDefault="00FF4984" w:rsidP="00FF4984">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="6318" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -6541,247 +6534,199 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="00ED5BA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DB174A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Notary Public or Clerk of Court</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B05A1F" w:rsidRPr="00ED5BA1" w:rsidSect="00A75ABD">
-      <w:headerReference w:type="even" r:id="rId9"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="864" w:bottom="576" w:left="864" w:header="288" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3D55788A" w14:textId="77777777" w:rsidR="00DD69C2" w:rsidRDefault="00DD69C2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="37D5DF62" w14:textId="77777777" w:rsidR="00DD69C2" w:rsidRDefault="00DD69C2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7BC7FA5C" w14:textId="77777777" w:rsidR="00DD69C2" w:rsidRDefault="00DD69C2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="47C9952E" w14:textId="77777777" w:rsidR="00DD69C2" w:rsidRDefault="00DD69C2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26D5CA4E" w14:textId="4EBF1411" w:rsidR="00007A91" w:rsidRDefault="00007A91" w:rsidP="00A75ABD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-360"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form 321</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="72BED013" w14:textId="77777777" w:rsidR="00007A91" w:rsidRDefault="00007A91" w:rsidP="00A75ABD">
+  <w:p w14:paraId="72BED013" w14:textId="4D4F8695" w:rsidR="00007A91" w:rsidRDefault="00007A91" w:rsidP="00A75ABD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-360"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Rev</w:t>
     </w:r>
     <w:r w:rsidR="00F02E22">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 1/21</w:t>
+      <w:t xml:space="preserve"> 1</w:t>
+    </w:r>
+    <w:r w:rsidR="00F62074">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>1/2025</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03032F90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE1EB2F2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -7008,170 +6953,173 @@
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="871766011">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1122530192">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="599139602">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="579370380">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="5BrA8e6ob4gDHCxpFtVr4ZFT8MOoYV2cuMNdJ7Acxwy8wOYttizmDPdTif+re/Ai5x2s4rcJolz8Zl344+QZMA==" w:salt="zH7ICdGSsltu/fqvqL3rwQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="5FYsN7kta+AXLZi9Tko8g62Xx95eWj5YFNt9v5sL5WBpgk3JaXC+IYaj40q/QHyH3EEPpc9VSzPAL2PONLaMzQ==" w:salt="bD/R7C+ZFGWZwt+LoT5OBw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD69C2"/>
     <w:rsid w:val="00007A91"/>
     <w:rsid w:val="001F2A1A"/>
     <w:rsid w:val="0025335E"/>
     <w:rsid w:val="0034545F"/>
     <w:rsid w:val="00400CDF"/>
     <w:rsid w:val="0041232F"/>
     <w:rsid w:val="004178FD"/>
     <w:rsid w:val="004366B8"/>
     <w:rsid w:val="004D5ACF"/>
+    <w:rsid w:val="005669FF"/>
     <w:rsid w:val="005A4E49"/>
     <w:rsid w:val="00761690"/>
     <w:rsid w:val="00765E85"/>
     <w:rsid w:val="007A50BF"/>
     <w:rsid w:val="007C6CC2"/>
     <w:rsid w:val="007E13B6"/>
     <w:rsid w:val="0088536E"/>
+    <w:rsid w:val="009D49B8"/>
     <w:rsid w:val="00A4307B"/>
     <w:rsid w:val="00A433B0"/>
     <w:rsid w:val="00A515D6"/>
+    <w:rsid w:val="00A6187F"/>
     <w:rsid w:val="00A66B24"/>
     <w:rsid w:val="00A75ABD"/>
     <w:rsid w:val="00AA1F6A"/>
     <w:rsid w:val="00AA244B"/>
     <w:rsid w:val="00B05A1F"/>
     <w:rsid w:val="00C37066"/>
     <w:rsid w:val="00CE1C31"/>
     <w:rsid w:val="00D20B36"/>
     <w:rsid w:val="00D61ADC"/>
     <w:rsid w:val="00D85728"/>
     <w:rsid w:val="00DB174A"/>
     <w:rsid w:val="00DD69C2"/>
     <w:rsid w:val="00E46B85"/>
     <w:rsid w:val="00ED5BA1"/>
     <w:rsid w:val="00F02E22"/>
+    <w:rsid w:val="00F62074"/>
     <w:rsid w:val="00FF4984"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2C04291B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{99673F1E-5B9C-4775-9ADD-5E9E3BD0251E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -7627,76 +7575,72 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style2Char">
     <w:name w:val="Style2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Style2"/>
     <w:rsid w:val="0041232F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:rsid w:val="00F02E22"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1324045555">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///N:\FC-Admin\Case%20Processing\Forms%20and%20Procedures\Family%20Court%20Official%20Forms\300%20-%20Criminal%20&amp;%20Civil%20&amp;%20Support\321%20-%20Petition%20to%20Show%20Cause\321-Petition-Rule%20To%20Show%20Cause%2010102011.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7968,51 +7912,51 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{712B0D3D-9EB8-47BB-AF80-9B157A5FEE5D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>321-Petition-Rule To Show Cause 10102011</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>321</Words>
   <Characters>1835</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>