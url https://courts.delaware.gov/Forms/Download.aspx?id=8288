--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -1,488 +1,446 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00994CAE" w:rsidRDefault="00E21AE5" w:rsidP="006B033F">
+    <w:p w14:paraId="5E94BE21" w14:textId="77777777" w:rsidR="00994CAE" w:rsidRDefault="00E21AE5" w:rsidP="006B033F">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30C2E994" wp14:editId="40879EE5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2703195</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-327660</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1257300" cy="1257300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2" descr="test2 Family-Court-grayscale-9per"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="test2 Family-Court-grayscale-9per"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1257300" cy="1257300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00994CAE">
         <w:t xml:space="preserve">The Family Court of the State of </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidR="00994CAE">
             <w:t>Delaware</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
     </w:p>
-    <w:p w:rsidR="00994CAE" w:rsidRDefault="00994CAE" w:rsidP="006B033F">
+    <w:p w14:paraId="0B4EE71C" w14:textId="77777777" w:rsidR="00994CAE" w:rsidRDefault="00994CAE" w:rsidP="006B033F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
       <w:bookmarkStart w:id="1" w:name="Check1"/>
-      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E563EB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00E563EB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-      </w:smartTag>
+        <w:t xml:space="preserve"> New Castle</w:t>
+      </w:r>
+      <w:r w:rsidR="00027B84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> County</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Check2"/>
+      <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E563EB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00E563EB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-      </w:smartTag>
+        <w:t xml:space="preserve"> Kent</w:t>
+      </w:r>
+      <w:r w:rsidR="00027B84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> County</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Check3"/>
+      <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E563EB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00E563EB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...31 lines deleted...]
-      </w:smartTag>
+        <w:t xml:space="preserve"> Sussex County</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E97745" w:rsidRDefault="00E97745" w:rsidP="00E97745">
+    <w:p w14:paraId="6D04DEF5" w14:textId="77777777" w:rsidR="00E97745" w:rsidRDefault="00E97745" w:rsidP="00E97745">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">PETITION </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="Dropdown1"/>
+      <w:bookmarkStart w:id="4" w:name="Dropdown1"/>
       <w:r w:rsidR="001264C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Dropdown1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="   "/>
               <w:listEntry w:val="FOR"/>
               <w:listEntry w:val="TO"/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001264C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E563EB">
+      <w:r w:rsidR="001264C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00E563EB">
+      <w:r w:rsidR="001264C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001264C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="001264C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text70"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="Text70"/>
+      <w:bookmarkStart w:id="5" w:name="Text70"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -524,53 +482,53 @@
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w:rsidR="00AC13E4" w:rsidRPr="00AC13E4" w:rsidRDefault="00AC13E4" w:rsidP="00AC13E4">
+    <w:p w14:paraId="6EEA4946" w14:textId="77777777" w:rsidR="00AC13E4" w:rsidRPr="00AC13E4" w:rsidRDefault="00AC13E4" w:rsidP="00AC13E4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4140"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E5734">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Petitioner</w:t>
       </w:r>
       <w:r w:rsidRPr="001E5734">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -600,185 +558,185 @@
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10759" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4310"/>
         <w:gridCol w:w="59"/>
         <w:gridCol w:w="4230"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="2070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidTr="007972B2">
+      <w:tr w:rsidR="00E97745" w:rsidRPr="001E5734" w14:paraId="0071A39E" w14:textId="77777777" w:rsidTr="007972B2">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00AC13E4" w:rsidP="007972B2">
+          <w:p w14:paraId="2D09EE67" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00AC13E4" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
+          <w:p w14:paraId="710BB583" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00AC13E4" w:rsidP="007972B2">
+          <w:p w14:paraId="693F6975" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00AC13E4" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
+          <w:p w14:paraId="40BDABE9" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
+          <w:p w14:paraId="4778CD88" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>File Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="7" w:name="Text48"/>
-      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidTr="00D1266F">
+      <w:bookmarkStart w:id="6" w:name="Text48"/>
+      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w14:paraId="393C124A" w14:textId="77777777" w:rsidTr="00D1266F">
         <w:trPr>
           <w:trHeight w:val="83"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="229E8345" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -812,79 +770,79 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="361EC19D" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="54F67751" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -929,93 +887,93 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="0E4C4754" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="00D1266F">
+          <w:p w14:paraId="1F592062" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="00D1266F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text95"/>
+            <w:bookmarkStart w:id="7" w:name="Text95"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1048,181 +1006,181 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidTr="00D1266F">
+      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w14:paraId="280DB44C" w14:textId="77777777" w:rsidTr="00D1266F">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="00A93021" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="50966DAF" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="00A93021" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="35FAB362" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="00A93021" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="6DC08426" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="00A93021" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="0D9AA5EF" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="00DC8CAF" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="9" w:name="Text93"/>
-      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidTr="007972B2">
+      <w:bookmarkStart w:id="8" w:name="Text93"/>
+      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w14:paraId="1B67A7D2" w14:textId="77777777" w:rsidTr="007972B2">
         <w:trPr>
           <w:trHeight w:val="138"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="30CA8D38" w14:textId="77777777" w:rsidR="007972B2" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text93"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1256,80 +1214,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
-[...7 lines deleted...]
-        <w:bookmarkStart w:id="10" w:name="Text94"/>
+          <w:p w14:paraId="659878DE" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="9" w:name="Text94"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="2561C4D7" w14:textId="77777777" w:rsidR="007972B2" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text94"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1363,215 +1321,215 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="32C9225B" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="6937C403" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidTr="007972B2">
+      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w14:paraId="1C678FBA" w14:textId="77777777" w:rsidTr="007972B2">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="729DD903" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Street Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="2C9B2AFF" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="57CD497C" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Street Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="7988F382" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="15F2BDC9" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidTr="007972B2">
+      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w14:paraId="0FB2A502" w14:textId="77777777" w:rsidTr="007972B2">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="4C01A5E4" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1616,67 +1574,67 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="7645F511" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="74D773D3" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1721,212 +1679,212 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="0883602A" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="330CDE23" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidTr="007972B2">
+      <w:tr w:rsidR="00E97745" w:rsidRPr="001E5734" w14:paraId="243D0F85" w14:textId="77777777" w:rsidTr="007972B2">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
+          <w:p w14:paraId="5370EB5B" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
+          <w:p w14:paraId="2E01F3A7" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
+          <w:p w14:paraId="1BED0F3C" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
+          <w:p w14:paraId="706E21CC" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
+          <w:p w14:paraId="4C13875E" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Petition Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidTr="00D1266F">
+      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w14:paraId="7F5EA537" w14:textId="77777777" w:rsidTr="00D1266F">
         <w:trPr>
           <w:trHeight w:val="110"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="55892A25" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1971,67 +1929,67 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="0A22BC90" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="71A8A219" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -2076,70 +2034,70 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
-[...7 lines deleted...]
-        <w:bookmarkStart w:id="11" w:name="Text57"/>
+          <w:p w14:paraId="6D5F855A" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="10" w:name="Text57"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="00D1266F">
+          <w:p w14:paraId="048BB9AC" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="00D1266F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -2175,66 +2133,342 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidTr="00D1266F">
+      <w:tr w:rsidR="00900F8E" w:rsidRPr="001E5734" w14:paraId="3D4CD752" w14:textId="77777777" w:rsidTr="00D1266F">
+        <w:trPr>
+          <w:trHeight w:val="110"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21D272C9" w14:textId="77777777" w:rsidR="00900F8E" w:rsidRPr="00900F8E" w:rsidRDefault="00900F8E" w:rsidP="007972B2">
+            <w:pPr>
+              <w:ind w:left="139"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00900F8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20DA5839" w14:textId="5202C5FE" w:rsidR="00900F8E" w:rsidRDefault="00900F8E" w:rsidP="007972B2">
+            <w:pPr>
+              <w:ind w:left="139"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73774B29" w14:textId="77777777" w:rsidR="00900F8E" w:rsidRPr="001E5734" w:rsidRDefault="00900F8E" w:rsidP="007972B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EA64B94" w14:textId="45F9CCEB" w:rsidR="00900F8E" w:rsidRPr="00900F8E" w:rsidRDefault="00900F8E" w:rsidP="00900F8E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00900F8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="428B5689" w14:textId="7CAE4E2B" w:rsidR="00900F8E" w:rsidRDefault="00900F8E" w:rsidP="00900F8E">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76839C4F" w14:textId="77777777" w:rsidR="00900F8E" w:rsidRPr="001E5734" w:rsidRDefault="00900F8E" w:rsidP="007972B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32107B09" w14:textId="77777777" w:rsidR="00900F8E" w:rsidRDefault="00900F8E" w:rsidP="00D1266F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w14:paraId="7ACABA64" w14:textId="77777777" w:rsidTr="00D1266F">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="6CF535D9" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -2254,69 +2488,69 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="161FC43D" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="5BB81C1E" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2343,90 +2577,90 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="411BA16F" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="5C0D06CC" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="12" w:name="Text56"/>
-      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidTr="007972B2">
+      <w:bookmarkStart w:id="11" w:name="Text56"/>
+      <w:tr w:rsidR="007972B2" w:rsidRPr="001E5734" w14:paraId="77372F01" w14:textId="77777777" w:rsidTr="007972B2">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="4E5D78F3" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2464,79 +2698,79 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="72F5EE65" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="5FC79D03" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -2590,172 +2824,172 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="07DF73E7" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
+          <w:p w14:paraId="226E2968" w14:textId="77777777" w:rsidR="007972B2" w:rsidRPr="001E5734" w:rsidRDefault="007972B2" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidTr="007972B2">
+      <w:tr w:rsidR="00E97745" w:rsidRPr="001E5734" w14:paraId="03860A46" w14:textId="77777777" w:rsidTr="007972B2">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
+          <w:p w14:paraId="1B132A5C" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Attorney Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
+          <w:p w14:paraId="494CBB9A" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
+          <w:p w14:paraId="1FC5D4EB" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Attorney Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="13" w:name="Text58"/>
-      <w:tr w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidTr="00B60F20">
+      <w:bookmarkStart w:id="12" w:name="Text58"/>
+      <w:tr w:rsidR="00E97745" w:rsidRPr="001E5734" w14:paraId="7D5985E8" w14:textId="77777777" w:rsidTr="00B60F20">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00084C92" w:rsidP="007972B2">
+          <w:p w14:paraId="4844DD2C" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00084C92" w:rsidP="007972B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2792,80 +3026,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
+          <w:p w14:paraId="14E5AE3D" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
+          <w:p w14:paraId="4A5A180D" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="001E5734" w:rsidRDefault="00E97745" w:rsidP="007972B2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00084C92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -2910,316 +3144,316 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00084C92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00084C92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00084C92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B60F20" w:rsidRPr="001E5734" w:rsidTr="00B60F20">
+      <w:tr w:rsidR="00B60F20" w:rsidRPr="001E5734" w14:paraId="4C117CC6" w14:textId="77777777" w:rsidTr="00B60F20">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00B60F20" w:rsidRPr="005821B4" w:rsidRDefault="00B60F20" w:rsidP="00B60F20">
+          <w:p w14:paraId="6E7317A7" w14:textId="77777777" w:rsidR="00B60F20" w:rsidRPr="005821B4" w:rsidRDefault="00B60F20" w:rsidP="00B60F20">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="005821B4">
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Check4"/>
+            <w:bookmarkStart w:id="13" w:name="Check4"/>
             <w:r w:rsidRPr="005821B4">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E563EB">
+            <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
             <w:r w:rsidRPr="005821B4">
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Check5"/>
+            <w:bookmarkStart w:id="14" w:name="Check5"/>
             <w:r w:rsidRPr="005821B4">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E563EB">
+            <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
             <w:r w:rsidRPr="005821B4">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B60F20" w:rsidRPr="001E5734" w:rsidRDefault="00B60F20" w:rsidP="007972B2">
+          <w:p w14:paraId="505F63F8" w14:textId="77777777" w:rsidR="00B60F20" w:rsidRPr="001E5734" w:rsidRDefault="00B60F20" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B60F20" w:rsidRPr="005821B4" w:rsidRDefault="00B60F20" w:rsidP="005821B4">
+          <w:p w14:paraId="768AF622" w14:textId="77777777" w:rsidR="00B60F20" w:rsidRPr="005821B4" w:rsidRDefault="00B60F20" w:rsidP="005821B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="005821B4">
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E563EB">
+            <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E563EB">
+            <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B60F20" w:rsidRPr="001E5734" w:rsidTr="00B60F20">
+      <w:tr w:rsidR="00B60F20" w:rsidRPr="001E5734" w14:paraId="56C7AEBC" w14:textId="77777777" w:rsidTr="00B60F20">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="2160" w:type="dxa"/>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00B60F20" w:rsidRPr="005821B4" w:rsidRDefault="00B60F20" w:rsidP="00B60F20">
+          <w:p w14:paraId="55EC8CAC" w14:textId="77777777" w:rsidR="00B60F20" w:rsidRPr="005821B4" w:rsidRDefault="00B60F20" w:rsidP="00B60F20">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="005821B4">
               <w:t xml:space="preserve"> Language </w:t>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text49"/>
+            <w:bookmarkStart w:id="15" w:name="Text49"/>
             <w:r w:rsidRPr="005821B4">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B60F20" w:rsidRPr="001E5734" w:rsidRDefault="00B60F20" w:rsidP="007972B2">
+          <w:p w14:paraId="6EDD8D08" w14:textId="77777777" w:rsidR="00B60F20" w:rsidRPr="001E5734" w:rsidRDefault="00B60F20" w:rsidP="007972B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B60F20" w:rsidRPr="005821B4" w:rsidRDefault="00B60F20" w:rsidP="005821B4">
+          <w:p w14:paraId="447850FC" w14:textId="77777777" w:rsidR="00B60F20" w:rsidRPr="005821B4" w:rsidRDefault="00B60F20" w:rsidP="005821B4">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="005821B4">
               <w:t xml:space="preserve"> Language </w:t>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:rPr>
                 <w:noProof/>
@@ -3235,51 +3469,51 @@
             <w:r w:rsidRPr="005821B4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005821B4">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FF733D" w:rsidRDefault="00FF733D" w:rsidP="00FF733D">
+    <w:p w14:paraId="45873E4F" w14:textId="77777777" w:rsidR="00FF733D" w:rsidRDefault="00FF733D" w:rsidP="00FF733D">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557FCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">In the interest </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00557FCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
@@ -3327,90 +3561,90 @@
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5328"/>
         <w:gridCol w:w="5328"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF733D" w:rsidRPr="00AC72E9" w:rsidTr="00FF733D">
+      <w:tr w:rsidR="00FF733D" w:rsidRPr="00AC72E9" w14:paraId="6D4AD650" w14:textId="77777777" w:rsidTr="00FF733D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5328" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF733D" w:rsidRPr="00AC72E9" w:rsidRDefault="00FF733D" w:rsidP="00443CD9">
+          <w:p w14:paraId="706E38A2" w14:textId="77777777" w:rsidR="00FF733D" w:rsidRPr="00AC72E9" w:rsidRDefault="00FF733D" w:rsidP="00443CD9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="378"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text24"/>
+            <w:bookmarkStart w:id="16" w:name="Text24"/>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -3452,77 +3686,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                     DOB: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text30"/>
+            <w:bookmarkStart w:id="17" w:name="Text30"/>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -3564,89 +3798,89 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5328" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF733D" w:rsidRPr="00AC72E9" w:rsidRDefault="00FF733D" w:rsidP="00443CD9">
+          <w:p w14:paraId="4F7F9A2F" w14:textId="77777777" w:rsidR="00FF733D" w:rsidRPr="00AC72E9" w:rsidRDefault="00FF733D" w:rsidP="00443CD9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="378"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text27"/>
+            <w:bookmarkStart w:id="18" w:name="Text27"/>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -3688,77 +3922,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                           DOB: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text33"/>
+            <w:bookmarkStart w:id="19" w:name="Text33"/>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -3800,94 +4034,94 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF733D" w:rsidRPr="00AC72E9" w:rsidTr="00FF733D">
+      <w:tr w:rsidR="00FF733D" w:rsidRPr="00AC72E9" w14:paraId="710B7C5D" w14:textId="77777777" w:rsidTr="00FF733D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5328" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF733D" w:rsidRPr="00AC72E9" w:rsidRDefault="00FF733D" w:rsidP="00443CD9">
+          <w:p w14:paraId="6B0CA1B6" w14:textId="77777777" w:rsidR="00FF733D" w:rsidRPr="00AC72E9" w:rsidRDefault="00FF733D" w:rsidP="00443CD9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="378"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text26"/>
+            <w:bookmarkStart w:id="20" w:name="Text26"/>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -3929,77 +4163,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                     DOB: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text32"/>
+            <w:bookmarkStart w:id="21" w:name="Text32"/>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -4041,89 +4275,89 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5328" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF733D" w:rsidRPr="00AC72E9" w:rsidRDefault="00FF733D" w:rsidP="00443CD9">
+          <w:p w14:paraId="5EA4BDA0" w14:textId="77777777" w:rsidR="00FF733D" w:rsidRPr="00AC72E9" w:rsidRDefault="00FF733D" w:rsidP="00443CD9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="378"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Text29"/>
+            <w:bookmarkStart w:id="22" w:name="Text29"/>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -4165,77 +4399,77 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="22"/>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                           DOB: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text35"/>
+            <w:bookmarkStart w:id="23" w:name="Text35"/>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -4277,96 +4511,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC72E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E97745" w:rsidRDefault="00E97745" w:rsidP="00FF733D">
+    <w:p w14:paraId="60AEE26F" w14:textId="77777777" w:rsidR="00E97745" w:rsidRDefault="00E97745" w:rsidP="00FF733D">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Petitioner alleges the following (please list in consecutively numbered paragraphs):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00803A26" w:rsidTr="00803A26">
+      <w:tr w:rsidR="00803A26" w14:paraId="7E3FE28A" w14:textId="77777777" w:rsidTr="00803A26">
         <w:trPr>
           <w:trHeight w:val="2679"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10728" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="25" w:name="Text68"/>
-          <w:p w:rsidR="00803A26" w:rsidRDefault="00803A26" w:rsidP="00876DD4">
+          <w:bookmarkStart w:id="24" w:name="Text68"/>
+          <w:p w14:paraId="3031B6D5" w14:textId="77777777" w:rsidR="00803A26" w:rsidRDefault="00803A26" w:rsidP="00876DD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00803A26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text68"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00803A26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00803A26">
@@ -4399,104 +4633,95 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00803A26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00803A26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00803A26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E97745" w:rsidRPr="00803A26" w:rsidRDefault="00E97745" w:rsidP="00E97745">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C31E85" w:rsidRDefault="00E97745" w:rsidP="00E97745">
+    <w:p w14:paraId="5F0C92E6" w14:textId="77777777" w:rsidR="00C31E85" w:rsidRDefault="00E97745" w:rsidP="00E97745">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Petitioner seeks the following relief: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00803A26" w:rsidTr="006D6A68">
+      <w:tr w:rsidR="00803A26" w14:paraId="5C8A0EDB" w14:textId="77777777" w:rsidTr="006D6A68">
         <w:trPr>
           <w:trHeight w:val="2383"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10728" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="26" w:name="Text69"/>
-          <w:p w:rsidR="00803A26" w:rsidRDefault="00803A26" w:rsidP="0041584F">
+          <w:bookmarkStart w:id="25" w:name="Text69"/>
+          <w:p w14:paraId="006C79D2" w14:textId="77777777" w:rsidR="00803A26" w:rsidRDefault="00803A26" w:rsidP="0041584F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00803A26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text69"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00803A26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00803A26">
@@ -4529,221 +4754,418 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00803A26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00803A26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00803A26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C31E85" w:rsidRDefault="00C31E85" w:rsidP="00D41BE7">
+    <w:p w14:paraId="4AF82A5C" w14:textId="77777777" w:rsidR="00C31E85" w:rsidRPr="00D41BE7" w:rsidRDefault="00027B84" w:rsidP="00027B84">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2260"/>
+          <w:tab w:val="left" w:pos="7702"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text96"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="Text96"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text97"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="Text97"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3699"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="6"/>
         <w:gridCol w:w="410"/>
         <w:gridCol w:w="550"/>
         <w:gridCol w:w="2306"/>
         <w:gridCol w:w="278"/>
         <w:gridCol w:w="516"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="418"/>
         <w:gridCol w:w="775"/>
         <w:gridCol w:w="346"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidTr="00FF733D">
+      <w:tr w:rsidR="00E97745" w:rsidRPr="00DA2D31" w14:paraId="3384CDEE" w14:textId="77777777" w:rsidTr="00FF733D">
         <w:trPr>
           <w:trHeight w:val="438"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00E97745">
+          <w:p w14:paraId="2D7DEB2F" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00E97745">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA2D31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Petitioner’s </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Attorney </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA2D31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
+          <w:p w14:paraId="52B422CB" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5425" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
+          <w:p w14:paraId="63A7B2D7" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA2D31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Petitioner’s Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidTr="00385948">
+      <w:tr w:rsidR="00E97745" w:rsidRPr="00DA2D31" w14:paraId="2BDF6B08" w14:textId="77777777" w:rsidTr="00385948">
         <w:trPr>
           <w:trHeight w:val="358"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
+          <w:p w14:paraId="08DCE58D" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA2D31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sworn to subscribed before me this</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="27" w:name="Text87"/>
+        <w:bookmarkStart w:id="28" w:name="Text87"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00084C92" w:rsidP="00385948">
+          <w:p w14:paraId="1D5F0DA5" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00084C92" w:rsidP="00385948">
             <w:pPr>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text87"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4799,88 +5221,88 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
+          <w:p w14:paraId="629B27FD" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
             <w:pPr>
               <w:ind w:left="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA2D31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">day of </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="28" w:name="Text88"/>
+        <w:bookmarkStart w:id="29" w:name="Text88"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2306" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00084C92" w:rsidP="00385948">
+          <w:p w14:paraId="755A05D3" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00084C92" w:rsidP="00385948">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text88"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4935,87 +5357,87 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
+          <w:p w14:paraId="199E6598" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="29" w:name="Text89"/>
+        <w:bookmarkStart w:id="30" w:name="Text89"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00084C92" w:rsidP="00385948">
+          <w:p w14:paraId="6CAC2818" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00084C92" w:rsidP="00385948">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text89"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5070,499 +5492,485 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
+          <w:p w14:paraId="238B238C" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidTr="00385948">
+      <w:tr w:rsidR="00E97745" w:rsidRPr="00DA2D31" w14:paraId="3C1D0B17" w14:textId="77777777" w:rsidTr="00385948">
         <w:trPr>
           <w:trHeight w:val="540"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
+          <w:p w14:paraId="3519DC16" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidTr="00385948">
+      <w:tr w:rsidR="00E97745" w:rsidRPr="00DA2D31" w14:paraId="63844825" w14:textId="77777777" w:rsidTr="00385948">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="413F35B1" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00CA7DAB">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
+          <w:p w14:paraId="30FB93F4" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Clerk of Court</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA2D31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA2D31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Notary Public</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
+          <w:p w14:paraId="3E67CA83" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1193" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
+          <w:p w14:paraId="2ED0D962" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA2D31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="346" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
+          <w:p w14:paraId="1D305D9E" w14:textId="77777777" w:rsidR="00E97745" w:rsidRPr="00DA2D31" w:rsidRDefault="00E97745" w:rsidP="00385948">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00994CAE" w:rsidRPr="00D41BE7" w:rsidRDefault="00994CAE" w:rsidP="00D41BE7">
+    <w:p w14:paraId="64D093CC" w14:textId="77777777" w:rsidR="00994CAE" w:rsidRPr="00D41BE7" w:rsidRDefault="00994CAE" w:rsidP="00D41BE7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5910"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00994CAE" w:rsidRPr="00D41BE7" w:rsidSect="00CD77CF">
-      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="317" w:right="864" w:bottom="720" w:left="864" w:header="144" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FF733D" w:rsidRDefault="00FF733D">
+    <w:p w14:paraId="6A02771D" w14:textId="77777777" w:rsidR="00FF733D" w:rsidRDefault="00FF733D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FF733D" w:rsidRDefault="00FF733D">
+    <w:p w14:paraId="597BD4E7" w14:textId="77777777" w:rsidR="00FF733D" w:rsidRDefault="00FF733D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FF733D" w:rsidRDefault="00FF733D">
+    <w:p w14:paraId="2518CF95" w14:textId="77777777" w:rsidR="00FF733D" w:rsidRDefault="00FF733D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FF733D" w:rsidRDefault="00FF733D">
+    <w:p w14:paraId="1170A1B8" w14:textId="77777777" w:rsidR="00FF733D" w:rsidRDefault="00FF733D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="001031DE" w:rsidRDefault="001031DE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="60739749" w14:textId="77777777" w:rsidR="001031DE" w:rsidRDefault="001031DE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="001031DE" w:rsidRDefault="001031DE">
+  <w:p w14:paraId="4D7FB5D8" w14:textId="77777777" w:rsidR="001031DE" w:rsidRDefault="001031DE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form 190</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="001031DE" w:rsidRDefault="001031DE" w:rsidP="00CD77CF">
+  <w:p w14:paraId="376FEFA5" w14:textId="393D8C47" w:rsidR="001031DE" w:rsidRDefault="001031DE" w:rsidP="00CD77CF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
-    <w:r w:rsidR="001264C4">
+    <w:r w:rsidR="00900F8E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>0</w:t>
-[...13 lines deleted...]
-      <w:t>6</w:t>
+      <w:t>11/25</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B1C5DB0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1262950850">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1884442490">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaFull" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="4" w:cryptSpinCount="100000" w:hash="rI4pwqwJgswN5oBT8LdZ6yoB8rQ=" w:salt="bKtzLToLvNxnXQ3rQwLTCQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="DnZafweV5MyLYeDbY0yqXWsK0HSe4MlkF3LH1SrXHBAlUziO69Qw896mu9CJGnRgZMc267lWM1VFPzq27PLagQ==" w:salt="DvCTOBu5zhBim3i5hm1K3A=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B033F"/>
     <w:rsid w:val="00010F2F"/>
     <w:rsid w:val="00017A4E"/>
     <w:rsid w:val="00025D47"/>
+    <w:rsid w:val="00027B84"/>
     <w:rsid w:val="000313EA"/>
     <w:rsid w:val="00035618"/>
     <w:rsid w:val="000456D7"/>
     <w:rsid w:val="00084370"/>
     <w:rsid w:val="00084C92"/>
     <w:rsid w:val="000D02C8"/>
     <w:rsid w:val="000D32B6"/>
     <w:rsid w:val="000D4ED7"/>
     <w:rsid w:val="000F62DB"/>
     <w:rsid w:val="001031DE"/>
     <w:rsid w:val="001264C4"/>
     <w:rsid w:val="00152CDE"/>
     <w:rsid w:val="00155DEA"/>
     <w:rsid w:val="00161530"/>
     <w:rsid w:val="00161F3F"/>
     <w:rsid w:val="001716C9"/>
     <w:rsid w:val="00177E03"/>
     <w:rsid w:val="00185E1E"/>
     <w:rsid w:val="001864B5"/>
     <w:rsid w:val="001A469D"/>
     <w:rsid w:val="001E5734"/>
     <w:rsid w:val="002837A0"/>
     <w:rsid w:val="002D4EFC"/>
     <w:rsid w:val="0030779E"/>
     <w:rsid w:val="003124CC"/>
@@ -5580,179 +5988,305 @@
     <w:rsid w:val="00523333"/>
     <w:rsid w:val="00524C96"/>
     <w:rsid w:val="00532584"/>
     <w:rsid w:val="00534CF3"/>
     <w:rsid w:val="005676F1"/>
     <w:rsid w:val="005821B4"/>
     <w:rsid w:val="005C4DB2"/>
     <w:rsid w:val="005C5607"/>
     <w:rsid w:val="005D33AF"/>
     <w:rsid w:val="005D380E"/>
     <w:rsid w:val="005D392A"/>
     <w:rsid w:val="005D7429"/>
     <w:rsid w:val="005F509F"/>
     <w:rsid w:val="005F76F7"/>
     <w:rsid w:val="006676BD"/>
     <w:rsid w:val="00683FF2"/>
     <w:rsid w:val="006B033F"/>
     <w:rsid w:val="006D6A68"/>
     <w:rsid w:val="006F5119"/>
     <w:rsid w:val="007643AF"/>
     <w:rsid w:val="007972B2"/>
     <w:rsid w:val="007C47B6"/>
     <w:rsid w:val="00803A26"/>
     <w:rsid w:val="008C151E"/>
     <w:rsid w:val="008D61C4"/>
+    <w:rsid w:val="00900F8E"/>
     <w:rsid w:val="00916CC7"/>
     <w:rsid w:val="009216CC"/>
     <w:rsid w:val="00994CAE"/>
     <w:rsid w:val="009B128F"/>
     <w:rsid w:val="009B5BEC"/>
+    <w:rsid w:val="009C047E"/>
     <w:rsid w:val="009E633B"/>
     <w:rsid w:val="009F34C3"/>
     <w:rsid w:val="009F6D3B"/>
     <w:rsid w:val="00A409E3"/>
     <w:rsid w:val="00A52BCA"/>
     <w:rsid w:val="00A60EDE"/>
     <w:rsid w:val="00A638CC"/>
     <w:rsid w:val="00A63E85"/>
     <w:rsid w:val="00A93021"/>
     <w:rsid w:val="00AC0DCE"/>
     <w:rsid w:val="00AC13E4"/>
     <w:rsid w:val="00B15E87"/>
     <w:rsid w:val="00B2246F"/>
     <w:rsid w:val="00B34D6B"/>
     <w:rsid w:val="00B5008F"/>
     <w:rsid w:val="00B60F20"/>
     <w:rsid w:val="00B95C26"/>
     <w:rsid w:val="00BA124E"/>
     <w:rsid w:val="00BA1841"/>
     <w:rsid w:val="00BB0BFE"/>
     <w:rsid w:val="00BC09C3"/>
     <w:rsid w:val="00C16B76"/>
     <w:rsid w:val="00C174FE"/>
     <w:rsid w:val="00C31E85"/>
     <w:rsid w:val="00C5305E"/>
     <w:rsid w:val="00C933F9"/>
     <w:rsid w:val="00CA32A8"/>
     <w:rsid w:val="00CA660F"/>
+    <w:rsid w:val="00CA7DAB"/>
     <w:rsid w:val="00CD77CF"/>
     <w:rsid w:val="00D1266F"/>
     <w:rsid w:val="00D277C8"/>
     <w:rsid w:val="00D31A8C"/>
     <w:rsid w:val="00D41BE7"/>
     <w:rsid w:val="00D466F2"/>
     <w:rsid w:val="00D562F5"/>
     <w:rsid w:val="00DA6183"/>
     <w:rsid w:val="00DE5A18"/>
     <w:rsid w:val="00DE65E1"/>
     <w:rsid w:val="00DE6EF4"/>
     <w:rsid w:val="00E21AE5"/>
     <w:rsid w:val="00E35119"/>
+    <w:rsid w:val="00E412BA"/>
     <w:rsid w:val="00E448E1"/>
     <w:rsid w:val="00E563EB"/>
     <w:rsid w:val="00E91C8C"/>
     <w:rsid w:val="00E97745"/>
     <w:rsid w:val="00EB5C26"/>
     <w:rsid w:val="00EF5E2C"/>
     <w:rsid w:val="00F82E0F"/>
     <w:rsid w:val="00F84D5A"/>
     <w:rsid w:val="00F96F6E"/>
     <w:rsid w:val="00FF733D"/>
     <w:rsid w:val="00FF7774"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
-[...2 lines deleted...]
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="52611A98"/>
+  <w15:docId w15:val="{A578283D-AF18-4A56-A866-46C7B30AB980}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="toc 1" w:locked="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:locked="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:locked="1" w:qFormat="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:locked="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:locked="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -5820,442 +6354,159 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-  </w:latentStyles>
-[...390 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001A469D"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="001A469D"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-540" w:right="-72"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
@@ -6456,57 +6707,57 @@
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00D466F2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00D466F2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6755,67 +7006,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>274</Words>
-  <Characters>1563</Characters>
+  <Words>292</Words>
+  <Characters>1670</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1834</CharactersWithSpaces>
+  <CharactersWithSpaces>1959</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:creator>Tangredi, Robert N (Courts)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>