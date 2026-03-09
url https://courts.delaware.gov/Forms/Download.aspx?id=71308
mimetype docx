--- v0 (2025-10-23)
+++ v1 (2026-03-09)
@@ -1,46 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6B6F9DBC" w14:textId="77777777" w:rsidR="001452A5" w:rsidRPr="00236EDD" w:rsidRDefault="001452A5" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34033593" w14:textId="77777777" w:rsidR="001452A5" w:rsidRDefault="001452A5" w:rsidP="001452A5">
@@ -12081,110 +12075,104 @@
           <w:p w14:paraId="2816033F" w14:textId="77777777" w:rsidR="001452A5" w:rsidRPr="00BB2774" w:rsidRDefault="001452A5" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6F8741F4" w14:textId="2817A8CD" w:rsidR="001452A5" w:rsidRPr="00BB2774" w:rsidRDefault="001452A5" w:rsidP="00E27F73">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00BB2774">
+          <w:p w14:paraId="6F8741F4" w14:textId="3A21D8ED" w:rsidR="001452A5" w:rsidRPr="00BB2774" w:rsidRDefault="008A4EF4" w:rsidP="00E27F73">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check37"/>
+                  <w:name w:val="Check39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="80" w:name="Check37"/>
-            <w:r w:rsidRPr="00BB2774">
+            <w:bookmarkStart w:id="80" w:name="Check39"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00BB2774">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BB2774">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00BB2774">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="80"/>
-            <w:r w:rsidRPr="00BB2774">
-[...9 lines deleted...]
-              <w:t>FC_CIPCoordinator@delaware.gov</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Civil Case Processing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="109" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="32FA2514" w14:textId="77777777" w:rsidR="001452A5" w:rsidRPr="00BB2774" w:rsidRDefault="001452A5" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -12373,105 +12361,58 @@
           <w:p w14:paraId="4D1BD646" w14:textId="77777777" w:rsidR="00B4754B" w:rsidRPr="00BB2774" w:rsidRDefault="00B4754B" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF820A8" w14:textId="03436293" w:rsidR="00B4754B" w:rsidRPr="00BB2774" w:rsidRDefault="00B4754B" w:rsidP="00E27F73">
-[...53 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3FF820A8" w14:textId="6D67973C" w:rsidR="00B4754B" w:rsidRPr="00BB2774" w:rsidRDefault="00B4754B" w:rsidP="00E27F73">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="109" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2D09B615" w14:textId="77777777" w:rsidR="00B4754B" w:rsidRPr="00BB2774" w:rsidRDefault="00B4754B" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -12488,213 +12429,213 @@
           </w:tcPr>
           <w:p w14:paraId="5F3D05A1" w14:textId="77777777" w:rsidR="00B4754B" w:rsidRPr="00BB2774" w:rsidRDefault="00B4754B" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="84" w:name="Check40"/>
+            <w:bookmarkStart w:id="83" w:name="Check40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="84"/>
+            <w:bookmarkEnd w:id="83"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Parent 2 Attorney: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="430DDC1D" w14:textId="24237C86" w:rsidR="00B4754B" w:rsidRPr="00BB2774" w:rsidRDefault="00B4754B" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="85" w:name="Check67"/>
+            <w:bookmarkStart w:id="84" w:name="Check67"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="85"/>
+            <w:bookmarkEnd w:id="84"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> CLASI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="492" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="689B106E" w14:textId="4A063114" w:rsidR="00B4754B" w:rsidRPr="00BB2774" w:rsidRDefault="00B4754B" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check68"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="86" w:name="Check68"/>
+            <w:bookmarkStart w:id="85" w:name="Check68"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="86"/>
+            <w:bookmarkEnd w:id="85"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> ODS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1FD22CC5" w14:textId="77777777" w:rsidR="00B4754B" w:rsidRPr="00BB2774" w:rsidRDefault="00B4754B" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
@@ -12792,95 +12733,95 @@
           </w:tcPr>
           <w:p w14:paraId="6DD07FB2" w14:textId="6D3C335A" w:rsidR="00A16D6E" w:rsidRDefault="00A16D6E" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check69"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="87" w:name="Check69"/>
+            <w:bookmarkStart w:id="86" w:name="Check69"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="87"/>
+            <w:bookmarkEnd w:id="86"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Contract Parent Atty: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text158"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="88" w:name="Text158"/>
+            <w:bookmarkStart w:id="87" w:name="Text158"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -12895,51 +12836,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="88"/>
+            <w:bookmarkEnd w:id="87"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="72BFB1E4" w14:textId="77777777" w:rsidR="00A16D6E" w:rsidRPr="00BB2774" w:rsidRDefault="00A16D6E" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -13031,95 +12972,95 @@
           </w:tcPr>
           <w:p w14:paraId="1DFD3C4A" w14:textId="04B3424F" w:rsidR="00A729DC" w:rsidRDefault="00A729DC" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check62"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="89" w:name="Check62"/>
+            <w:bookmarkStart w:id="88" w:name="Check62"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="89"/>
+            <w:bookmarkEnd w:id="88"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text152"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="90" w:name="Text152"/>
+            <w:bookmarkStart w:id="89" w:name="Text152"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -13134,51 +13075,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="90"/>
+            <w:bookmarkEnd w:id="89"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="16FEB1EF" w14:textId="77777777" w:rsidR="00A729DC" w:rsidRPr="00BB2774" w:rsidRDefault="00A729DC" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -13270,95 +13211,95 @@
           </w:tcPr>
           <w:p w14:paraId="1CA488D5" w14:textId="36CF84D3" w:rsidR="00A729DC" w:rsidRDefault="00A729DC" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="91" w:name="Check63"/>
+            <w:bookmarkStart w:id="90" w:name="Check63"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="91"/>
+            <w:bookmarkEnd w:id="90"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text153"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="92" w:name="Text153"/>
+            <w:bookmarkStart w:id="91" w:name="Text153"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -13373,51 +13314,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="92"/>
+            <w:bookmarkEnd w:id="91"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6F220A4C" w14:textId="77777777" w:rsidR="00A729DC" w:rsidRPr="00BB2774" w:rsidRDefault="00A729DC" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -13428,365 +13369,315 @@
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p w14:paraId="5A625C03" w14:textId="77777777" w:rsidR="00E06F2D" w:rsidRDefault="00E06F2D" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="181B668A" w14:textId="77777777" w:rsidR="00292352" w:rsidRPr="001452A5" w:rsidRDefault="00292352" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00292352" w:rsidRPr="001452A5" w:rsidSect="001452A5">
       <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="49414B35" w14:textId="77777777" w:rsidR="001452A5" w:rsidRDefault="001452A5" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="626A431E" w14:textId="77777777" w:rsidR="001452A5" w:rsidRDefault="001452A5" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...32 lines deleted...]
-</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0C70A96A" w14:textId="77777777" w:rsidR="001452A5" w:rsidRDefault="001452A5" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6FD260D3" w14:textId="77777777" w:rsidR="001452A5" w:rsidRDefault="001452A5" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="65E74CC3" w14:textId="77777777" w:rsidR="00E646BD" w:rsidRDefault="001452A5">
+  <w:p w14:paraId="65E74CC3" w14:textId="04D9077A" w:rsidR="00E646BD" w:rsidRDefault="001452A5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Form 658</w:t>
     </w:r>
     <w:r w:rsidR="008E4A81">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00A729DC">
-[...14 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="61DE2002" w14:textId="346CFCE1" w:rsidR="001452A5" w:rsidRPr="001452A5" w:rsidRDefault="001452A5">
+  <w:p w14:paraId="61DE2002" w14:textId="456509D7" w:rsidR="001452A5" w:rsidRPr="001452A5" w:rsidRDefault="001452A5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
-    <w:r w:rsidR="00E646BD">
+    <w:r w:rsidR="00C37F07">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>9</w:t>
-[...7 lines deleted...]
-      <w:t>/25</w:t>
+      <w:t>02/2026</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="rKGQ8fsKybjunFCHZjeYFBB+H+xn9GrONGQvLGNaVRlOULGhRk1VIKp4vwjCzpvt9huc4brgN0FAUzc33U8YSw==" w:salt="dIoITmMdEa9g8ULK6nfsXg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="NR4Vm0dOV2m0Usw15NBHXD1MvyzHEgCzprhaQxtjZ8yKhP82LEQdm1jvMaZthgOpAcGddryQs2LtFUIGSJQVIg==" w:salt="UD+CiOx8g9Qh5qJ1Aur5hg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001452A5"/>
     <w:rsid w:val="000E23D8"/>
     <w:rsid w:val="001452A5"/>
     <w:rsid w:val="0015154B"/>
     <w:rsid w:val="001C0BB8"/>
     <w:rsid w:val="00235E5C"/>
     <w:rsid w:val="00260740"/>
     <w:rsid w:val="0026421F"/>
     <w:rsid w:val="00292352"/>
     <w:rsid w:val="002E2D5A"/>
     <w:rsid w:val="00316D11"/>
     <w:rsid w:val="00326B01"/>
     <w:rsid w:val="003823B5"/>
     <w:rsid w:val="003B287C"/>
+    <w:rsid w:val="003C4CEB"/>
+    <w:rsid w:val="00401C20"/>
     <w:rsid w:val="004104C4"/>
     <w:rsid w:val="004777FB"/>
+    <w:rsid w:val="00483F37"/>
     <w:rsid w:val="004A5B2B"/>
     <w:rsid w:val="004C2ACD"/>
     <w:rsid w:val="00513C1A"/>
     <w:rsid w:val="00527B67"/>
     <w:rsid w:val="00577AAA"/>
     <w:rsid w:val="005E52C1"/>
     <w:rsid w:val="005F4F43"/>
     <w:rsid w:val="005F50A4"/>
     <w:rsid w:val="00626FF8"/>
+    <w:rsid w:val="00694AAC"/>
+    <w:rsid w:val="006F3F13"/>
     <w:rsid w:val="007414AF"/>
     <w:rsid w:val="007A5B54"/>
     <w:rsid w:val="007B5190"/>
     <w:rsid w:val="00801F2E"/>
     <w:rsid w:val="00866408"/>
+    <w:rsid w:val="008A4EF4"/>
     <w:rsid w:val="008E4A81"/>
     <w:rsid w:val="008E7A2F"/>
     <w:rsid w:val="009000AD"/>
     <w:rsid w:val="00935B43"/>
     <w:rsid w:val="009A16FC"/>
     <w:rsid w:val="009D7B80"/>
     <w:rsid w:val="00A16D6E"/>
     <w:rsid w:val="00A3077D"/>
     <w:rsid w:val="00A47944"/>
     <w:rsid w:val="00A729DC"/>
     <w:rsid w:val="00AC7538"/>
     <w:rsid w:val="00B105F0"/>
     <w:rsid w:val="00B30BFD"/>
+    <w:rsid w:val="00B4197F"/>
     <w:rsid w:val="00B4754B"/>
     <w:rsid w:val="00B544F6"/>
     <w:rsid w:val="00B93EF5"/>
+    <w:rsid w:val="00C37F07"/>
     <w:rsid w:val="00C40FEE"/>
     <w:rsid w:val="00C63DE9"/>
     <w:rsid w:val="00C665C8"/>
     <w:rsid w:val="00CC641B"/>
+    <w:rsid w:val="00CF11C1"/>
     <w:rsid w:val="00D51D03"/>
     <w:rsid w:val="00D62CF8"/>
     <w:rsid w:val="00DB1A7F"/>
     <w:rsid w:val="00DB25F5"/>
     <w:rsid w:val="00E06F2D"/>
     <w:rsid w:val="00E317CA"/>
     <w:rsid w:val="00E646BD"/>
     <w:rsid w:val="00EA008D"/>
     <w:rsid w:val="00EE4A7A"/>
     <w:rsid w:val="00F4283C"/>
     <w:rsid w:val="00F76F56"/>
     <w:rsid w:val="00FF22F9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="214B15F2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{53F4EAE0-F8CD-4312-89C8-BDD27A860E24}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -14266,634 +14157,51 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...582 lines deleted...]
-</w:webSettings>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15131,72 +14439,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{541A840A-F50F-4123-8D8A-396D26B4A89F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>894</Words>
-  <Characters>5102</Characters>
+  <Words>887</Words>
+  <Characters>5060</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>42</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>v1.01</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5985</CharactersWithSpaces>
+  <CharactersWithSpaces>5936</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>V2.02</dc:title>
   <dc:subject/>
   <dc:creator>Morett, William (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>