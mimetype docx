--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5252E11E" w14:textId="77777777" w:rsidR="00B922BC" w:rsidRPr="00B922BC" w:rsidRDefault="00B922BC" w:rsidP="0063281D">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50931B22" w14:textId="77777777" w:rsidR="00994CAE" w:rsidRDefault="00675BC5" w:rsidP="0063281D">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk89853620"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C720519" wp14:editId="4D3A6A85">
             <wp:simplePos x="0" y="0"/>
@@ -135,57 +135,57 @@
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00ED23BC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00ED23BC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle </w:t>
       </w:r>
       <w:r w:rsidR="00B922BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -202,57 +202,57 @@
       <w:bookmarkStart w:id="3" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00ED23BC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00ED23BC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent </w:t>
       </w:r>
       <w:r w:rsidR="00B922BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -269,57 +269,57 @@
       <w:bookmarkStart w:id="4" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00ED23BC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00ED23BC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D2DEF66" w14:textId="77777777" w:rsidR="00B922BC" w:rsidRPr="00B922BC" w:rsidRDefault="00B922BC" w:rsidP="006B033F">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -961,50 +961,163 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0073195B" w:rsidRPr="001E5734" w14:paraId="4AE78EDE" w14:textId="77777777" w:rsidTr="0073195B">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="15ADE2EE" w14:textId="77777777" w:rsidR="0073195B" w:rsidRPr="001E5734" w:rsidRDefault="0073195B" w:rsidP="00390673">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text56"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="15"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A83529" w:rsidRPr="001E5734" w14:paraId="59769B88" w14:textId="77777777" w:rsidTr="0073195B">
+        <w:trPr>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4415" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76CE0A86" w14:textId="6187EC62" w:rsidR="00A83529" w:rsidRDefault="00A83529" w:rsidP="00390673">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2165"/>
+                <w:tab w:val="left" w:pos="3065"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A83529">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Email Address</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -1714,56 +1827,56 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8214C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Check4"/>
             <w:r w:rsidRPr="00E8214C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00ED23BC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00ED23BC">
+            <w:r w:rsidRPr="00E8214C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E8214C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E8214C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10063" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4BBA69DA" w14:textId="77777777" w:rsidR="0063281D" w:rsidRPr="00E8214C" w:rsidRDefault="0063281D" w:rsidP="0063281D">
             <w:pPr>
@@ -14827,237 +14940,237 @@
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="762D8C73" w14:textId="77777777" w:rsidR="00383247" w:rsidRPr="008D14A1" w:rsidRDefault="00383247" w:rsidP="008D14A1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3468"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00383247" w:rsidRPr="008D14A1" w:rsidSect="00517DE0">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="48" w:right="864" w:bottom="180" w:left="864" w:header="144" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6FD36BD0" w14:textId="77777777" w:rsidR="00675BC5" w:rsidRDefault="00675BC5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3F2E8331" w14:textId="77777777" w:rsidR="00675BC5" w:rsidRDefault="00675BC5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5515535F" w14:textId="77777777" w:rsidR="00675BC5" w:rsidRDefault="00675BC5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="72F82ED4" w14:textId="77777777" w:rsidR="00675BC5" w:rsidRDefault="00675BC5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1EB83BDE" w14:textId="77777777" w:rsidR="0063281D" w:rsidRDefault="0063281D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1CDD6C12" w14:textId="77777777" w:rsidR="0063281D" w:rsidRDefault="0063281D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7587BFC2" w14:textId="77777777" w:rsidR="0063281D" w:rsidRDefault="0063281D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form 282</w:t>
     </w:r>
     <w:r w:rsidR="00935CAD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>E</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="73D471C8" w14:textId="513437AD" w:rsidR="0063281D" w:rsidRDefault="00B922BC" w:rsidP="00CD77CF">
+  <w:p w14:paraId="73D471C8" w14:textId="626E140C" w:rsidR="0063281D" w:rsidRDefault="00B922BC" w:rsidP="00CD77CF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
-    <w:r w:rsidR="00F1215B">
+    <w:r w:rsidR="004A3C54">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>1/22</w:t>
+      <w:t>11/25</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="170C79DE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6330A48A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -15250,104 +15363,104 @@
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1045443990">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="709962706">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="372507784">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="273708157">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="462889279">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1292396788">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="948777768">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1102260573">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1536887282">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="17506680">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1594316434">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1734238313">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="6dA4WkeR06KFzHSzsp69ljpmdGqe6yFWagXSGXT1/z3jES80GkxbfSIKo4ONf1sDLmztdBwuUimRUdR8jCsRKQ==" w:salt="wX7GSY4k4cLTR2PDtUZEOg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="41Qo7/X3vpBb//58UIPGm4j2jSRhb2bCA+aMdiAziiDCYrz83cym3XQNlWm/kDt+hxDZ3weWJElagof0QzLQbQ==" w:salt="+/bOWzeC0RjV+fcz0vgavA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{30635183-0AFF-43C5-B0E1-AAE214486445}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="90113248"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00675BC5"/>
     <w:rsid w:val="00002718"/>
@@ -15363,78 +15476,80 @@
     <w:rsid w:val="00077836"/>
     <w:rsid w:val="00084370"/>
     <w:rsid w:val="000C48D2"/>
     <w:rsid w:val="000D02C8"/>
     <w:rsid w:val="000D32B6"/>
     <w:rsid w:val="000F1EE1"/>
     <w:rsid w:val="000F62DB"/>
     <w:rsid w:val="0010170D"/>
     <w:rsid w:val="00140DBC"/>
     <w:rsid w:val="00152CDE"/>
     <w:rsid w:val="00155DEA"/>
     <w:rsid w:val="00161530"/>
     <w:rsid w:val="001716C9"/>
     <w:rsid w:val="00176D79"/>
     <w:rsid w:val="00185E1E"/>
     <w:rsid w:val="001864B5"/>
     <w:rsid w:val="001874DF"/>
     <w:rsid w:val="001875AD"/>
     <w:rsid w:val="001A469D"/>
     <w:rsid w:val="001C3680"/>
     <w:rsid w:val="001D185D"/>
     <w:rsid w:val="001D19DE"/>
     <w:rsid w:val="001D6AD6"/>
     <w:rsid w:val="001E024F"/>
     <w:rsid w:val="001E5734"/>
+    <w:rsid w:val="001E7F19"/>
     <w:rsid w:val="00201440"/>
     <w:rsid w:val="00202020"/>
     <w:rsid w:val="002516D2"/>
     <w:rsid w:val="00271DC2"/>
     <w:rsid w:val="00272015"/>
     <w:rsid w:val="002837A0"/>
     <w:rsid w:val="002B46AF"/>
     <w:rsid w:val="002B6ED0"/>
     <w:rsid w:val="002B7AC4"/>
     <w:rsid w:val="002D3E2D"/>
     <w:rsid w:val="002F4C48"/>
     <w:rsid w:val="002F6222"/>
     <w:rsid w:val="0030779E"/>
     <w:rsid w:val="003124CC"/>
     <w:rsid w:val="00381628"/>
     <w:rsid w:val="00383247"/>
     <w:rsid w:val="00390673"/>
     <w:rsid w:val="003B3A30"/>
     <w:rsid w:val="003F3C87"/>
     <w:rsid w:val="003F56F3"/>
     <w:rsid w:val="00402B01"/>
     <w:rsid w:val="004164A7"/>
     <w:rsid w:val="00424ED1"/>
     <w:rsid w:val="004274F8"/>
     <w:rsid w:val="004457FE"/>
     <w:rsid w:val="00474288"/>
     <w:rsid w:val="00475993"/>
     <w:rsid w:val="00476CFD"/>
+    <w:rsid w:val="004A3C54"/>
     <w:rsid w:val="004B2100"/>
     <w:rsid w:val="004D6D52"/>
     <w:rsid w:val="004E6C17"/>
     <w:rsid w:val="004E6FAA"/>
     <w:rsid w:val="004F7413"/>
     <w:rsid w:val="005032E1"/>
     <w:rsid w:val="00503751"/>
     <w:rsid w:val="005042EA"/>
     <w:rsid w:val="00517DE0"/>
     <w:rsid w:val="00520A17"/>
     <w:rsid w:val="00523333"/>
     <w:rsid w:val="00524C96"/>
     <w:rsid w:val="00532584"/>
     <w:rsid w:val="00532DD3"/>
     <w:rsid w:val="00534CF3"/>
     <w:rsid w:val="00537734"/>
     <w:rsid w:val="005472A4"/>
     <w:rsid w:val="00565548"/>
     <w:rsid w:val="005676F1"/>
     <w:rsid w:val="005739E6"/>
     <w:rsid w:val="0059397B"/>
     <w:rsid w:val="005A10A6"/>
     <w:rsid w:val="005B32F3"/>
     <w:rsid w:val="005B5C9A"/>
     <w:rsid w:val="005C4912"/>
@@ -15492,145 +15607,148 @@
     <w:rsid w:val="009002B5"/>
     <w:rsid w:val="009216CC"/>
     <w:rsid w:val="00935CAD"/>
     <w:rsid w:val="00950E7D"/>
     <w:rsid w:val="00992496"/>
     <w:rsid w:val="00994A18"/>
     <w:rsid w:val="00994CAE"/>
     <w:rsid w:val="009A2B0B"/>
     <w:rsid w:val="009A449F"/>
     <w:rsid w:val="009B128F"/>
     <w:rsid w:val="009B5BEC"/>
     <w:rsid w:val="009C57BC"/>
     <w:rsid w:val="009D090A"/>
     <w:rsid w:val="009E633B"/>
     <w:rsid w:val="009F1F89"/>
     <w:rsid w:val="009F34C3"/>
     <w:rsid w:val="009F6D3B"/>
     <w:rsid w:val="00A1476D"/>
     <w:rsid w:val="00A2107D"/>
     <w:rsid w:val="00A409E3"/>
     <w:rsid w:val="00A52BCA"/>
     <w:rsid w:val="00A60EDE"/>
     <w:rsid w:val="00A638CC"/>
     <w:rsid w:val="00A7275D"/>
     <w:rsid w:val="00A809C5"/>
+    <w:rsid w:val="00A83529"/>
+    <w:rsid w:val="00AB08CB"/>
     <w:rsid w:val="00AC0DCE"/>
     <w:rsid w:val="00AE0E19"/>
     <w:rsid w:val="00B15E87"/>
     <w:rsid w:val="00B2246F"/>
     <w:rsid w:val="00B239BC"/>
     <w:rsid w:val="00B42258"/>
     <w:rsid w:val="00B5008F"/>
     <w:rsid w:val="00B537D2"/>
     <w:rsid w:val="00B61E93"/>
     <w:rsid w:val="00B656BE"/>
     <w:rsid w:val="00B822AD"/>
     <w:rsid w:val="00B922BC"/>
     <w:rsid w:val="00B95C26"/>
     <w:rsid w:val="00BA124E"/>
     <w:rsid w:val="00BA1841"/>
     <w:rsid w:val="00BB0BFE"/>
     <w:rsid w:val="00BC2A0F"/>
     <w:rsid w:val="00C16B76"/>
     <w:rsid w:val="00C174FE"/>
     <w:rsid w:val="00C24F87"/>
     <w:rsid w:val="00C30268"/>
     <w:rsid w:val="00C352C9"/>
     <w:rsid w:val="00C438A5"/>
     <w:rsid w:val="00C5305E"/>
     <w:rsid w:val="00C6214C"/>
     <w:rsid w:val="00C761E7"/>
     <w:rsid w:val="00C819EE"/>
     <w:rsid w:val="00C933F9"/>
     <w:rsid w:val="00CA32A8"/>
     <w:rsid w:val="00CA6E6D"/>
     <w:rsid w:val="00CD77CF"/>
     <w:rsid w:val="00CE4BBB"/>
     <w:rsid w:val="00D277C8"/>
     <w:rsid w:val="00D31A8C"/>
     <w:rsid w:val="00D34336"/>
     <w:rsid w:val="00D562F5"/>
     <w:rsid w:val="00D82FDA"/>
     <w:rsid w:val="00D861A8"/>
     <w:rsid w:val="00D955C8"/>
     <w:rsid w:val="00DA6183"/>
     <w:rsid w:val="00DA7FD0"/>
     <w:rsid w:val="00DE0B1B"/>
     <w:rsid w:val="00DE65E1"/>
     <w:rsid w:val="00DE6EF4"/>
     <w:rsid w:val="00E31D78"/>
     <w:rsid w:val="00E448E1"/>
+    <w:rsid w:val="00E67E4C"/>
     <w:rsid w:val="00E717AB"/>
     <w:rsid w:val="00E8214C"/>
     <w:rsid w:val="00E91C8C"/>
     <w:rsid w:val="00EB5C26"/>
     <w:rsid w:val="00EB746D"/>
     <w:rsid w:val="00ED23BC"/>
     <w:rsid w:val="00EE51EE"/>
     <w:rsid w:val="00F1215B"/>
     <w:rsid w:val="00F40C7C"/>
     <w:rsid w:val="00F4262D"/>
     <w:rsid w:val="00F82E0F"/>
     <w:rsid w:val="00F839D5"/>
     <w:rsid w:val="00F84D5A"/>
     <w:rsid w:val="00FB6F79"/>
     <w:rsid w:val="00FE4876"/>
     <w:rsid w:val="00FF1419"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="21C85ECF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5D95DCCB-A134-4FBA-B2AD-385317DE16ED}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:locked="1"/>
     <w:lsdException w:name="toc 2" w:locked="1"/>
     <w:lsdException w:name="toc 3" w:locked="1"/>
     <w:lsdException w:name="toc 4" w:locked="1"/>
     <w:lsdException w:name="toc 5" w:locked="1"/>
@@ -17472,51 +17590,51 @@
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007B36FC"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:ind w:left="0" w:right="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -17763,69 +17881,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C337EFF-6087-4DA9-A254-4AF74032C2FE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>554</Words>
-  <Characters>3160</Characters>
+  <Words>559</Words>
+  <Characters>3190</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3707</CharactersWithSpaces>
+  <CharactersWithSpaces>3742</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Teoli, Jacqulin A (Courts)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>