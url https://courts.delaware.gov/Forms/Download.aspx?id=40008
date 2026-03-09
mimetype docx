--- v0 (2025-10-22)
+++ v1 (2026-03-09)
@@ -2,90 +2,125 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4F3F220F" w14:textId="77777777" w:rsidR="00616F37" w:rsidRPr="00FF77C3" w:rsidRDefault="007D2B4B" w:rsidP="00616F37">
+    <w:p w14:paraId="4F3F220F" w14:textId="765B32DD" w:rsidR="00616F37" w:rsidRPr="00FF77C3" w:rsidRDefault="003663DB" w:rsidP="00616F37">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
-        <w:pict w14:anchorId="7127EFB4">
-[...22 lines deleted...]
-        </w:pict>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7127EFB4" wp14:editId="1E3BC758">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2628900</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-350520</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1257300" cy="1257300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="3" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1257300" cy="1257300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
       <w:r w:rsidR="00616F37" w:rsidRPr="00FF77C3">
         <w:rPr>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
         <w:t>WARNING!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="440A875E" w14:textId="77777777" w:rsidR="00616F37" w:rsidRPr="00FF77C3" w:rsidRDefault="00616F37" w:rsidP="00616F37">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62F80CE5" w14:textId="77777777" w:rsidR="00616F37" w:rsidRPr="00FF77C3" w:rsidRDefault="00616F37" w:rsidP="00616F37">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
@@ -181,140 +216,185 @@
     </w:p>
     <w:p w14:paraId="45A488BD" w14:textId="77777777" w:rsidR="00616F37" w:rsidRDefault="00616F37" w:rsidP="003C6BAC">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="541E9DA4" w14:textId="77777777" w:rsidR="00616F37" w:rsidRDefault="00616F37" w:rsidP="003C6BAC">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35927465" w14:textId="77777777" w:rsidR="00616F37" w:rsidRDefault="00616F37" w:rsidP="003C6BAC">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E881C09" w14:textId="77777777" w:rsidR="00616F37" w:rsidRDefault="00616F37" w:rsidP="003C6BAC">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56A85AD6" w14:textId="77777777" w:rsidR="00433C07" w:rsidRDefault="008809BE" w:rsidP="00616F37">
+    <w:p w14:paraId="56A85AD6" w14:textId="53054E50" w:rsidR="00433C07" w:rsidRDefault="003663DB" w:rsidP="00616F37">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:pict w14:anchorId="2423CB19">
-[...3 lines deleted...]
-        </w:pict>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2423CB19" wp14:editId="62E0540C">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2703195</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-462280</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1257300" cy="1257300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1257300" cy="1257300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
       <w:r w:rsidR="00433C07">
         <w:t xml:space="preserve">The Family Court of the State of </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidR="00433C07">
             <w:t>Delaware</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
     </w:p>
     <w:p w14:paraId="13B1AE38" w14:textId="7D1407E5" w:rsidR="00433C07" w:rsidRDefault="00433C07" w:rsidP="00433C07">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In and </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
       <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7414">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle</w:t>
       </w:r>
       <w:r w:rsidR="000E68BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -326,55 +406,62 @@
       <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00AC7414">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent</w:t>
       </w:r>
       <w:r w:rsidR="000E68BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -386,158 +473,163 @@
       <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r w:rsidR="0090591D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="0090591D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006567A9" w:rsidRPr="0090591D">
+      <w:r w:rsidR="0090591D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0090591D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0090591D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22755218" w14:textId="77777777" w:rsidR="00433C07" w:rsidRDefault="007435C2" w:rsidP="00433C07">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">AFFIDAVIT FOR EMERGENCY </w:t>
       </w:r>
       <w:r w:rsidR="0090591D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>EXPEDITED HEARING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09DB1B98" w14:textId="77777777" w:rsidR="007435C2" w:rsidRPr="00B24C92" w:rsidRDefault="0090591D" w:rsidP="007435C2">
+    <w:p w14:paraId="09DB1B98" w14:textId="77777777" w:rsidR="007435C2" w:rsidRPr="009E6734" w:rsidRDefault="0090591D" w:rsidP="007435C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B24C92">
+      <w:r w:rsidRPr="009E6734">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Protection </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00B24C92">
+      <w:r w:rsidR="00B24C92" w:rsidRPr="009E6734">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B24C92">
+      <w:r w:rsidRPr="009E6734">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>rom</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Abuse</w:t>
+        <w:t>rom Abuse</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="137"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="2070" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2070"/>
       </w:tblGrid>
@@ -593,51 +685,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text85"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text85"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0081176D" w:rsidRPr="007435C2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -730,51 +822,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text86"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text86"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0081176D" w:rsidRPr="007435C2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -813,56 +905,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="64C2E74F" w14:textId="77777777" w:rsidR="00650606" w:rsidRPr="00650606" w:rsidRDefault="00650606" w:rsidP="00650606">
       <w:pPr>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="137"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4065"/>
         <w:gridCol w:w="4035"/>
       </w:tblGrid>
       <w:tr w:rsidR="007435C2" w14:paraId="7DAE4280" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4065" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2430B564" w14:textId="77777777" w:rsidR="007435C2" w:rsidRPr="00730CBA" w:rsidRDefault="00236A81" w:rsidP="0081176D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Petitioner</w:t>
             </w:r>
           </w:p>
@@ -870,56 +956,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7BAB822F" w14:textId="77777777" w:rsidR="007435C2" w:rsidRPr="00730CBA" w:rsidRDefault="007435C2" w:rsidP="0081176D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00730CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Respondent</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007435C2" w14:paraId="699A8F23" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="213A2B67" w14:textId="77777777" w:rsidR="007435C2" w:rsidRDefault="007435C2" w:rsidP="0081176D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
@@ -928,51 +1008,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text83"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text83"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0081176D" w:rsidRPr="007435C2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -1032,51 +1112,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text84"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text84"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0081176D" w:rsidRPr="007435C2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -1117,52 +1197,52 @@
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D8E218F" w14:textId="77777777" w:rsidR="007435C2" w:rsidRDefault="007435C2" w:rsidP="007435C2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="825"/>
-        <w:gridCol w:w="9903"/>
+        <w:gridCol w:w="813"/>
+        <w:gridCol w:w="9699"/>
       </w:tblGrid>
       <w:tr w:rsidR="007435C2" w14:paraId="6DB0BB7A" w14:textId="77777777" w:rsidTr="00650606">
         <w:trPr>
           <w:trHeight w:val="855"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10728" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="10AA3B47" w14:textId="77777777" w:rsidR="006429E4" w:rsidRPr="00650606" w:rsidRDefault="0090591D" w:rsidP="007D721E">
             <w:pPr>
               <w:ind w:left="360" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1301,91 +1381,116 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Abuse, a copy of this Affidavit for Emergency Expedited Hearing and notice of the hearing date. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006429E4" w14:paraId="529F9EAD" w14:textId="77777777" w:rsidTr="00650606">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10728" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="617EA57D" w14:textId="77777777" w:rsidR="006429E4" w:rsidRPr="00650606" w:rsidRDefault="006429E4" w:rsidP="00650606">
+          <w:p w14:paraId="617EA57D" w14:textId="59F1CB0B" w:rsidR="006429E4" w:rsidRPr="00650606" w:rsidRDefault="006429E4" w:rsidP="00650606">
             <w:pPr>
               <w:ind w:left="360" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">3.)  I further attest that unless relief is granted on an </w:t>
             </w:r>
             <w:r w:rsidR="00805988" w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">expedited </w:t>
             </w:r>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">basis, the following </w:t>
+              <w:t xml:space="preserve">basis, </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6BE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">due to the immediate and present danger of domestic violence, </w:t>
             </w:r>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the following </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004619D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">immediate and   irreparable harm </w:t>
+              <w:t>immediate and irreparable harm</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00650606">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>will result:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA25D4" w14:paraId="529D0D7B" w14:textId="77777777" w:rsidTr="00650606">
         <w:trPr>
           <w:trHeight w:val="108"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10728" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -1452,51 +1557,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text97"/>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0081176D" w:rsidRPr="00650606">
+            <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
@@ -1594,51 +1699,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text98"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text98"/>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0081176D" w:rsidRPr="00650606">
+            <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
@@ -1736,51 +1841,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text99"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Text99"/>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0081176D" w:rsidRPr="00650606">
+            <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
@@ -1825,88 +1930,117 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008809BE" w14:paraId="3743A136" w14:textId="77777777" w:rsidTr="00650606">
         <w:trPr>
           <w:trHeight w:val="755"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10728" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="336E00EC" w14:textId="77777777" w:rsidR="008809BE" w:rsidRPr="00650606" w:rsidRDefault="008809BE" w:rsidP="007435C2">
+          <w:p w14:paraId="336E00EC" w14:textId="0EB3AFEB" w:rsidR="008809BE" w:rsidRPr="00650606" w:rsidRDefault="008809BE" w:rsidP="007435C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">4.)  I understand that I have the option of filing for an emergency ex parte order and that, if I chose to do so, </w:t>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">4.)  I understand that I have the option of filing for an emergency </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E6734">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ex </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E6734">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>parte</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00650606">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">      I would have a hearing today.</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> order and that, if I chose to do so, </w:t>
+            </w:r>
+            <w:r w:rsidR="009E6734">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>I would have a hearing today.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E261D6D" w14:textId="1E707D2D" w:rsidR="008809BE" w:rsidRPr="00650606" w:rsidRDefault="008809BE" w:rsidP="007435C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="388C5A73" w14:textId="77777777" w:rsidR="00387008" w:rsidRDefault="00387008" w:rsidP="007435C2"/>
     <w:p w14:paraId="7B76D2B4" w14:textId="5D2AA6F8" w:rsidR="006429E4" w:rsidRDefault="000E68BC" w:rsidP="007435C2">
       <w:r>
         <w:t xml:space="preserve">                                                                                                                                                          </w:t>
       </w:r>
       <w:r w:rsidRPr="000E68BC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text116"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="Text116"/>
       <w:r w:rsidRPr="000E68BC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -2111,51 +2245,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text104"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Text104"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0081176D" w:rsidRPr="001E73E0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2246,51 +2380,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text105"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="Text105"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0081176D" w:rsidRPr="001E73E0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2381,51 +2515,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text106"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="Text106"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0081176D" w:rsidRPr="001E73E0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2730,56 +2864,64 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="15" w:name="Check6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5B18">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9036" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="506065BE" w14:textId="77777777" w:rsidR="00382439" w:rsidRDefault="00382439" w:rsidP="00315398">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2848,51 +2990,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Text108"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5B18">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2982,51 +3124,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text109"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="Text109"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5B18">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3116,51 +3258,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text110"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Text110"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5B18">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3248,56 +3390,64 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Check9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5B18">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9036" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A02CD83" w14:textId="77777777" w:rsidR="00382439" w:rsidRDefault="00382439" w:rsidP="00315398">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3540,51 +3690,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008809BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text115"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="Text115"/>
             <w:r w:rsidR="008809BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00A64B3A" w:rsidRPr="008809BE">
+            <w:r w:rsidR="008809BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008809BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008809BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008809BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008809BE">
@@ -3617,384 +3767,415 @@
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="357F568B" w14:textId="77777777" w:rsidR="00382439" w:rsidRPr="00382439" w:rsidRDefault="00382439" w:rsidP="00382439">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3225"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00382439" w:rsidRPr="00382439" w:rsidSect="008809BE">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="360" w:right="864" w:bottom="180" w:left="864" w:header="720" w:footer="135" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22B39AF7" w14:textId="77777777" w:rsidR="000E68BC" w:rsidRDefault="000E68BC">
+    <w:p w14:paraId="04F28C8E" w14:textId="77777777" w:rsidR="00076E1E" w:rsidRDefault="00076E1E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EDE1B92" w14:textId="77777777" w:rsidR="000E68BC" w:rsidRDefault="000E68BC">
+    <w:p w14:paraId="69F9A387" w14:textId="77777777" w:rsidR="00076E1E" w:rsidRDefault="00076E1E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="597EEE28" w14:textId="77777777" w:rsidR="0078376B" w:rsidRDefault="0078376B" w:rsidP="00403607">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C33378E" w14:textId="77777777" w:rsidR="000E68BC" w:rsidRDefault="000E68BC">
+    <w:p w14:paraId="4F5ECFDB" w14:textId="77777777" w:rsidR="00076E1E" w:rsidRDefault="00076E1E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="704F2067" w14:textId="77777777" w:rsidR="000E68BC" w:rsidRDefault="000E68BC">
+    <w:p w14:paraId="059D669B" w14:textId="77777777" w:rsidR="00076E1E" w:rsidRDefault="00076E1E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="74CC672E" w14:textId="77777777" w:rsidR="0078376B" w:rsidRDefault="0078376B" w:rsidP="00433C07">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="609F5588" w14:textId="77777777" w:rsidR="0078376B" w:rsidRDefault="0078376B" w:rsidP="006429E4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form 656</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5BA12C21" w14:textId="77777777" w:rsidR="0078376B" w:rsidRPr="00433C07" w:rsidRDefault="0078376B" w:rsidP="006429E4">
+  <w:p w14:paraId="5BA12C21" w14:textId="04CB3ADF" w:rsidR="0078376B" w:rsidRPr="00433C07" w:rsidRDefault="0078376B" w:rsidP="006429E4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">(Rev </w:t>
     </w:r>
-    <w:r w:rsidR="007D2B4B">
+    <w:r w:rsidR="00971B11">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>0</w:t>
-[...20 lines deleted...]
-      <w:t>6</w:t>
+      <w:t>01/05/2026</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="DYW3Xha7eBwq19pzkPENahyStIOQaOR55YCiSqj9QeZ4savQoD9ZYT7EAbDBdScW+XxwF7Ig6z0bvfw8iCdrFA==" w:salt="b7nCoIcE2DYNWPcDd3RqkQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000E68BC"/>
+    <w:rsid w:val="00076E1E"/>
     <w:rsid w:val="000C6C74"/>
+    <w:rsid w:val="000D7414"/>
     <w:rsid w:val="000E68BC"/>
     <w:rsid w:val="000F0C6F"/>
     <w:rsid w:val="00157D51"/>
     <w:rsid w:val="00184275"/>
+    <w:rsid w:val="001C7647"/>
+    <w:rsid w:val="001D6858"/>
     <w:rsid w:val="001E73E0"/>
     <w:rsid w:val="001F5DAB"/>
     <w:rsid w:val="00236A81"/>
     <w:rsid w:val="00315398"/>
     <w:rsid w:val="00341E4E"/>
     <w:rsid w:val="00357147"/>
+    <w:rsid w:val="003663DB"/>
     <w:rsid w:val="00382439"/>
+    <w:rsid w:val="00386008"/>
     <w:rsid w:val="00387008"/>
     <w:rsid w:val="003C6BAC"/>
     <w:rsid w:val="00403607"/>
     <w:rsid w:val="00420AE4"/>
     <w:rsid w:val="00433C07"/>
+    <w:rsid w:val="004619D7"/>
     <w:rsid w:val="00526FB0"/>
     <w:rsid w:val="005751E1"/>
     <w:rsid w:val="00616F37"/>
+    <w:rsid w:val="0062135C"/>
     <w:rsid w:val="00631EFF"/>
     <w:rsid w:val="006429E4"/>
     <w:rsid w:val="00650606"/>
     <w:rsid w:val="00654FC4"/>
+    <w:rsid w:val="0065513E"/>
     <w:rsid w:val="006567A9"/>
+    <w:rsid w:val="006C4908"/>
+    <w:rsid w:val="00711515"/>
     <w:rsid w:val="007435C2"/>
     <w:rsid w:val="00760761"/>
     <w:rsid w:val="0078376B"/>
     <w:rsid w:val="00793FC1"/>
     <w:rsid w:val="007D2B4B"/>
     <w:rsid w:val="007D721E"/>
     <w:rsid w:val="007F4EB6"/>
     <w:rsid w:val="00805988"/>
     <w:rsid w:val="0081176D"/>
     <w:rsid w:val="008251EF"/>
     <w:rsid w:val="008809BE"/>
+    <w:rsid w:val="00900B22"/>
     <w:rsid w:val="0090591D"/>
     <w:rsid w:val="00920925"/>
+    <w:rsid w:val="00971B11"/>
+    <w:rsid w:val="00996152"/>
+    <w:rsid w:val="009E6734"/>
     <w:rsid w:val="00A64B3A"/>
     <w:rsid w:val="00AD6373"/>
     <w:rsid w:val="00AF6540"/>
     <w:rsid w:val="00B05B1F"/>
     <w:rsid w:val="00B0765A"/>
     <w:rsid w:val="00B24C92"/>
     <w:rsid w:val="00B33520"/>
     <w:rsid w:val="00B373A9"/>
     <w:rsid w:val="00BB2FF4"/>
     <w:rsid w:val="00C3383C"/>
+    <w:rsid w:val="00C53ED0"/>
     <w:rsid w:val="00CA25D4"/>
     <w:rsid w:val="00CA3A18"/>
+    <w:rsid w:val="00CC6BE5"/>
+    <w:rsid w:val="00D03DA6"/>
     <w:rsid w:val="00D7693F"/>
+    <w:rsid w:val="00D87E42"/>
     <w:rsid w:val="00E031E7"/>
     <w:rsid w:val="00E660B2"/>
     <w:rsid w:val="00ED6934"/>
     <w:rsid w:val="00F44362"/>
+    <w:rsid w:val="00F5266E"/>
+    <w:rsid w:val="00FA5F7B"/>
     <w:rsid w:val="00FC2947"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="536EFB03"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C43F64A3-F907-48EC-946D-97E81BC2CDF3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -4179,68 +4360,74 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00433C07"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="00433C07"/>
     <w:pPr>
       <w:ind w:left="90"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:link w:val="Title"/>
     <w:locked/>
     <w:rsid w:val="00433C07"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
@@ -4274,66 +4461,110 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00433C07"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="007435C2"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CC6BE5"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00CC6BE5"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:rsid w:val="00CC6BE5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:rsid w:val="00CC6BE5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:rsid w:val="00CC6BE5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:rsid w:val="00CC6BE5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///N:\FC-Admin\Case%20Processing\Forms%20and%20Procedures\Family%20Court%20Official%20Forms\600%20-%20Misc.%20Orders,%20Motions,%20Court%20Forms\656%20-%20Affidavit%20for%20Emergency%20Expedited%20Hearing\656%20-%20Affidavit%20for%20Emergency%20expidited%20Hearing%20-%2008122016.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4589,72 +4820,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>656 - Affidavit for Emergency expidited Hearing - 08122016</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>331</Words>
-  <Characters>1893</Characters>
+  <Words>286</Words>
+  <Characters>1996</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Judicial Information Center</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2220</CharactersWithSpaces>
+  <CharactersWithSpaces>2259</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Moritz, Lori M (Courts)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>