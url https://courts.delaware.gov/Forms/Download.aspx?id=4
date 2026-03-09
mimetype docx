--- v0 (2025-10-22)
+++ v1 (2026-03-09)
@@ -3,75 +3,75 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6CD5EBE6" w14:textId="77777777" w:rsidR="00E06F2D" w:rsidRDefault="0090286E" w:rsidP="004B27C1">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CEE70E2" wp14:editId="626D9904">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CEE70E2" wp14:editId="343ABB62">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>2749550</wp:posOffset>
+              <wp:posOffset>2635250</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-125730</wp:posOffset>
+              <wp:posOffset>-382905</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1346200" cy="1346200"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="FCFormSeal.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
@@ -86,51 +86,51 @@
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C7C5F9" w14:textId="77777777" w:rsidR="004B27C1" w:rsidRDefault="004B27C1" w:rsidP="004B27C1">
+    <w:p w14:paraId="65C7C5F9" w14:textId="1E97523D" w:rsidR="004B27C1" w:rsidRDefault="004B27C1" w:rsidP="004B27C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For</w:t>
@@ -149,8036 +149,7217 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C724E8">
+      <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00C724E8">
+      <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> New Castle County  </w:t>
+        <w:t xml:space="preserve"> New Castle </w:t>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Check2"/>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C724E8">
+      <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00C724E8">
+      <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kent County  </w:t>
+        <w:t xml:space="preserve"> Kent  </w:t>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check3"/>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C724E8">
+      <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00C724E8">
+      <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Sussex County</w:t>
+        <w:t xml:space="preserve"> Sussex </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0704">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>County</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C02BF31" w14:textId="77777777" w:rsidR="004B27C1" w:rsidRDefault="004B27C1" w:rsidP="004B27C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="10862" w:type="dxa"/>
+        <w:tblW w:w="10170" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3600"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="79"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="1309"/>
+        <w:gridCol w:w="1661"/>
+        <w:gridCol w:w="180"/>
+        <w:gridCol w:w="1710"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED27BA" w14:paraId="3BDCC180" w14:textId="77777777" w:rsidTr="00994909">
+      <w:tr w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w14:paraId="3BDCC180" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:tcW w:w="6619" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="506D9D8E" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRPr="004B27C1" w:rsidRDefault="00ED27BA" w:rsidP="00ED27BA">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="506D9D8E" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00864461">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DEPARTMENT OF SERVICES FOR CHILDREN, YOUTH, AND THEIR FAMILIES/ DIVISION OF FAMILY SERVICES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1519" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:tcW w:w="1451" w:type="dxa"/>
+            <w:tcW w:w="1661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3FB28EA1" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRPr="004B27C1" w:rsidRDefault="00ED27BA" w:rsidP="004B27C1">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3FB28EA1" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="004B27C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>File No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3133" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="40168AEF" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRPr="004B27C1" w:rsidRDefault="0011426D" w:rsidP="0011426D">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="40168AEF" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="0011426D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text1"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED27BA" w14:paraId="11195555" w14:textId="77777777" w:rsidTr="00994909">
+      <w:tr w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w14:paraId="11195555" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:tcW w:w="6619" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF81AB4" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRDefault="00ED27BA" w:rsidP="00ED27BA">
+          <w:p w14:paraId="1EF81AB4" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00ED27BA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...25 lines deleted...]
-            <w:tcW w:w="1451" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3E155CB5" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRPr="004B27C1" w:rsidRDefault="00ED27BA" w:rsidP="004B27C1">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3E155CB5" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="004B27C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Petition No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3133" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="54927181" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRPr="004B27C1" w:rsidRDefault="0011426D" w:rsidP="0011426D">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="54927181" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="0011426D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text2"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED27BA" w14:paraId="485330D9" w14:textId="77777777" w:rsidTr="002D6D4F">
+      <w:tr w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w14:paraId="485330D9" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="576"/>
+          <w:gridAfter w:val="3"/>
+          <w:wAfter w:w="3551" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:tcW w:w="6619" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="13EB4DD6" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRPr="004B27C1" w:rsidRDefault="00ED27BA" w:rsidP="004B27C1">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13EB4DD6" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="004D5DE3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Petitioner</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...2 lines deleted...]
-            <w:gridSpan w:val="4"/>
+      </w:tr>
+      <w:tr w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w14:paraId="16447FB1" w14:textId="77777777" w:rsidTr="00864461">
+        <w:trPr>
+          <w:gridAfter w:val="3"/>
+          <w:wAfter w:w="3551" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6619" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4515C7CF" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRPr="004B27C1" w:rsidRDefault="00ED27BA" w:rsidP="004B27C1">
-[...24 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3A85CCB9" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00ED27BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B27C1" w14:paraId="16447FB1" w14:textId="77777777" w:rsidTr="002D6D4F">
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="17535F8D" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="79" w:type="dxa"/>
-          <w:trHeight w:val="288"/>
+          <w:wAfter w:w="1710" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4680" w:type="dxa"/>
-[...141 lines deleted...]
-            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:tcW w:w="6619" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="64313697" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRDefault="0011426D" w:rsidP="007A7B92">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="64313697" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="007A7B92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text3"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007A7B92">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1841" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4F08201D" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRPr="004B27C1" w:rsidRDefault="00ED27BA" w:rsidP="004B27C1">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="69744DCE" w14:textId="74D91792" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="004B27C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(DOB:</w:t>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text6"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007A7B92">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
-          </w:p>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...18 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED27BA" w14:paraId="06F1CD75" w14:textId="77777777" w:rsidTr="00994909">
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="06F1CD75" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="79" w:type="dxa"/>
-          <w:trHeight w:val="317"/>
+          <w:wAfter w:w="1710" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:tcW w:w="6619" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="74856987" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRDefault="0011426D" w:rsidP="007A7B92">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="74856987" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="007A7B92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text4"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007A7B92">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1841" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3D2E60EC" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRPr="004B27C1" w:rsidRDefault="00ED27BA" w:rsidP="004B27C1">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="06C75A5C" w14:textId="7BF6F8B2" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="004B27C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(DOB:</w:t>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text7"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007A7B92">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="290" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="093AB2CF" w14:textId="77777777" w:rsidTr="00864461">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1710" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6619" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="06C75A5C" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRPr="004B27C1" w:rsidRDefault="00ED27BA" w:rsidP="004B27C1">
-[...60 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0563AD7E" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="002B35E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text5"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002B35E6">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcW w:w="1841" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5C035FC9" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRPr="004B27C1" w:rsidRDefault="00ED27BA" w:rsidP="004B27C1">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7B958839" w14:textId="651F4716" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="004B27C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(DOB:</w:t>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text8"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002B35E6">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="290" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w14:paraId="6E10B30F" w14:textId="77777777" w:rsidTr="00864461">
+        <w:trPr>
+          <w:gridAfter w:val="3"/>
+          <w:wAfter w:w="3551" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6619" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...18 lines deleted...]
-            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BEA752F" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00ED27BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Respondent(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D41ED1" w:rsidRPr="004D5DE3" w14:paraId="11370719" w14:textId="77777777" w:rsidTr="00864461">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10170" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3297EBB8" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRPr="004B27C1" w:rsidRDefault="00ED27BA" w:rsidP="004B27C1">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1919E370" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D41ED1" w:rsidP="004B27C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IN THE INTEREST OF (include last name):</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED27BA" w14:paraId="6E10B30F" w14:textId="77777777" w:rsidTr="00994909">
+      <w:tr w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w14:paraId="7FB46357" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="317"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4680" w:type="dxa"/>
-[...26 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5C9E5893" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRPr="004B27C1" w:rsidRDefault="00ED27BA" w:rsidP="004B27C1">
-[...10 lines deleted...]
-            <w:gridSpan w:val="8"/>
+          <w:p w14:paraId="6B22215B" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="004B27C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="529B7013" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="004B27C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DOB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="740C2D49" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="004B27C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="41B8EAB3" w14:textId="77777777" w:rsidR="00ED27BA" w:rsidRPr="004B27C1" w:rsidRDefault="00ED27BA" w:rsidP="004B27C1">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2BA54E2A" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="004B27C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DOB</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED27BA" w14:paraId="1CCA548A" w14:textId="77777777" w:rsidTr="002D6D4F">
+      <w:tr w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w14:paraId="2ADF9E93" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="216"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4680" w:type="dxa"/>
-[...320 lines deleted...]
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="465408C0" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="0011426D" w:rsidP="00E633D3">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="465408C0" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Text9"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
-[...21 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="60FDBAAE" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="0011426D" w:rsidP="00E633D3">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="60FDBAAE" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Text10"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcW w:w="2970" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...20 lines deleted...]
-            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0281BE04" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="0011426D" w:rsidP="00E633D3">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="0281BE04" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Text11"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="46634418" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="00D41ED1" w:rsidP="004B27C1">
-[...33 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="69382B3C" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="Text12"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D41ED1" w14:paraId="25C91AEC" w14:textId="77777777" w:rsidTr="00994909">
+      <w:tr w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w14:paraId="25C91AEC" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD337F4" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="00D41ED1" w:rsidP="00D41ED1">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5FD337F4" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00D41ED1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B75E0DD" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00D41ED1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DOB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0FCB0A" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00D41ED1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="45168194" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="00D41ED1" w:rsidP="00D41ED1">
-[...33 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="08043DF2" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00D41ED1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DOB</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...101 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D41ED1" w14:paraId="5122FC13" w14:textId="77777777" w:rsidTr="00994909">
+      <w:tr w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w14:paraId="5122FC13" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2F1A9771" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="0011426D" w:rsidP="00E633D3">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2F1A9771" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="Text13"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
-[...21 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="26121EC1" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="0011426D" w:rsidP="00E633D3">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="26121EC1" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="15" w:name="Text14"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcW w:w="2970" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...20 lines deleted...]
-            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4F274D69" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="0011426D" w:rsidP="00E633D3">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4F274D69" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Text15"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="31D1A6BD" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="00D41ED1" w:rsidP="00D41ED1">
-[...33 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="52F66239" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text16"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="Text16"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D41ED1" w14:paraId="4A855B38" w14:textId="77777777" w:rsidTr="00994909">
+      <w:tr w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w14:paraId="4A855B38" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="462D36CD" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="00D41ED1" w:rsidP="00D41ED1">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="462D36CD" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00D41ED1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="33473DA5" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00D41ED1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DOB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A9CCB3" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00D41ED1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4F9C1E67" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="00D41ED1" w:rsidP="00D41ED1">
-[...33 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5356F86D" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00D41ED1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DOB</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...101 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D41ED1" w14:paraId="1833970B" w14:textId="77777777" w:rsidTr="00994909">
+      <w:tr w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w14:paraId="1833970B" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="79094337" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="0011426D" w:rsidP="00E633D3">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="79094337" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Text17"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
-[...21 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7299D664" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="0011426D" w:rsidP="00E633D3">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7299D664" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Text18"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcW w:w="2970" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...20 lines deleted...]
-            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5113A0D4" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="0011426D" w:rsidP="00E633D3">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5113A0D4" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="Text19"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="790DC4EC" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="00D41ED1" w:rsidP="00D41ED1">
-[...33 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="20487EC2" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text20"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="Text20"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D41ED1" w14:paraId="6E1482F4" w14:textId="77777777" w:rsidTr="00994909">
+      <w:tr w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w14:paraId="6E1482F4" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0E364E2D" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="00D41ED1" w:rsidP="00D41ED1">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="0E364E2D" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00D41ED1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BFF560" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00D41ED1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DOB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED2640D" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00D41ED1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5461CB45" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="00D41ED1" w:rsidP="00D41ED1">
-[...33 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="316AED0B" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00D41ED1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DOB</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...101 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D41ED1" w14:paraId="428CD65A" w14:textId="77777777" w:rsidTr="00994909">
+      <w:tr w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w14:paraId="428CD65A" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="23F0C12E" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="0011426D" w:rsidP="00E633D3">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="23F0C12E" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="22" w:name="Text21"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="276" w:type="dxa"/>
-[...21 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5157AC50" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="0011426D" w:rsidP="00E633D3">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5157AC50" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="23" w:name="Text22"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcW w:w="2970" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...20 lines deleted...]
-            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1012EADA" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="0011426D" w:rsidP="00E633D3">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1012EADA" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="24" w:name="Text23"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="40C856C8" w14:textId="77777777" w:rsidR="00D41ED1" w:rsidRPr="00D41ED1" w:rsidRDefault="00D41ED1" w:rsidP="00D41ED1">
-[...33 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="60B6093A" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00E633D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Text24"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E633D3">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="30082432" w14:textId="77777777" w:rsidR="00AC06EE" w:rsidRPr="002D6D4F" w:rsidRDefault="00AC06EE" w:rsidP="00AC06EE">
+    <w:p w14:paraId="30082432" w14:textId="77777777" w:rsidR="00AC06EE" w:rsidRPr="004D5DE3" w:rsidRDefault="00AC06EE" w:rsidP="00AC06EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="990"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="4220"/>
+        <w:gridCol w:w="1245"/>
+        <w:gridCol w:w="3218"/>
+        <w:gridCol w:w="1927"/>
+        <w:gridCol w:w="164"/>
+        <w:gridCol w:w="3660"/>
         <w:gridCol w:w="10"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0036071C" w14:paraId="0A094498" w14:textId="77777777" w:rsidTr="0036071C">
+      <w:tr w:rsidR="0036071C" w:rsidRPr="004D5DE3" w14:paraId="0A094498" w14:textId="77777777" w:rsidTr="004D5DE3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="10214" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4361626A" w14:textId="77777777" w:rsidR="0036071C" w:rsidRPr="0036071C" w:rsidRDefault="0036071C" w:rsidP="0036071C">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4361626A" w14:textId="77777777" w:rsidR="0036071C" w:rsidRPr="004D5DE3" w:rsidRDefault="0036071C" w:rsidP="004D5DE3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PRAECIPE IN DEPENDENCY/NEGLECT PETITION FOR CUSTODY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0036071C" w14:paraId="2E2005AB" w14:textId="77777777" w:rsidTr="0036071C">
+      <w:tr w:rsidR="0036071C" w:rsidRPr="004D5DE3" w14:paraId="406A39E8" w14:textId="77777777" w:rsidTr="004D5DE3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="10214" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D863349" w14:textId="77777777" w:rsidR="0036071C" w:rsidRPr="004D5DE3" w:rsidRDefault="0036071C" w:rsidP="004D5DE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TO: Clerk of Court:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0036071C" w14:paraId="406A39E8" w14:textId="77777777" w:rsidTr="0036071C">
+      <w:tr w:rsidR="0036071C" w:rsidRPr="004D5DE3" w14:paraId="5CB56C4F" w14:textId="77777777" w:rsidTr="004D5DE3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="10" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="10214" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1D863349" w14:textId="77777777" w:rsidR="0036071C" w:rsidRPr="0036071C" w:rsidRDefault="0036071C" w:rsidP="0036071C">
-[...13 lines deleted...]
-              <w:t>TO: Clerk of Court:</w:t>
+          <w:p w14:paraId="7E56A2ED" w14:textId="77777777" w:rsidR="0036071C" w:rsidRPr="004D5DE3" w:rsidRDefault="0036071C" w:rsidP="004D5DE3">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Please issue a summons and copies of the petition upon the respondent(s) by personal service at the following addresses:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0036071C" w14:paraId="12EBE255" w14:textId="77777777" w:rsidTr="0036071C">
+      <w:tr w:rsidR="00AC06EE" w:rsidRPr="004D5DE3" w14:paraId="4F8D390B" w14:textId="77777777" w:rsidTr="004D5DE3">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="10224" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="463C5093" w14:textId="77777777" w:rsidR="0036071C" w:rsidRPr="0036071C" w:rsidRDefault="0036071C" w:rsidP="0036071C">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7226A4CD" w14:textId="77777777" w:rsidR="00AC06EE" w:rsidRPr="004D5DE3" w:rsidRDefault="00AC06EE" w:rsidP="00AC06EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Respondent 1:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0036071C" w14:paraId="5CB56C4F" w14:textId="77777777" w:rsidTr="0036071C">
+      <w:tr w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w14:paraId="41F6AF94" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="10" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7E56A2ED" w14:textId="77777777" w:rsidR="0036071C" w:rsidRPr="0036071C" w:rsidRDefault="0036071C" w:rsidP="0036071C">
-[...26 lines deleted...]
-            <w:gridSpan w:val="6"/>
+          <w:p w14:paraId="77D23C7A" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00AC06EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3218" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5766FA39" w14:textId="773C46FC" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004B5536" w:rsidP="004659AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text174"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="Text174"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="26"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3709099C" w14:textId="77777777" w:rsidR="0036071C" w:rsidRPr="0036071C" w:rsidRDefault="0036071C" w:rsidP="0036071C">
-[...77 lines deleted...]
-            <w:tcW w:w="3690" w:type="dxa"/>
+          <w:p w14:paraId="4B596876" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="00AC06EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Street Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3834" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5766FA39" w14:textId="3CEE13CC" w:rsidR="00AC06EE" w:rsidRPr="00AC06EE" w:rsidRDefault="004659AC" w:rsidP="004659AC">
-[...130 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="40095B0C" w14:textId="77777777" w:rsidR="004D5DE3" w:rsidRPr="004D5DE3" w:rsidRDefault="004D5DE3" w:rsidP="007A7B92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text102"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text102"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="27" w:name="Text102"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007A7B92">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC06EE" w14:paraId="488EDEA4" w14:textId="77777777" w:rsidTr="0087274F">
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="488EDEA4" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2FBAA0E6" w14:textId="77777777" w:rsidR="00AC06EE" w:rsidRDefault="00AC06EE" w:rsidP="00AC06EE">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2FBAA0E6" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00AC06EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO Box:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="3218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="25BB731E" w14:textId="77777777" w:rsidR="00AC06EE" w:rsidRPr="00AC06EE" w:rsidRDefault="004659AC" w:rsidP="007A7B92">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="25BB731E" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="007A7B92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text103"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text103"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="28" w:name="Text103"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007A7B92">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
-[...5 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:bookmarkEnd w:id="28"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1927" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="233C1E64" w14:textId="77777777" w:rsidR="00AC06EE" w:rsidRPr="00AC06EE" w:rsidRDefault="00AC06EE" w:rsidP="00AC06EE">
-[...32 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5466A9A9" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00AC06EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>City/State/ZIP:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4230" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3834" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="01878F3E" w14:textId="77777777" w:rsidR="00AC06EE" w:rsidRPr="00AC06EE" w:rsidRDefault="004659AC" w:rsidP="007A7B92">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="01878F3E" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="007A7B92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text104"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text104"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="29" w:name="Text104"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007A7B92">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087274F" w14:paraId="10253B92" w14:textId="77777777" w:rsidTr="0087274F">
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="10253B92" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2C001E5C" w14:textId="77777777" w:rsidR="0087274F" w:rsidRDefault="0087274F" w:rsidP="00AC06EE">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2C001E5C" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00AC06EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="8979" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1B997A21" w14:textId="77777777" w:rsidR="0087274F" w:rsidRDefault="004659AC" w:rsidP="007A7B92">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="69EEFB22" w14:textId="1B62C228" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00AC06EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text105"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Text105"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="30" w:name="Text105"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007A7B92">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
-[...5 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:bookmarkEnd w:id="30"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D6D4F" w:rsidRPr="004D5DE3" w14:paraId="45DD62DC" w14:textId="77777777" w:rsidTr="004D5DE3">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10224" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="69EEFB22" w14:textId="77777777" w:rsidR="0087274F" w:rsidRDefault="0087274F" w:rsidP="00AC06EE">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7F6AF8F2" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRPr="004D5DE3" w:rsidRDefault="002D6D4F" w:rsidP="00147D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Respondent 2:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w14:paraId="45DD62DC" w14:textId="77777777" w:rsidTr="002D6D4F">
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="2A91380F" w14:textId="77777777" w:rsidTr="004B5536">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10800" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7F6AF8F2" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w:rsidRDefault="002D6D4F" w:rsidP="00147D25">
-[...40 lines deleted...]
-            <w:tcW w:w="990" w:type="dxa"/>
+          <w:p w14:paraId="59267101" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00147D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3218" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="32CA2076" w14:textId="6D7FE8C5" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="004B5536" w:rsidP="00147D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text175"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="31" w:name="Text175"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="31"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="59267101" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w:rsidRDefault="002D6D4F" w:rsidP="00147D25">
-[...19 lines deleted...]
-            <w:tcW w:w="3690" w:type="dxa"/>
+          <w:p w14:paraId="74B49C99" w14:textId="633D2DDF" w:rsidR="004B5536" w:rsidRPr="004B5536" w:rsidRDefault="00D737A1" w:rsidP="004B5536">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Street Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="32CA2076" w14:textId="7153FB88" w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w:rsidRDefault="004659AC" w:rsidP="00147D25">
-[...130 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4FE8A1BA" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="007A7B92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text107"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Text107"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="32" w:name="Text107"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007A7B92">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w14:paraId="548C2BE6" w14:textId="77777777" w:rsidTr="00147D25">
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="548C2BE6" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="202068F9" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRDefault="002D6D4F" w:rsidP="00147D25">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="202068F9" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00147D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>PO Box:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="3218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1667E3EA" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w:rsidRDefault="004659AC" w:rsidP="007A7B92">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1667E3EA" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="007A7B92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text108"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text108"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="33" w:name="Text108"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007A7B92">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
-[...4 lines deleted...]
-            <w:tcW w:w="360" w:type="dxa"/>
+            <w:bookmarkEnd w:id="33"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9F381D" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w:rsidRDefault="002D6D4F" w:rsidP="00147D25">
-[...32 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="39387B8A" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00147D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>City/State/ZIP:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcW w:w="3670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="46E83027" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w:rsidRDefault="004659AC" w:rsidP="007A7B92">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="46E83027" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="007A7B92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text109"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Text109"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="34" w:name="Text109"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007A7B92">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6D4F" w14:paraId="6499ED09" w14:textId="77777777" w:rsidTr="00147D25">
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="6499ED09" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="207CE754" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRDefault="002D6D4F" w:rsidP="00147D25">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="207CE754" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00147D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="8979" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="72C35402" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRDefault="004659AC" w:rsidP="007A7B92">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4A7AD067" w14:textId="43A7B6BF" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00147D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text110"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Text110"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="35" w:name="Text110"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007A7B92">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
-[...5 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:bookmarkEnd w:id="35"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D6D4F" w:rsidRPr="004D5DE3" w14:paraId="02E10ED5" w14:textId="77777777" w:rsidTr="004D5DE3">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10224" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4A7AD067" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRDefault="002D6D4F" w:rsidP="00147D25">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="00276883" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRPr="004D5DE3" w:rsidRDefault="002D6D4F" w:rsidP="002D6D4F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Respondent 3:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w14:paraId="02E10ED5" w14:textId="77777777" w:rsidTr="002D6D4F">
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="52B10E35" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10800" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="00276883" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w:rsidRDefault="002D6D4F" w:rsidP="002D6D4F">
-[...40 lines deleted...]
-            <w:tcW w:w="990" w:type="dxa"/>
+          <w:p w14:paraId="0F02BF6D" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00147D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3218" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7776635E" w14:textId="3A405325" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00751F49" w:rsidP="00147D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text137"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="36" w:name="Text137"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="36"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0F02BF6D" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w:rsidRDefault="002D6D4F" w:rsidP="00147D25">
-[...19 lines deleted...]
-            <w:tcW w:w="3690" w:type="dxa"/>
+          <w:p w14:paraId="07A389F7" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00147D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Street Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3670" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7776635E" w14:textId="7395C1F9" w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w:rsidRDefault="004659AC" w:rsidP="00147D25">
-[...130 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="27F08F2A" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="002B35E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text112"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Text112"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="37" w:name="Text112"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002B35E6">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w14:paraId="2048EE81" w14:textId="77777777" w:rsidTr="00147D25">
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="2048EE81" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6D7AD9D3" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRDefault="002D6D4F" w:rsidP="00147D25">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="6D7AD9D3" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00147D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO Box:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="3218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0353F0" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w:rsidRDefault="004659AC" w:rsidP="002B35E6">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="1D0353F0" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="002B35E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text113"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Text113"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="38" w:name="Text113"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002B35E6">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
-[...4 lines deleted...]
-            <w:tcW w:w="360" w:type="dxa"/>
+            <w:bookmarkEnd w:id="38"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2091" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="23B7E166" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w:rsidRDefault="002D6D4F" w:rsidP="00147D25">
-[...32 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="604EDD45" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00147D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>City/State/ZIP:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcW w:w="3670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4C8B8A64" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRPr="00AC06EE" w:rsidRDefault="004659AC" w:rsidP="002B35E6">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4C8B8A64" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="002B35E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text114"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Text114"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="39" w:name="Text114"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002B35E6">
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6D4F" w14:paraId="2393B048" w14:textId="77777777" w:rsidTr="00147D25">
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="2393B048" w14:textId="77777777" w:rsidTr="00864461">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="28F28BFA" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRDefault="002D6D4F" w:rsidP="00147D25">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="28F28BFA" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00147D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="8979" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7BF0C9BD" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRDefault="004659AC" w:rsidP="00147D25">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5F784248" w14:textId="7D0415D6" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00147D25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text115"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Text115"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="40" w:name="Text115"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
-[...21 lines deleted...]
-            </w:pPr>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="73DE71C0" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRPr="002D6D4F" w:rsidRDefault="002D6D4F" w:rsidP="0087274F">
+    <w:p w14:paraId="73DE71C0" w14:textId="77777777" w:rsidR="002D6D4F" w:rsidRPr="004D5DE3" w:rsidRDefault="002D6D4F" w:rsidP="0087274F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2700"/>
         <w:gridCol w:w="2970"/>
-        <w:gridCol w:w="270"/>
-        <w:gridCol w:w="4860"/>
+        <w:gridCol w:w="3600"/>
+        <w:gridCol w:w="3654"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E36D90" w14:paraId="322B1C0A" w14:textId="77777777" w:rsidTr="0090286E">
-[...2 lines deleted...]
-            <w:tcW w:w="2700" w:type="dxa"/>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="322B1C0A" w14:textId="77777777" w:rsidTr="00864461">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="37BECA69" w14:textId="77777777" w:rsidR="00E36D90" w:rsidRDefault="00E36D90" w:rsidP="00E36D90">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="37BECA69" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00D737A1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hours likely to be served:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2D67FB22" w14:textId="77777777" w:rsidR="00E36D90" w:rsidRDefault="0011426D" w:rsidP="00E36D90">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="091A0ACA" w14:textId="37F1B204" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00D737A1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="Text34"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="41" w:name="Text34"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
-[...4 lines deleted...]
-            <w:tcW w:w="270" w:type="dxa"/>
+            <w:bookmarkEnd w:id="41"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="091A0ACA" w14:textId="77777777" w:rsidR="00E36D90" w:rsidRDefault="00E36D90" w:rsidP="00E36D90">
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="471CAD24" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00D737A1">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Check4"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="42" w:name="Check4"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C724E8">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkEnd w:id="42"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Unknown</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3ADF7CEE" w14:textId="77777777" w:rsidR="0090286E" w:rsidRDefault="0090286E" w:rsidP="002D6D4F">
+    <w:p w14:paraId="3ADF7CEE" w14:textId="77777777" w:rsidR="0090286E" w:rsidRPr="004D5DE3" w:rsidRDefault="0090286E" w:rsidP="002D6D4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="10861" w:type="dxa"/>
+        <w:tblW w:w="10260" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="742"/>
-        <w:gridCol w:w="2408"/>
+        <w:gridCol w:w="791"/>
+        <w:gridCol w:w="1549"/>
         <w:gridCol w:w="270"/>
-        <w:gridCol w:w="3600"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3600"/>
+        <w:gridCol w:w="3919"/>
+        <w:gridCol w:w="237"/>
+        <w:gridCol w:w="3494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0090286E" w14:paraId="5F99D63E" w14:textId="77777777" w:rsidTr="00F712F5">
-[...2 lines deleted...]
-            <w:tcW w:w="742" w:type="dxa"/>
+      <w:tr w:rsidR="0090286E" w:rsidRPr="004D5DE3" w14:paraId="5F99D63E" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2AC89360" w14:textId="77777777" w:rsidR="0090286E" w:rsidRDefault="00F712F5" w:rsidP="00E36D90">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2AC89360" w14:textId="77777777" w:rsidR="0090286E" w:rsidRPr="004D5DE3" w:rsidRDefault="00F712F5" w:rsidP="00E36D90">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
-            <w:r w:rsidR="0090286E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="0090286E" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:tcW w:w="1549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6BCA8657" w14:textId="77777777" w:rsidR="0090286E" w:rsidRDefault="0011426D" w:rsidP="0090286E">
+          <w:p w14:paraId="6BCA8657" w14:textId="77777777" w:rsidR="0090286E" w:rsidRPr="004D5DE3" w:rsidRDefault="0011426D" w:rsidP="0090286E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="Text35"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="43" w:name="Text35"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="43"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5390A7D9" w14:textId="77777777" w:rsidR="0090286E" w:rsidRDefault="0090286E" w:rsidP="00E36D90">
-[...9 lines deleted...]
-            <w:tcW w:w="3600" w:type="dxa"/>
+          <w:p w14:paraId="5390A7D9" w14:textId="77777777" w:rsidR="0090286E" w:rsidRPr="004D5DE3" w:rsidRDefault="0090286E" w:rsidP="00E36D90">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6F840D91" w14:textId="77777777" w:rsidR="0090286E" w:rsidRDefault="0011426D" w:rsidP="00EB1E17">
+          <w:p w14:paraId="6F840D91" w14:textId="77777777" w:rsidR="0090286E" w:rsidRPr="004D5DE3" w:rsidRDefault="0011426D" w:rsidP="00EB1E17">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="Text36"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="44" w:name="Text36"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EB1E17">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00EB1E17" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB1E17" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB1E17" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB1E17" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB1E17" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
-[...4 lines deleted...]
-            <w:tcW w:w="241" w:type="dxa"/>
+            <w:bookmarkEnd w:id="44"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3809566F" w14:textId="77777777" w:rsidR="0090286E" w:rsidRDefault="0090286E" w:rsidP="00E36D90">
-[...9 lines deleted...]
-            <w:tcW w:w="3600" w:type="dxa"/>
+          <w:p w14:paraId="3809566F" w14:textId="77777777" w:rsidR="0090286E" w:rsidRPr="004D5DE3" w:rsidRDefault="0090286E" w:rsidP="00E36D90">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5945A362" w14:textId="77777777" w:rsidR="0090286E" w:rsidRDefault="0011426D" w:rsidP="0090286E">
+          <w:p w14:paraId="5945A362" w14:textId="77777777" w:rsidR="0090286E" w:rsidRPr="004D5DE3" w:rsidRDefault="0011426D" w:rsidP="0090286E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text100"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="Text100"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="45" w:name="Text100"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="45"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090286E" w14:paraId="24D119F4" w14:textId="77777777" w:rsidTr="00F712F5">
-[...2 lines deleted...]
-            <w:tcW w:w="742" w:type="dxa"/>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="24D119F4" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBCFB17" w14:textId="77777777" w:rsidR="0090286E" w:rsidRPr="0090286E" w:rsidRDefault="0090286E" w:rsidP="00E36D90">
-[...11 lines deleted...]
-            <w:tcW w:w="2408" w:type="dxa"/>
+          <w:p w14:paraId="2BBCFB17" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00E36D90">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF970C8" w14:textId="77777777" w:rsidR="0090286E" w:rsidRPr="0090286E" w:rsidRDefault="0090286E" w:rsidP="00E36D90">
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="0BF970C8" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00E36D90">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7B6870CF" w14:textId="77777777" w:rsidR="0090286E" w:rsidRPr="0090286E" w:rsidRDefault="0090286E" w:rsidP="00E36D90">
-[...11 lines deleted...]
-            <w:tcW w:w="3600" w:type="dxa"/>
+          <w:p w14:paraId="7B6870CF" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00E36D90">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3919" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70BCB254" w14:textId="77777777" w:rsidR="0090286E" w:rsidRPr="0090286E" w:rsidRDefault="0090286E" w:rsidP="0090286E">
+          <w:p w14:paraId="70BCB254" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="0090286E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Attorney/Petitioner Print Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="241" w:type="dxa"/>
+            <w:tcW w:w="237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1212278C" w14:textId="77777777" w:rsidR="0090286E" w:rsidRPr="0090286E" w:rsidRDefault="0090286E" w:rsidP="00E36D90">
-[...11 lines deleted...]
-            <w:tcW w:w="3600" w:type="dxa"/>
+          <w:p w14:paraId="1212278C" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00E36D90">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3494" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D83D00B" w14:textId="77777777" w:rsidR="0090286E" w:rsidRPr="0090286E" w:rsidRDefault="0090286E" w:rsidP="0090286E">
+          <w:p w14:paraId="5D83D00B" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="0090286E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Attorney/Petitioner Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="04DD64F5" w14:textId="77777777" w:rsidR="00F712F5" w:rsidRPr="0087274F" w:rsidRDefault="00F712F5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C76D123" w14:textId="77777777" w:rsidR="00580A1B" w:rsidRPr="00580A1B" w:rsidRDefault="00580A1B" w:rsidP="00580A1B">
+    <w:p w14:paraId="3C76D123" w14:textId="77777777" w:rsidR="00580A1B" w:rsidRPr="00580A1B" w:rsidRDefault="00580A1B" w:rsidP="00A55585">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="219425AB" wp14:editId="4B75C439">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="219425AB" wp14:editId="47006671">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>2752725</wp:posOffset>
+              <wp:posOffset>2581275</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-109220</wp:posOffset>
+              <wp:posOffset>-442595</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1346200" cy="1346200"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="FCFormSeal.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
@@ -8205,51 +7386,51 @@
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="35420627" w14:textId="77777777" w:rsidR="00F712F5" w:rsidRDefault="00F712F5" w:rsidP="00580A1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F2E939" w14:textId="77777777" w:rsidR="00F712F5" w:rsidRDefault="00F712F5" w:rsidP="00F712F5">
+    <w:p w14:paraId="40F2E939" w14:textId="31317AB2" w:rsidR="00F712F5" w:rsidRDefault="00F712F5" w:rsidP="00F712F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For</w:t>
@@ -8259,22499 +7440,19750 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F02CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="43" w:name="Check30"/>
+      <w:bookmarkStart w:id="46" w:name="Check30"/>
       <w:r w:rsidR="007F02CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C724E8">
+      <w:r w:rsidR="007F02CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00C724E8">
+      <w:r w:rsidR="007F02CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="007F02CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> New Castle County  </w:t>
+        <w:t xml:space="preserve"> New Castle  </w:t>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C724E8">
+      <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00C724E8">
+      <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kent County  </w:t>
+        <w:t xml:space="preserve"> Kent </w:t>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C724E8">
+      <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00C724E8">
+      <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="004B27C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41EA0E7E" w14:textId="77777777" w:rsidR="0036071C" w:rsidRDefault="0036071C" w:rsidP="00580A1B">
+    <w:p w14:paraId="41EA0E7E" w14:textId="77777777" w:rsidR="0036071C" w:rsidRPr="004D5DE3" w:rsidRDefault="0036071C" w:rsidP="00580A1B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10170" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="354"/>
+        <w:gridCol w:w="3786"/>
+        <w:gridCol w:w="90"/>
+        <w:gridCol w:w="1260"/>
+        <w:gridCol w:w="659"/>
+        <w:gridCol w:w="691"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1350"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009902F4" w:rsidRPr="004D5DE3" w14:paraId="293DB495" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10170" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B3AC8FF" w14:textId="77777777" w:rsidR="009902F4" w:rsidRPr="004D5DE3" w:rsidRDefault="009902F4" w:rsidP="009902F4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DEPENDENCY/NEGLECT PETITION FOR CUSTODY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="6D77F176" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1350" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0485411E" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Petitioner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="071FBEE5" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E053F4E" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Respondent 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="0F79E1F3" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D7726A4" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00505289">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DFS/Worker Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F123546" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00505289">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="08929427" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00505289">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB34C11" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="0015105F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>File Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="45C33887" w14:textId="77777777" w:rsidTr="0020406D">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51DDDC7A" w14:textId="496D30D3" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00A522B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text37"/>
+                  <w:enabled/>
+                  <w:calcOnExit/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="47" w:name="Text37"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="47"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="47600CCF" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD84EE5" w14:textId="16D37095" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="0020406D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF Text3 \h  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A95AAD" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00AD6056">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text145"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="48" w:name="Text145"/>
+            <w:r w:rsidR="00AD6056">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00AD6056">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00AD6056">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00AD6056">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD6056">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD6056">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD6056">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD6056">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD6056">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="48"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="228AE6C1" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00575D58">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="66F7C296" w14:textId="77777777" w:rsidTr="005E72CA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F8D3779" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3786" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3795D53B" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>92 Christina Road</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A21FBB9" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>New Castle, DE 19720</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C2A007" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1919" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="498212BF" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D.O.B.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2671" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E15F9F0" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Phone Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55A99CF8" w14:textId="14D3CA13" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="003053F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF Text1 \h  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A95AAD" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00751F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text142"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="49" w:name="Text142"/>
+            <w:r w:rsidR="00751F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00751F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00751F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00751F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00751F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00751F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00751F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00751F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00751F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="49"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="1FD406C1" w14:textId="77777777" w:rsidTr="005E72CA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BFF214D" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3786" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45AD65C2" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="282594B3" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1919" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C66CF8" w14:textId="5E1E8F8D" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text146"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="50" w:name="Text146"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="50"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2671" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B4F4D0C" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text116"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="51" w:name="Text116"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="51"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B49564" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="606E7539" w14:textId="77777777" w:rsidTr="005E72CA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A0A45C4" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3786" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67233B81" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>821 Silver Lake Blvd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DAEB2C2" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dover, DE 19904</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="420C8FB9" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F27E7A" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Street Address (Including Apt)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0462E16B" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="0015105F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Petition Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="4354CAF3" w14:textId="77777777" w:rsidTr="005E72CA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="316EC8C4" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3786" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0218E731" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1069EA11" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A45488C" w14:textId="3167E731" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00121F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text147"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="52" w:name="Text147"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="52"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B06EA3C" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00575D58">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="0E881CA3" w14:textId="77777777" w:rsidTr="005E72CA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79D4B248" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="53" w:name="Check9"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="53"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3786" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FC86C0A" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Georgetown Service Center</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76E5AD72" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>546 South Bedford Street</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="643BEB51" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Georgetown, DE 19946</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69BF7AD5" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D8399B" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P.O. Box Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64AAFBBB" w14:textId="44B60D9A" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="00751F49" w:rsidP="00575D58">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text143"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="54" w:name="Text143"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="54"/>
+            <w:r w:rsidR="003053F9" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="003053F9" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF Text2 \h  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="003053F9" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="003053F9" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A95AAD" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidR="003053F9" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="160B2F8D" w14:textId="77777777" w:rsidTr="005E72CA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="354" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="462CDA1B" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3786" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B82AFB" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5155AB9C" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA56400" w14:textId="457AFA8F" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text150"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="55" w:name="Text150"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="55"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EFC746C" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="5415A446" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1350" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="462BDF4E" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Attorney Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C229E30" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="771B4BA9" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>City/State/ZIP Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="6E2595FD" w14:textId="77777777" w:rsidTr="00AD6056">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1350" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4BE74C" w14:textId="0B787069" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text152"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="56" w:name="Text152"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="56"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F52E98" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="30094AD9" w14:textId="4117DEC2" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00121F80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text151"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="57" w:name="Text151"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="57"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="5B0DFBDF" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1350" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F8099D" w14:textId="03E7BA6A" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text164"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="58" w:name="Text164"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="58"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7095ABDE" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="38EF49B4" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Attorney Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="00CA6396" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1350" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42848E4D" w14:textId="1E423AC3" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text165"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="59" w:name="Text165"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="59"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7253F636" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A197872" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="009902F4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text44"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="60" w:name="Text44"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="60"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="002A6352" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1350" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5B0F76" w14:textId="7B3BDAFE" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text166"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="61" w:name="Text166"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="61"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="136D14E3" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AC70096" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Interpreter Needed?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6E5635" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="62" w:name="Check5"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="62"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EDEF51" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="63" w:name="Check6"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="63"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003053F9" w:rsidRPr="004D5DE3" w14:paraId="64150A9E" w14:textId="77777777" w:rsidTr="0020406D">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="29" w:type="dxa"/>
+            <w:right w:w="29" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1350" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7530FC5B" w14:textId="581140A0" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text167"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="64" w:name="Text167"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="64"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="734E1868" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="160B44D8" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="00E5622E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3330" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="495CDE12" w14:textId="77777777" w:rsidR="003053F9" w:rsidRPr="004D5DE3" w:rsidRDefault="003053F9" w:rsidP="0020406D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text45"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="65" w:name="Text45"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="65"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="16452C16" w14:textId="77777777" w:rsidR="00575D58" w:rsidRPr="004D5DE3" w:rsidRDefault="00575D58" w:rsidP="00575D58">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10170" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="29" w:type="dxa"/>
+          <w:right w:w="29" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1195"/>
+        <w:gridCol w:w="1042"/>
+        <w:gridCol w:w="463"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="1260"/>
+        <w:gridCol w:w="180"/>
+        <w:gridCol w:w="1299"/>
+        <w:gridCol w:w="841"/>
+        <w:gridCol w:w="740"/>
+        <w:gridCol w:w="1170"/>
+        <w:gridCol w:w="1080"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="69BA8B02" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="358AAE9D" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Respondent 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24599993" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="779646CF" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Respondent 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="041AB127" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3473C9AF" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="590CFF03" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="629FF805" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="2D200F3C" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0ACDDB" w14:textId="5D763B60" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text153"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="66" w:name="Text153"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="66"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C88163D" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC9E72A" w14:textId="343B2DB3" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text154"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="67" w:name="Text154"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="67"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="27A54885" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="41F52A1E" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D.O.B.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2623" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="755D9903" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Phone Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="22C3F94F" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="534010DB" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D.O.B.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2990" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD3947F" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Phone Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="6FB11B30" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ADBEBAA" w14:textId="45BF02DE" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text155"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="68" w:name="Text155"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="68"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2623" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="31EC87F7" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text117"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="69" w:name="Text117"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="69"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A28D2D7" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B2D6037" w14:textId="064FE5F1" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text156"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="70" w:name="Text156"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="70"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2990" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D0FD37" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text118"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="71" w:name="Text118"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="71"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="4C4CBE72" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="786D01E9" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Street Address (Including Apt)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08EF430E" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DEC29DB" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Street Address (Including Apt)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="46D849EC" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3732F242" w14:textId="6F8DD997" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text157"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="72" w:name="Text157"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="72"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="38849575" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51668E48" w14:textId="0F6A7173" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text158"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="73" w:name="Text158"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="73"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="7D5113CB" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7298C56A" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P.O. Box Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69DA55D0" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="781AF263" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P.O. Box Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="74DAFA3F" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A71489C" w14:textId="0FBBB35C" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text159"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="74" w:name="Text159"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="74"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="56FB57DF" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0366DFA1" w14:textId="7986A80A" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text160"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="75" w:name="Text160"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="75"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="5B94C6F8" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FBF3FA5" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>City/State/ZIP Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="36F9610D" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="180D0DD6" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>City/State/ZIP Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="4E96574A" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A2014A" w14:textId="299F8109" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text161"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="76" w:name="Text161"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="76"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="631874FC" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C4CC030" w14:textId="0B0B2A55" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text162"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="77" w:name="Text162"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="77"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="5FC862D0" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="789F8F9D" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Attorney Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C558328" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17955898" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Attorney Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="4E884D8A" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2583B415" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text53"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="78" w:name="Text53"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="78"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48A06065" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B9EE991" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text61"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="79" w:name="Text61"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="79"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="778F755F" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1373EF" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Interpreter Needed?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5378A2" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="80" w:name="Check7"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="80"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C47AC67" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="81" w:name="Check8"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="81"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24ADC52F" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="397266C7" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Interpreter Needed?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74DDBDCD" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="82" w:name="Check10"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="82"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C755AF" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F56665">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check11"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="83" w:name="Check11"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="83"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="6A1CEE26" w14:textId="77777777" w:rsidTr="00A55585">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1195" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5596A6EF" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00A55585">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3665" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F8F0E8C" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00A55585">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text54"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="84" w:name="Text54"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="84"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E2DBDAA" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00A55585">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="29" w:type="dxa"/>
+              <w:right w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BD2146D" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00A55585">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05666235" w14:textId="77777777" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00A55585">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text62"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="85" w:name="Text62"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="85"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="72E91E6A" w14:textId="77777777" w:rsidR="00007872" w:rsidRPr="004D5DE3" w:rsidRDefault="00007872" w:rsidP="00580A1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10165" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3325"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2965"/>
+        <w:gridCol w:w="1890"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F64C49" w:rsidRPr="004D5DE3" w14:paraId="71B77E96" w14:textId="77777777" w:rsidTr="001B6FD8">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10165" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7440B6F3" w14:textId="77777777" w:rsidR="00F64C49" w:rsidRPr="004D5DE3" w:rsidRDefault="00F64C49" w:rsidP="00F64C49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IN THE INTEREST OF (include last name):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="066E05CD" w14:textId="77777777" w:rsidTr="001B6FD8">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3325" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="27803981" w14:textId="3A6E95D7" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F64C49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text119"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="86" w:name="Text119"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="86"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2ACAD3" w14:textId="5D794954" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F64C49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D.O.B.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text123"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="87" w:name="Text123"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="87"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A97E5A7" w14:textId="1E1EECF9" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F64C49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text127"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="88" w:name="Text127"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="88"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20520A9E" w14:textId="4FEA2069" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00F64C49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D.O.B.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text131"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="89" w:name="Text131"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="89"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="5582AD8B" w14:textId="77777777" w:rsidTr="001B6FD8">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3325" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="168EF1CE" w14:textId="297ACCB8" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00B71B7F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text120"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="90" w:name="Text120"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="90"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="04DF2071" w14:textId="655206D8" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00B71B7F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D.O.B.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text124"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="91" w:name="Text124"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="91"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F2670C" w14:textId="40165900" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00B71B7F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text128"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="92" w:name="Text128"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="92"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F680B33" w14:textId="017B826E" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00B71B7F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D.O.B.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text132"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="93" w:name="Text132"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="93"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="09FEC6F8" w14:textId="77777777" w:rsidTr="001B6FD8">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3325" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDD4DFB" w14:textId="6B527CF2" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00B71B7F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text121"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="94" w:name="Text121"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="94"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E057665" w14:textId="3548D7A2" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00B71B7F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D.O.B.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text125"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="95" w:name="Text125"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="95"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA9184B" w14:textId="41133462" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00B71B7F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text129"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="96" w:name="Text129"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="96"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1115BCF5" w14:textId="62D2ECA1" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00B71B7F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D.O.B.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text133"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="97" w:name="Text133"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="97"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w14:paraId="61E7BB86" w14:textId="77777777" w:rsidTr="001B6FD8">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3325" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="381DB594" w14:textId="1C23E988" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00B71B7F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text122"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="98" w:name="Text122"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="98"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="66CBCB4D" w14:textId="4F209CAC" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00B71B7F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D.O.B.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text126"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="99" w:name="Text126"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="99"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2965" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="337B61A3" w14:textId="76D737C0" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00B71B7F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text130"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="100" w:name="Text130"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="100"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5D85EE" w14:textId="04BA3AE8" w:rsidR="00D737A1" w:rsidRPr="004D5DE3" w:rsidRDefault="00D737A1" w:rsidP="00B71B7F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D.O.B.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text134"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="101" w:name="Text134"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="101"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0B3CD1FF" w14:textId="77777777" w:rsidR="00404E7B" w:rsidRPr="004D5DE3" w:rsidRDefault="00404E7B" w:rsidP="00580A1B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E89CE81" w14:textId="0F42EA24" w:rsidR="004D5DE3" w:rsidRPr="00D737A1" w:rsidRDefault="00404E7B" w:rsidP="00D737A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Have all the child(ren) named in the Petition continually resided with one another?  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28784340" w14:textId="5ED6B926" w:rsidR="00404E7B" w:rsidRPr="004D5DE3" w:rsidRDefault="00404E7B" w:rsidP="00D737A1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check24"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="102" w:name="Check24"/>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check25"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="103" w:name="Check25"/>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B8A686" w14:textId="77777777" w:rsidR="00404E7B" w:rsidRPr="004D5DE3" w:rsidRDefault="00404E7B" w:rsidP="00404E7B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ED925F7" w14:textId="77777777" w:rsidR="00404E7B" w:rsidRDefault="00BC6A98" w:rsidP="00D737A1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Address(es) where the Child</w:t>
+      </w:r>
+      <w:r w:rsidR="00404E7B" w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00404E7B" w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>en) have resided for the past twelve (12) months beginning with current address.</w:t>
+      </w:r>
+      <w:r w:rsidR="00404E7B" w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB85085" w14:textId="77777777" w:rsidR="00BF77D4" w:rsidRPr="004D5DE3" w:rsidRDefault="00BF77D4" w:rsidP="00D737A1">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B9252E9" w14:textId="725B70B9" w:rsidR="00404E7B" w:rsidRPr="004D5DE3" w:rsidRDefault="00404E7B" w:rsidP="00BF77D4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If the address where the child(ren) current</w:t>
+      </w:r>
+      <w:r w:rsidR="001971C3" w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ly reside(s) is a confidential a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ddress in Family Court DO NOT provide the address on this form. Instead, mark the fields as</w:t>
+      </w:r>
+      <w:r w:rsidR="00D737A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CONFIDENTIAL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3783C136" w14:textId="77777777" w:rsidR="00404E7B" w:rsidRPr="004D5DE3" w:rsidRDefault="00404E7B" w:rsidP="00404E7B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5040"/>
+        <w:gridCol w:w="1698"/>
+        <w:gridCol w:w="421"/>
+        <w:gridCol w:w="884"/>
+        <w:gridCol w:w="239"/>
+        <w:gridCol w:w="1435"/>
+        <w:gridCol w:w="453"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w14:paraId="52C7B58A" w14:textId="77777777" w:rsidTr="00A55585">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5498052A" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C13FD4C" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>City</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E912BF" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2980DD77" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>State</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBCDAEC" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1888" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B276E85" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zip Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w14:paraId="0847E0E9" w14:textId="77777777" w:rsidTr="00A55585">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="528C4513" w14:textId="5B23530B" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="00A55585" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text168"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="104" w:name="Text168"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="104"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20532B11" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A7E5EC" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="112C51CC" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text85"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4AC863" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1888" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF67089" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text85"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w14:paraId="4F24066F" w14:textId="77777777" w:rsidTr="00A55585">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1995FF19" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dates Child(ren) resided at this address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B94D7A" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text85"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="105" w:name="Text85"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="105"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADE44F9" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3011" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5659D3ED" w14:textId="27389F66" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>present.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w14:paraId="79E71D19" w14:textId="77777777" w:rsidTr="00A55585">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA4278E" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Address where child(ren) previously resided</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D1F375F" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>City</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="119C1566" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BEDB463" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>State</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="592DF4A2" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1888" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="530ECD4E" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zip Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w14:paraId="7E3551C5" w14:textId="77777777" w:rsidTr="00A55585">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="32543A46" w14:textId="33FE9398" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="00A55585" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text169"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="106" w:name="Text169"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="106"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6166D9A2" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B8171C" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5B5F4B" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="22639D16" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1888" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="628E0A7D" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w14:paraId="6E26C931" w14:textId="77777777" w:rsidTr="00A55585">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D22984F" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date(s) child(ren) lived there:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F500B2B" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text86"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="107" w:name="Text86"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="107"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC94212" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF87106" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text86"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3914CDC5" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w14:paraId="569DE2C1" w14:textId="77777777" w:rsidTr="00A55585">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D269357" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Address where child(ren) previously resided</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C711F64" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>City</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACE19C5" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBF5743" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>State</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A835DC4" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1888" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB0D30F" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zip Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w14:paraId="5618012B" w14:textId="77777777" w:rsidTr="00A55585">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0210ED25" w14:textId="25B51A1A" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="00A55585" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text170"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="108" w:name="Text170"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="108"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E05437" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="109" w:name="Text87"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="109"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0B760E" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="04BCDA25" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0975DC" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1888" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="71FB7081" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text88"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="110" w:name="Text88"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="110"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w14:paraId="267C0378" w14:textId="77777777" w:rsidTr="00A55585">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="140C0D84" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date(s) child(ren) lived there:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20323B01" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="420E501B" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A24053C" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text89"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:bookmarkStart w:id="111" w:name="Text89"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="111"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12E99814" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A55585">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0F5E4093" w14:textId="75149B38" w:rsidR="00BF77D4" w:rsidRDefault="00BF77D4" w:rsidP="00404E7B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3293AC6E" w14:textId="77777777" w:rsidR="00BF77D4" w:rsidRDefault="00BF77D4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04CAD9DD" w14:textId="77777777" w:rsidR="00BF77D4" w:rsidRPr="004D5DE3" w:rsidRDefault="00BF77D4" w:rsidP="00404E7B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10260" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5310"/>
+        <w:gridCol w:w="3240"/>
+        <w:gridCol w:w="1710"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w14:paraId="7909E573" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10260" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08F6A44D" w14:textId="0BD5D696" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="006C0C6E">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check26"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Petitioner is aware of other Court actions such as Protection from Abuse, Termination of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parental Rights,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Guardianship, Adoption, or past Dependency/Neglect Petitions that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">could affect this petition. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>If you check this box, complete information below.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="505DD3C2" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="33FA411A" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Type of action (e.g., Guardianship, TPR, other)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="789D40C1" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Person who filed the action</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0491E5" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>State</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="7B34BF64" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A91A3F3" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text90"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:bookmarkStart w:id="112" w:name="Text90"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="112"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B62D832" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text91"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:bookmarkStart w:id="113" w:name="Text91"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="113"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8DFD21" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text92"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="114" w:name="Text92"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="114"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="69844833" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A179E19" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="52B6AF66" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Case Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="066B9D75" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date of Order</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="78ACFB65" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12D2BD4C" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text93"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:bookmarkStart w:id="115" w:name="Text93"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="115"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68592538" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text94"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:bookmarkStart w:id="116" w:name="Text94"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="116"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="763F625A" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text95"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="117" w:name="Text95"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="117"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="09E84DA2" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B48363" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Type of action (e.g., Guardianship, TPR, other)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C158B6D" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Person who filed the action</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="10AE4DB8" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>State</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="690EF47E" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF705C3" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text90"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B45EED" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text91"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77E6B732" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text92"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="5AB60114" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DC1EAD" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C26F03D" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Case Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2AF998" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date of Order</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="44A03476" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="13543356" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text93"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23DCA91F" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text94"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D7A3717" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text95"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="249EFBA1" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1895C94C" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Type of action (e.g., Guardianship, TPR, other)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D7E005" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Person who filed the action</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF5D952" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>State</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="5AB02295" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="022804FE" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text90"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2566DC" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text91"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F94A9C" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text92"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="150932DF" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="167249D4" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E974FD5" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Case Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="348CB504" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date of Order</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00864461" w:rsidRPr="004D5DE3" w14:paraId="6EE93A86" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF15561" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text93"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F5CE536" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text94"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FAE5B16" w14:textId="77777777" w:rsidR="00864461" w:rsidRPr="004D5DE3" w:rsidRDefault="00864461" w:rsidP="00574194">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text95"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="343E3AEA" w14:textId="77777777" w:rsidR="00404E7B" w:rsidRPr="004D5DE3" w:rsidRDefault="00404E7B" w:rsidP="00404E7B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="775E39CB" w14:textId="77777777" w:rsidR="004B5536" w:rsidRPr="004D5DE3" w:rsidRDefault="004B5536" w:rsidP="008667B8">
+      <w:pPr>
+        <w:ind w:left="108"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The child(ren) are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74DC2B96" w14:textId="77777777" w:rsidR="004B5536" w:rsidRPr="004D5DE3" w:rsidRDefault="004B5536" w:rsidP="008667B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="645"/>
+        </w:tabs>
+        <w:ind w:left="108"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check27"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="118" w:name="Check27"/>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Dependent as defined by 10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Del. C.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 901(8).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8109A9" w14:textId="77777777" w:rsidR="004B5536" w:rsidRPr="004D5DE3" w:rsidRDefault="004B5536" w:rsidP="008667B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="645"/>
+        </w:tabs>
+        <w:ind w:left="108"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check28"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="119" w:name="Check28"/>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Neglected as defined by 10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Del. C.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 901(18).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5C6F17" w14:textId="77777777" w:rsidR="004B5536" w:rsidRPr="004D5DE3" w:rsidRDefault="004B5536" w:rsidP="008667B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="645"/>
+        </w:tabs>
+        <w:ind w:left="108"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check29"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="120" w:name="Check29"/>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Abused as defined by 10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Del. C.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 901(1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22AD90FA" w14:textId="77777777" w:rsidR="008667B8" w:rsidRPr="004D5DE3" w:rsidRDefault="008667B8" w:rsidP="00404E7B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="180"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="2147"/>
+        <w:gridCol w:w="10224"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009902F4" w14:paraId="293DB495" w14:textId="77777777" w:rsidTr="00DF05BE">
-[...3 lines deleted...]
-            <w:gridSpan w:val="13"/>
+      <w:tr w:rsidR="008667B8" w:rsidRPr="004D5DE3" w14:paraId="3FE39C16" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10224" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...22 lines deleted...]
-              <w:t>DEPENDENCY/NEGLECT PETITION FOR CUSTODY</w:t>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="779F9352" w14:textId="77777777" w:rsidR="008667B8" w:rsidRPr="004D5DE3" w:rsidRDefault="008667B8" w:rsidP="00E411FA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>In support of the allegations in the preceding paragraph, the Petitioner alleges the following facts:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009902F4" w14:paraId="6734F459" w14:textId="77777777" w:rsidTr="00DF05BE">
-[...3 lines deleted...]
-            <w:gridSpan w:val="13"/>
+      <w:tr w:rsidR="00E411FA" w:rsidRPr="004D5DE3" w14:paraId="6E0AA2CE" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10224" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...416 lines deleted...]
-                <w:szCs w:val="20"/>
+          </w:tcPr>
+          <w:p w14:paraId="38859309" w14:textId="77777777" w:rsidR="00E411FA" w:rsidRDefault="00E411FA" w:rsidP="00E411FA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text37"/>
-[...760 lines deleted...]
-                  <w:name w:val="Text116"/>
+                  <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="Text116"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:id="121" w:name="Text96"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
-[...2393 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:bookmarkEnd w:id="121"/>
+          </w:p>
+          <w:p w14:paraId="3591FD16" w14:textId="77777777" w:rsidR="00751F49" w:rsidRDefault="00751F49" w:rsidP="00E411FA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FFC5288" w14:textId="77777777" w:rsidR="00751F49" w:rsidRDefault="00751F49" w:rsidP="00E411FA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BC72EA5" w14:textId="77777777" w:rsidR="00751F49" w:rsidRDefault="00751F49" w:rsidP="00E411FA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07357271" w14:textId="77777777" w:rsidR="00751F49" w:rsidRDefault="00751F49" w:rsidP="00E411FA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08227C6F" w14:textId="77777777" w:rsidR="00751F49" w:rsidRDefault="00751F49" w:rsidP="00E411FA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2AD1B580" w14:textId="77777777" w:rsidR="00751F49" w:rsidRDefault="00751F49" w:rsidP="00E411FA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32B38619" w14:textId="77777777" w:rsidR="00751F49" w:rsidRDefault="00751F49" w:rsidP="00E411FA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38A4092D" w14:textId="77777777" w:rsidR="00751F49" w:rsidRDefault="00751F49" w:rsidP="00E411FA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22D67BC3" w14:textId="77777777" w:rsidR="00751F49" w:rsidRDefault="00751F49" w:rsidP="00E411FA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19E7D608" w14:textId="77777777" w:rsidR="00751F49" w:rsidRPr="004D5DE3" w:rsidRDefault="00751F49" w:rsidP="00E411FA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16452C16" w14:textId="77777777" w:rsidR="00575D58" w:rsidRPr="00575D58" w:rsidRDefault="00575D58" w:rsidP="00575D58">
+    <w:p w14:paraId="2914B7FE" w14:textId="77777777" w:rsidR="008667B8" w:rsidRPr="004D5DE3" w:rsidRDefault="008667B8" w:rsidP="00404E7B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="12"/>
-          <w:szCs w:val="12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...3631 lines deleted...]
-    <w:p w14:paraId="72E91E6A" w14:textId="77777777" w:rsidR="00007872" w:rsidRDefault="00007872" w:rsidP="00580A1B">
+    <w:p w14:paraId="3884CAA0" w14:textId="77777777" w:rsidR="004B5536" w:rsidRPr="004D5DE3" w:rsidRDefault="004B5536" w:rsidP="00864461">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1689 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="004D5DE3">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">WHEREFORE, Petitioner prays that the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D5DE3">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>aforementioned child(ren)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be declared dependent, neglected,</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br w:type="page"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003053F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or abused and that custody be awarded to the Department of Services for Children, Youth, and their Families/Division of Family Services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318A7A08" w14:textId="77777777" w:rsidR="00F64C49" w:rsidRDefault="00F64C49" w:rsidP="00404E7B">
-[...9 lines deleted...]
-    <w:p w14:paraId="28784340" w14:textId="77777777" w:rsidR="00404E7B" w:rsidRPr="00404E7B" w:rsidRDefault="00404E7B" w:rsidP="00404E7B">
+    <w:p w14:paraId="7D43C9F0" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="004D5DE3" w:rsidRDefault="006F0274" w:rsidP="006F0274">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-        </w:rPr>
-[...241 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4410"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="10"/>
+        <w:gridCol w:w="4860"/>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="4824"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008667B8" w:rsidRPr="004E73BC" w14:paraId="52C7B58A" w14:textId="77777777" w:rsidTr="00574194">
+      <w:tr w:rsidR="006F0274" w:rsidRPr="004D5DE3" w14:paraId="226055B4" w14:textId="77777777" w:rsidTr="00A95AAD">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="259"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4410" w:type="dxa"/>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA6FAF8" w14:textId="765D5105" w:rsidR="006F0274" w:rsidRPr="004D5DE3" w:rsidRDefault="00AD6056" w:rsidP="00A95AAD">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-1440"/>
+                <w:tab w:val="center" w:pos="2322"/>
+                <w:tab w:val="left" w:pos="2895"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text163"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="122" w:name="Text163"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="122"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5498052A" w14:textId="77777777" w:rsidR="008667B8" w:rsidRPr="004E73BC" w:rsidRDefault="008667B8" w:rsidP="00574194">
+          </w:tcPr>
+          <w:p w14:paraId="1CF6BC76" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="004D5DE3" w:rsidRDefault="006F0274" w:rsidP="009B3497">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-            <w:tcW w:w="238" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="670B0036" w14:textId="77777777" w:rsidR="008667B8" w:rsidRPr="004E73BC" w:rsidRDefault="008667B8" w:rsidP="00574194">
+          <w:p w14:paraId="40A8AF78" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="004D5DE3" w:rsidRDefault="006F0274" w:rsidP="00A95AAD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:top w:val="nil"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text99"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F0274" w:rsidRPr="004D5DE3" w14:paraId="2F5BE812" w14:textId="77777777" w:rsidTr="006C0C6E">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C13FD4C" w14:textId="77777777" w:rsidR="008667B8" w:rsidRPr="004E73BC" w:rsidRDefault="008667B8" w:rsidP="00574194">
+          </w:tcPr>
+          <w:p w14:paraId="64C49C53" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="004D5DE3" w:rsidRDefault="006F0274" w:rsidP="009B3497">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-            <w:tcW w:w="266" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Print Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="15E912BF" w14:textId="77777777" w:rsidR="008667B8" w:rsidRPr="004E73BC" w:rsidRDefault="008667B8" w:rsidP="00574194">
+          </w:tcPr>
+          <w:p w14:paraId="65AE165C" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="004D5DE3" w:rsidRDefault="006F0274" w:rsidP="009B3497">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-              <w:top w:val="nil"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2980DD77" w14:textId="77777777" w:rsidR="008667B8" w:rsidRPr="004E73BC" w:rsidRDefault="008667B8" w:rsidP="00574194">
+          </w:tcPr>
+          <w:p w14:paraId="629CAB13" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="004D5DE3" w:rsidRDefault="006F0274" w:rsidP="009B3497">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...4495 lines deleted...]
-              <w:t>.</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Deputy Attorney General</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7E9DE204" w14:textId="77777777" w:rsidR="00404E7B" w:rsidRPr="00404E7B" w:rsidRDefault="00404E7B" w:rsidP="00404E7B">
+    <w:p w14:paraId="73E2D127" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="004D5DE3" w:rsidRDefault="006F0274" w:rsidP="006F0274">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...6097 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="742"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4032"/>
+        <w:gridCol w:w="790"/>
+        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="268"/>
+        <w:gridCol w:w="1246"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F0274" w:rsidRPr="006F0274" w14:paraId="46122672" w14:textId="77777777" w:rsidTr="006F0274">
+      <w:tr w:rsidR="006F0274" w:rsidRPr="004D5DE3" w14:paraId="46122672" w14:textId="77777777" w:rsidTr="004D5DE3">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5F7EC478" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="006F0274" w:rsidRDefault="006F0274" w:rsidP="006F0274">
+          <w:p w14:paraId="5F7EC478" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="004D5DE3" w:rsidRDefault="006F0274" w:rsidP="006F0274">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4032" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1D4420D0" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="006F0274" w:rsidRDefault="006F0274" w:rsidP="006F0274">
+          <w:p w14:paraId="1D4420D0" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="004D5DE3" w:rsidRDefault="006F0274" w:rsidP="006F0274">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="78" w:name="Text97"/>
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="123" w:name="Text97"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006F0274">
-[...8 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006F0274">
-[...42 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="78"/>
+            <w:bookmarkEnd w:id="123"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="269" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="59AB90A5" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="006F0274" w:rsidRDefault="006F0274" w:rsidP="006F0274">
+          <w:p w14:paraId="59AB90A5" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="004D5DE3" w:rsidRDefault="006F0274" w:rsidP="006F0274">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1261" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="25D8F5EA" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="006F0274" w:rsidRDefault="00574194" w:rsidP="006F0274">
+          <w:p w14:paraId="25D8F5EA" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="004D5DE3" w:rsidRDefault="00574194" w:rsidP="006F0274">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bar I</w:t>
             </w:r>
-            <w:r w:rsidR="006F0274" w:rsidRPr="006F0274">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="006F0274" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">D </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="006F0274" w:rsidRPr="006F0274">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="006F0274" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t># :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4032" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5EE209" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="006F0274" w:rsidRDefault="006F0274" w:rsidP="006F0274">
+          <w:p w14:paraId="0F5EE209" w14:textId="77777777" w:rsidR="006F0274" w:rsidRPr="004D5DE3" w:rsidRDefault="006F0274" w:rsidP="006F0274">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text98"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="79" w:name="Text98"/>
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:bookmarkStart w:id="124" w:name="Text98"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006F0274">
-[...8 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006F0274">
-[...42 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="79"/>
+            <w:bookmarkEnd w:id="124"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4159BF93" w14:textId="77777777" w:rsidR="001971C3" w:rsidRDefault="001971C3" w:rsidP="00404E7B">
+    <w:p w14:paraId="3908F485" w14:textId="77777777" w:rsidR="00762F8E" w:rsidRPr="004D5DE3" w:rsidRDefault="00762F8E" w:rsidP="00404E7B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B175447" w14:textId="77777777" w:rsidR="00762F8E" w:rsidRDefault="00762F8E" w:rsidP="00404E7B">
+    <w:p w14:paraId="27996C28" w14:textId="77777777" w:rsidR="00762F8E" w:rsidRPr="004D5DE3" w:rsidRDefault="00762F8E" w:rsidP="00404E7B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3908F485" w14:textId="77777777" w:rsidR="00762F8E" w:rsidRDefault="00762F8E" w:rsidP="00404E7B">
+    <w:p w14:paraId="6AE35279" w14:textId="77777777" w:rsidR="004B5536" w:rsidRPr="004D5DE3" w:rsidRDefault="004B5536" w:rsidP="00864461">
       <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Unsworn Declaration Made Under Penalty of Perjury</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DDFEC50" w14:textId="77777777" w:rsidR="004B5536" w:rsidRDefault="004B5536" w:rsidP="003053F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pursuant to Section 3927 of Title 10 of the Delaware Code, Family Court Standing Order #3, and Rule 79.2 of the Family Court Rules of Civil Procedure, I declare under penalty of perjury under the laws of Delaware, that the allegations contained in the attached Dependency/Neglect Petition for Custody are true and correct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60FCB22C" w14:textId="77777777" w:rsidR="004B5536" w:rsidRPr="004D5DE3" w:rsidRDefault="004B5536" w:rsidP="003053F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F3CA356" w14:textId="09B4E718" w:rsidR="004B5536" w:rsidRPr="004D5DE3" w:rsidRDefault="004B5536" w:rsidP="004B5536">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2178"/>
+          <w:tab w:val="left" w:pos="4158"/>
+          <w:tab w:val="left" w:pos="5238"/>
+          <w:tab w:val="left" w:pos="7745"/>
+          <w:tab w:val="left" w:pos="8028"/>
+          <w:tab w:val="left" w:pos="9738"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="004D5DE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Executed on the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D5DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>day of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text173"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="125" w:name="Text173"/>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="004B5536">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F2015BB" w14:textId="77777777" w:rsidR="007021D4" w:rsidRDefault="007021D4" w:rsidP="00DA3D61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10794" w:type="dxa"/>
+        <w:tblW w:w="4050" w:type="dxa"/>
+        <w:tblInd w:w="5760" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1890"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2964"/>
+        <w:gridCol w:w="4050"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00886690" w:rsidRPr="00D270F8" w14:paraId="2BFC0048" w14:textId="77777777" w:rsidTr="00762F8E">
+      <w:tr w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w14:paraId="56E7372E" w14:textId="77777777" w:rsidTr="00BF77D4">
         <w:trPr>
-          <w:trHeight w:val="317"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10794" w:type="dxa"/>
-[...282 lines deleted...]
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1E105482" w14:textId="77777777" w:rsidR="00886690" w:rsidRPr="00D270F8" w:rsidRDefault="00886690" w:rsidP="00665397">
+          <w:p w14:paraId="220FE595" w14:textId="60E99BAD" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A8713F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text4"/>
+                  <w:name w:val="Text135"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D270F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="126" w:name="Text135"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D270F8">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D270F8">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:bookmarkEnd w:id="126"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF  Text37 \h  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A95AAD" w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w14:paraId="599591A6" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7386BD0A" w14:textId="77777777" w:rsidR="00886690" w:rsidRPr="00D270F8" w:rsidRDefault="00886690" w:rsidP="00665397">
+          </w:tcPr>
+          <w:p w14:paraId="7F3CC66F" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="004D5DE3" w:rsidRDefault="006C0C6E" w:rsidP="00A8713F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...12 lines deleted...]
-            <w:gridSpan w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Printed Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B5536" w:rsidRPr="004D5DE3" w14:paraId="05D5A5FA" w14:textId="77777777" w:rsidTr="00BF77D4">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="130F2338" w14:textId="77777777" w:rsidR="00886690" w:rsidRPr="00D270F8" w:rsidRDefault="00886690" w:rsidP="00665397">
+          <w:p w14:paraId="5A017AEC" w14:textId="704E3369" w:rsidR="004B5536" w:rsidRPr="004D5DE3" w:rsidRDefault="004B5536" w:rsidP="004B5536">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...484 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D270F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D270F8">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D270F8">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00886690" w:rsidRPr="00D270F8" w14:paraId="3AA0350D" w14:textId="77777777" w:rsidTr="00762F8E">
+      <w:tr w:rsidR="004B5536" w:rsidRPr="004D5DE3" w14:paraId="56FADCDA" w14:textId="77777777" w:rsidTr="00BF77D4">
         <w:trPr>
-          <w:trHeight w:val="317"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4518" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF7755A" w14:textId="77777777" w:rsidR="00886690" w:rsidRPr="00D270F8" w:rsidRDefault="00886690" w:rsidP="00665397">
+          <w:p w14:paraId="2E0F7B20" w14:textId="77777777" w:rsidR="004B5536" w:rsidRPr="004D5DE3" w:rsidRDefault="004B5536" w:rsidP="00A8713F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="765DEA43" w14:textId="77777777" w:rsidR="00886690" w:rsidRPr="00D270F8" w:rsidRDefault="00886690" w:rsidP="00665397">
+          <w:p w14:paraId="704D0D0F" w14:textId="22F35930" w:rsidR="004B5536" w:rsidRPr="004D5DE3" w:rsidRDefault="004B5536" w:rsidP="00A8713F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...72 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(Electronic signature is permitted – sign as “/s/Your Name”)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F2015BB" w14:textId="77777777" w:rsidR="007021D4" w:rsidRPr="00826DD4" w:rsidRDefault="007021D4" w:rsidP="00DA3D61">
+    <w:p w14:paraId="174BB856" w14:textId="77777777" w:rsidR="006C0C6E" w:rsidRPr="00826DD4" w:rsidRDefault="006C0C6E" w:rsidP="00DA3D61">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007021D4" w:rsidRPr="00826DD4" w:rsidSect="00886690">
+    <w:sectPr w:rsidR="006C0C6E" w:rsidRPr="00826DD4" w:rsidSect="004B5536">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
+      <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="44C20444" w14:textId="77777777" w:rsidR="00BC6A98" w:rsidRDefault="00BC6A98" w:rsidP="004B27C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1502F820" w14:textId="77777777" w:rsidR="00BC6A98" w:rsidRDefault="00BC6A98" w:rsidP="004B27C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:id w:val="-346871537"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="1728636285"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="5091ABC3" w14:textId="77777777" w:rsidR="00BC6A98" w:rsidRPr="005C4875" w:rsidRDefault="00BC6A98" w:rsidP="00886690">
+          <w:p w14:paraId="7B76360C" w14:textId="77777777" w:rsidR="004B5536" w:rsidRDefault="00BC6A98" w:rsidP="004B5536">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">File: </w:t>
             </w:r>
-            <w:r w:rsidRPr="005C4875">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="005C4875">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF Text1 \h  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005C4875">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0011426D">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="00A95AAD" w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidRPr="005C4875">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="005C4875">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  Petition: </w:t>
             </w:r>
-            <w:r w:rsidRPr="005C4875">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="005C4875">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF Text2 \h  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005C4875">
-[...10 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0011426D">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="00A95AAD" w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidRPr="005C4875">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F773541" w14:textId="77777777" w:rsidR="00BC6A98" w:rsidRPr="00886690" w:rsidRDefault="00BC6A98" w:rsidP="00886690">
+          <w:p w14:paraId="7F773541" w14:textId="39928CD7" w:rsidR="00BC6A98" w:rsidRPr="004B5536" w:rsidRDefault="00BC6A98" w:rsidP="004B5536">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
-            <w:r w:rsidRPr="00886690">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00886690">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00886690">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AB36FD">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="00AB36FD" w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00886690">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00886690">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
-            <w:r w:rsidRPr="00886690">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00886690">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00886690">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AB36FD">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidR="00AB36FD" w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00886690">
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="004B5536">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7FF593E6" w14:textId="77777777" w:rsidR="00BC6A98" w:rsidRDefault="00BC6A98" w:rsidP="004B27C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="76AF0992" w14:textId="77777777" w:rsidR="00BC6A98" w:rsidRDefault="00BC6A98" w:rsidP="004B27C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="43A3DBBE" w14:textId="77777777" w:rsidR="00BC6A98" w:rsidRPr="00886690" w:rsidRDefault="00AB36FD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="43A3DBBE" w14:textId="77777777" w:rsidR="00BC6A98" w:rsidRPr="004B5536" w:rsidRDefault="00AB36FD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="004B5536">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Form 106</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0031F160" w14:textId="77777777" w:rsidR="00BC6A98" w:rsidRDefault="00AB36FD">
+  <w:p w14:paraId="0031F160" w14:textId="5948FD89" w:rsidR="00BC6A98" w:rsidRPr="004B5536" w:rsidRDefault="00AB36FD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="004B5536">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>Rev 9</w:t>
+      <w:t xml:space="preserve">Rev </w:t>
     </w:r>
-    <w:r w:rsidR="00BC6A98" w:rsidRPr="00886690">
+    <w:r w:rsidR="00CF548F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>/20</w:t>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidR="00BC6A98" w:rsidRPr="004B5536">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>/2</w:t>
+    </w:r>
+    <w:r w:rsidR="00751F49" w:rsidRPr="004B5536">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="F6Dq6iq0aAIgji8SJdLk/g3KmPJX9ajO2JfkmHylPtmRlwxaiKIOCdoJ+CQ2V8bNMetOI2zF0ljy4U5XG40GlQ==" w:salt="iDiZCBf+Oo8ojBUVyEazQw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="tfWOEqUKRID3h9/ypTJtXjixUz/FDvWvZvY6yJtPtzjrEhSiVvPQ6TfIH6RKoZLdJblVkbcyOHf8Ht55lcCNYw==" w:salt="VxCyjERO0C43Yt/KxcR5Ng=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="38913"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B27C1"/>
     <w:rsid w:val="00007872"/>
     <w:rsid w:val="000E4A6B"/>
     <w:rsid w:val="0010775E"/>
     <w:rsid w:val="0011426D"/>
     <w:rsid w:val="00121F80"/>
     <w:rsid w:val="0015105F"/>
     <w:rsid w:val="001971C3"/>
+    <w:rsid w:val="001B6FD8"/>
     <w:rsid w:val="001C58B3"/>
+    <w:rsid w:val="0020406D"/>
     <w:rsid w:val="0026472A"/>
     <w:rsid w:val="002752F8"/>
     <w:rsid w:val="002A59A1"/>
     <w:rsid w:val="002B35E6"/>
     <w:rsid w:val="002D6D4F"/>
+    <w:rsid w:val="003053F9"/>
     <w:rsid w:val="00307236"/>
     <w:rsid w:val="00326B01"/>
     <w:rsid w:val="0036071C"/>
     <w:rsid w:val="00404E7B"/>
     <w:rsid w:val="00443625"/>
     <w:rsid w:val="004659AC"/>
     <w:rsid w:val="004B27C1"/>
+    <w:rsid w:val="004B287A"/>
+    <w:rsid w:val="004B5536"/>
+    <w:rsid w:val="004D5DE3"/>
     <w:rsid w:val="004E73BC"/>
     <w:rsid w:val="00505289"/>
     <w:rsid w:val="00516F65"/>
     <w:rsid w:val="00574194"/>
     <w:rsid w:val="00575D58"/>
     <w:rsid w:val="00580A1B"/>
     <w:rsid w:val="005A43A9"/>
     <w:rsid w:val="005C4875"/>
+    <w:rsid w:val="005E72CA"/>
     <w:rsid w:val="005F3621"/>
     <w:rsid w:val="0061017C"/>
+    <w:rsid w:val="00625779"/>
     <w:rsid w:val="0065306D"/>
     <w:rsid w:val="0065468F"/>
     <w:rsid w:val="00665397"/>
     <w:rsid w:val="00692467"/>
+    <w:rsid w:val="006C0C6E"/>
+    <w:rsid w:val="006E5919"/>
     <w:rsid w:val="006F0274"/>
     <w:rsid w:val="007021D4"/>
     <w:rsid w:val="00734F49"/>
+    <w:rsid w:val="00751F49"/>
     <w:rsid w:val="00762F8E"/>
     <w:rsid w:val="007A5641"/>
     <w:rsid w:val="007A7B92"/>
     <w:rsid w:val="007B6781"/>
     <w:rsid w:val="007D1040"/>
     <w:rsid w:val="007F02CA"/>
+    <w:rsid w:val="0081627C"/>
     <w:rsid w:val="00826DD4"/>
     <w:rsid w:val="008315CB"/>
     <w:rsid w:val="00857CCE"/>
+    <w:rsid w:val="00864461"/>
     <w:rsid w:val="008667B8"/>
     <w:rsid w:val="0087274F"/>
     <w:rsid w:val="0088250D"/>
     <w:rsid w:val="00886690"/>
     <w:rsid w:val="008C6E51"/>
+    <w:rsid w:val="008D7E7B"/>
     <w:rsid w:val="008E45D3"/>
     <w:rsid w:val="0090286E"/>
     <w:rsid w:val="009902F4"/>
     <w:rsid w:val="00994909"/>
+    <w:rsid w:val="0099520D"/>
     <w:rsid w:val="009A16FC"/>
+    <w:rsid w:val="009B0704"/>
     <w:rsid w:val="009B3497"/>
+    <w:rsid w:val="00A038E2"/>
     <w:rsid w:val="00A522B6"/>
+    <w:rsid w:val="00A55585"/>
+    <w:rsid w:val="00A95AAD"/>
     <w:rsid w:val="00AB36FD"/>
     <w:rsid w:val="00AC06EE"/>
+    <w:rsid w:val="00AD6056"/>
+    <w:rsid w:val="00AE5D99"/>
     <w:rsid w:val="00B06F6D"/>
     <w:rsid w:val="00B71B7F"/>
+    <w:rsid w:val="00B73831"/>
     <w:rsid w:val="00B87519"/>
     <w:rsid w:val="00BC6A98"/>
+    <w:rsid w:val="00BF77D4"/>
     <w:rsid w:val="00C724E8"/>
+    <w:rsid w:val="00CF548F"/>
     <w:rsid w:val="00D24D5E"/>
     <w:rsid w:val="00D32649"/>
     <w:rsid w:val="00D40A6E"/>
     <w:rsid w:val="00D41ED1"/>
+    <w:rsid w:val="00D5085F"/>
+    <w:rsid w:val="00D54DA8"/>
     <w:rsid w:val="00D5577C"/>
+    <w:rsid w:val="00D60D2F"/>
+    <w:rsid w:val="00D737A1"/>
     <w:rsid w:val="00DA3D61"/>
     <w:rsid w:val="00DF05BE"/>
+    <w:rsid w:val="00E00BF3"/>
     <w:rsid w:val="00E06F2D"/>
     <w:rsid w:val="00E36D90"/>
     <w:rsid w:val="00E411FA"/>
     <w:rsid w:val="00E532DB"/>
     <w:rsid w:val="00E5622E"/>
     <w:rsid w:val="00E633D3"/>
     <w:rsid w:val="00E85749"/>
     <w:rsid w:val="00EB1E17"/>
     <w:rsid w:val="00EB78D2"/>
     <w:rsid w:val="00ED27BA"/>
     <w:rsid w:val="00EF70E9"/>
     <w:rsid w:val="00F1314E"/>
     <w:rsid w:val="00F13532"/>
     <w:rsid w:val="00F2429B"/>
     <w:rsid w:val="00F534AF"/>
     <w:rsid w:val="00F56665"/>
     <w:rsid w:val="00F61600"/>
     <w:rsid w:val="00F64C49"/>
     <w:rsid w:val="00F712F5"/>
     <w:rsid w:val="00F86FFF"/>
     <w:rsid w:val="00F95101"/>
     <w:rsid w:val="00FF1608"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="38913"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0DFA89B7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7E6B167D-390C-4B66-B413-1602E104EF52}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -30829,94 +27261,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -31221,55 +27657,65 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AC06EE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC06EE"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004B5536"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -31516,70 +27962,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53F76254-BCB9-4B3C-9635-F7456A3D6568}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6673</Characters>
+  <Pages>6</Pages>
+  <Words>1130</Words>
+  <Characters>6445</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
+  <Lines>53</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Courts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7828</CharactersWithSpaces>
+  <CharactersWithSpaces>7560</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Morett, William (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>