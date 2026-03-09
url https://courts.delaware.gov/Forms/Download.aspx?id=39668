--- v0 (2025-10-22)
+++ v1 (2026-03-09)
@@ -1,85 +1,125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="64517252" w14:textId="77777777" w:rsidR="00472F6F" w:rsidRDefault="00BB037E" w:rsidP="00433C07">
+    <w:p w14:paraId="64517252" w14:textId="79591B0B" w:rsidR="00472F6F" w:rsidRDefault="00B219EC" w:rsidP="00433C07">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict w14:anchorId="5EBE1FC8">
-[...22 lines deleted...]
-        </w:pict>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EBE1FC8" wp14:editId="595A5419">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2737485</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>87630</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1190625" cy="1190625"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="4" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1190625" cy="1190625"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="239BA96E" w14:textId="77777777" w:rsidR="00472F6F" w:rsidRPr="00FF77C3" w:rsidRDefault="00472F6F" w:rsidP="00472F6F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF77C3">
         <w:rPr>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
         <w:t>WARNING!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25BF9B2F" w14:textId="77777777" w:rsidR="00472F6F" w:rsidRPr="00FF77C3" w:rsidRDefault="00472F6F" w:rsidP="00472F6F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
@@ -172,119 +212,194 @@
     </w:p>
     <w:p w14:paraId="62C899FA" w14:textId="77777777" w:rsidR="00472F6F" w:rsidRDefault="00472F6F" w:rsidP="00433C07">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44C7E6A2" w14:textId="77777777" w:rsidR="00472F6F" w:rsidRDefault="00472F6F" w:rsidP="00433C07">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43E7B463" w14:textId="77777777" w:rsidR="00472F6F" w:rsidRDefault="00472F6F" w:rsidP="00433C07">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B000425" w14:textId="77777777" w:rsidR="00472F6F" w:rsidRDefault="00472F6F" w:rsidP="00433C07">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AABD28A" w14:textId="77777777" w:rsidR="00433C07" w:rsidRDefault="00BB037E" w:rsidP="00472F6F">
+    <w:p w14:paraId="5DDBB2EA" w14:textId="77777777" w:rsidR="00BA6C91" w:rsidRDefault="00BA6C91" w:rsidP="00433C07">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AABD28A" w14:textId="753566F5" w:rsidR="00433C07" w:rsidRDefault="00B219EC" w:rsidP="00472F6F">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-        </w:pict>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3ED6132C" wp14:editId="5CE5C14C">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2689860</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-340995</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1285875" cy="1285875"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="5" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 5"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1285875" cy="1285875"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
       <w:r w:rsidR="00433C07">
         <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CB8BC77" w14:textId="77777777" w:rsidR="00433C07" w:rsidRDefault="00433C07" w:rsidP="00433C07">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In and For </w:t>
+        <w:t xml:space="preserve">In and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
       <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BB037E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00BB037E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle</w:t>
       </w:r>
       <w:r w:rsidR="00E26DDD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -301,57 +416,57 @@
       <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BB037E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00BB037E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E26DDD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -368,537 +483,550 @@
       <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BB037E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00BB037E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06231440" w14:textId="77777777" w:rsidR="00433C07" w:rsidRDefault="00D33995" w:rsidP="00433C07">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>AFFIDAVIT FOR EMERGENCY EX PARTE ORDER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ACC87D6" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="007462B1" w:rsidRDefault="00C265B1" w:rsidP="00D33995">
+    <w:p w14:paraId="6383D323" w14:textId="66B3B992" w:rsidR="00D33995" w:rsidRDefault="00C265B1" w:rsidP="00BA6C91">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Protection f</w:t>
       </w:r>
       <w:r w:rsidR="00E66FC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rom Abuse</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6383D323" w14:textId="77777777" w:rsidR="00D33995" w:rsidRDefault="00D33995" w:rsidP="00D33995"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="137"/>
-[...9 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="10800" w:type="dxa"/>
+        <w:tblInd w:w="90" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="4176"/>
+        <w:gridCol w:w="187"/>
+        <w:gridCol w:w="3827"/>
+        <w:gridCol w:w="180"/>
+        <w:gridCol w:w="2430"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D33995" w:rsidRPr="001E5734" w14:paraId="078E8295" w14:textId="77777777" w:rsidTr="00103D8E">
+      <w:tr w:rsidR="00013563" w14:paraId="7D5AE1DB" w14:textId="77777777" w:rsidTr="00AF2D3C">
         <w:trPr>
-          <w:trHeight w:val="327"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2430" w:type="dxa"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2070" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcW w:w="4176" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0134449B" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="008C520A" w:rsidRDefault="00E26DDD" w:rsidP="00103D8E">
+          <w:p w14:paraId="56C7B539" w14:textId="7316A4BE" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Movant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="187" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46802386" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CDFA106" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Respondent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A3138BF" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00013563" w14:paraId="5AD13933" w14:textId="77777777" w:rsidTr="00AF2D3C">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22979309" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3510"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="187" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BF07924" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43642EBF" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3600"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="756238F7" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="543044EE" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-            </w:pPr>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>File Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00013563" w14:paraId="68FA199E" w14:textId="77777777" w:rsidTr="00AF2D3C">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="278C3218" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="Text1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text85"/>
-[...133 lines deleted...]
-                  <w:name w:val="Text86"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text86"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00271ED8">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4065" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="187" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E3E3001" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00730CBA" w:rsidRDefault="00D33995" w:rsidP="00103D8E">
-[...17 lines deleted...]
-            <w:tcW w:w="4035" w:type="dxa"/>
+          <w:p w14:paraId="486A9105" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32C495F8" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00730CBA" w:rsidRDefault="00D33995" w:rsidP="00103D8E">
-[...48 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3B4A3F8A" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4320"/>
+                <w:tab w:val="clear" w:pos="8640"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text84"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text84"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -913,520 +1041,912 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
-[...4 lines deleted...]
-            <w:tcW w:w="4035" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C4D2754" w14:textId="77777777" w:rsidR="00D33995" w:rsidRDefault="00D33995" w:rsidP="00103D8E">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2A7458FE" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="5" w:name="Text15"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C86C32B" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1120"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text83"/>
+                  <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text83"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-              </w:rPr>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="5"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00013563" w14:paraId="44A0DD98" w14:textId="77777777" w:rsidTr="00AF2D3C">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EDDB629" w14:textId="0E54B2BC" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="187" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AA2147F" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06F8F833" w14:textId="200F8457" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18566883" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45F434F8" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Case Number(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00013563" w:rsidRPr="003A58D6" w14:paraId="35FA2924" w14:textId="77777777" w:rsidTr="00AF2D3C">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A61DF57" w14:textId="1EC830F6" w:rsidR="00013563" w:rsidRPr="003A447B" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="187" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47C2059D" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="795E3F48" w14:textId="62598174" w:rsidR="00013563" w:rsidRPr="003A447B" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FAEB8E6" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="6" w:name="Text16"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF82040" w14:textId="77777777" w:rsidR="00013563" w:rsidRPr="003A58D6" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00013563" w14:paraId="29195526" w14:textId="77777777" w:rsidTr="00AF2D3C">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4176" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59092783" w14:textId="1DAAD5F6" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="187" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F3DB9D6" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E0F1A24" w14:textId="010AFD7A" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="746A90EB" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37469044" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="529E9F12" w14:textId="77777777" w:rsidR="00D33995" w:rsidRDefault="00D33995" w:rsidP="00D33995"/>
-    <w:p w14:paraId="2A494C28" w14:textId="77777777" w:rsidR="00D33995" w:rsidRDefault="00D33995" w:rsidP="00D33995">
+    <w:p w14:paraId="53C8BB56" w14:textId="77777777" w:rsidR="00013563" w:rsidRDefault="00013563" w:rsidP="00BA6C91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8595"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="58FB7378" w14:textId="77777777" w:rsidR="00D33995" w:rsidRDefault="00D33995" w:rsidP="00D33995"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5AC117C6" w14:textId="77777777" w:rsidR="00D33995" w:rsidRDefault="00D33995" w:rsidP="00D33995"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10797" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="645"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3243"/>
+        <w:gridCol w:w="640"/>
+        <w:gridCol w:w="4400"/>
+        <w:gridCol w:w="2580"/>
+        <w:gridCol w:w="3177"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="454670D4" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="10728" w:type="dxa"/>
+      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="454670D4" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10797" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB9F706" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00103D8E">
-            <w:pPr>
+          <w:p w14:paraId="3CB9F706" w14:textId="11490AB8" w:rsidR="00D33995" w:rsidRPr="00BA6C91" w:rsidRDefault="00D33995" w:rsidP="00BA6C91">
+            <w:pPr>
+              <w:ind w:right="-127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I, the undersigned movant, being duly sworn according to law, do hereby attest to the truth of the allegations</w:t>
             </w:r>
+            <w:r w:rsidR="00BA6C91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> made in the underlying petition. Due to an immediate and present danger of domestic violence, I request that an Emergency </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA6C91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ex Parte</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA6C91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> order be issued without notice to the Respondent.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="0F5093AC" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="10728" w:type="dxa"/>
+      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="37DAF246" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10797" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3A635214" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00103D8E">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">made in the underlying petition.  I request that an Emergency Ex Parte Order be issued without notice to </w:t>
+          <w:p w14:paraId="2E05F95C" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00103D8E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="363C06BB" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00103D8E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00091A07">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1. Notice to the Respondent:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="600B5698" w14:textId="77777777" w:rsidTr="00091A07">
-[...72 lines deleted...]
-      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="07E07701" w14:textId="77777777" w:rsidTr="00091A07">
+      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="07E07701" w14:textId="77777777" w:rsidTr="00013563">
         <w:trPr>
           <w:trHeight w:val="466"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="645" w:type="dxa"/>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="658D4610" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00D33995">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Check4"/>
+            <w:bookmarkStart w:id="7" w:name="Check4"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BB037E">
-[...6 lines deleted...]
-            <w:r w:rsidR="00BB037E">
+            <w:r w:rsidRPr="00091A07">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
-[...4 lines deleted...]
-            <w:tcW w:w="6840" w:type="dxa"/>
+            <w:bookmarkEnd w:id="7"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6980" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="77C5BD75" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00D33995">
-[...19 lines deleted...]
-            <w:tcW w:w="3243" w:type="dxa"/>
+          <w:p w14:paraId="77C5BD75" w14:textId="6D5BFFC8" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00BA6C91">
+            <w:pPr>
+              <w:ind w:right="-417"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00091A07">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a. I have made the following efforts to give notice to the </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA6C91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Respondent:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7802360D" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00D33995">
-            <w:pPr>
+          <w:p w14:paraId="7802360D" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00BA6C91">
+            <w:pPr>
+              <w:ind w:left="203"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="77423BF6" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="77423BF6" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49421297" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="06D011A9" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text88"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text88"/>
+            <w:bookmarkStart w:id="8" w:name="Text88"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -1459,114 +1979,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="7C030C98" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="7C030C98" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="430335B7" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D30964D" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text89"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text89"/>
+            <w:bookmarkStart w:id="9" w:name="Text89"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -1599,114 +2119,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="18DCBC19" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="18DCBC19" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1C07108B" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="56125892" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text90"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Text90"/>
+            <w:bookmarkStart w:id="10" w:name="Text90"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -1739,304 +2259,304 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F45180" w:rsidRPr="00091A07" w14:paraId="4F5A0AEF" w14:textId="77777777" w:rsidTr="00091A07">
+      <w:tr w:rsidR="00F45180" w:rsidRPr="00091A07" w14:paraId="4F5A0AEF" w14:textId="77777777" w:rsidTr="00013563">
         <w:trPr>
           <w:trHeight w:val="474"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="645" w:type="dxa"/>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6728C380" w14:textId="77777777" w:rsidR="00F45180" w:rsidRPr="00091A07" w:rsidRDefault="00F45180" w:rsidP="00D33995">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21E0FD16" w14:textId="77777777" w:rsidR="00F45180" w:rsidRPr="00091A07" w:rsidRDefault="00F45180" w:rsidP="00D33995">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F45180" w:rsidRPr="00091A07" w14:paraId="09465E69" w14:textId="77777777" w:rsidTr="00091A07">
+      <w:tr w:rsidR="00F45180" w:rsidRPr="00091A07" w14:paraId="09465E69" w14:textId="77777777" w:rsidTr="00BA6C91">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="645" w:type="dxa"/>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4C6259C6" w14:textId="77777777" w:rsidR="00F45180" w:rsidRPr="00091A07" w:rsidRDefault="00F45180" w:rsidP="00D33995">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Check5"/>
+            <w:bookmarkStart w:id="11" w:name="Check5"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BB037E">
-[...6 lines deleted...]
-            <w:r w:rsidR="00BB037E">
+            <w:r w:rsidRPr="00091A07">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
-[...4 lines deleted...]
-            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:bookmarkEnd w:id="11"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="741AF0CB" w14:textId="77777777" w:rsidR="00F45180" w:rsidRPr="00091A07" w:rsidRDefault="00F45180" w:rsidP="00D33995">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>b. Notice should not be required because:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5763" w:type="dxa"/>
+            <w:tcW w:w="5757" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4894A337" w14:textId="77777777" w:rsidR="00F45180" w:rsidRPr="00091A07" w:rsidRDefault="00F45180" w:rsidP="00D33995">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="6F37FFF3" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="6F37FFF3" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6BA0850F" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="081D8305" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text91"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text91"/>
+            <w:bookmarkStart w:id="12" w:name="Text91"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -2069,114 +2589,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="02FDCB16" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="02FDCB16" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="526302C4" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3B6DEBDA" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text92"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text92"/>
+            <w:bookmarkStart w:id="13" w:name="Text92"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -2209,114 +2729,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="54707B42" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="54707B42" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5D64CA01" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7EA67F59" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text93"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text93"/>
+            <w:bookmarkStart w:id="14" w:name="Text93"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -2349,155 +2869,155 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="1BA5ABE0" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="10728" w:type="dxa"/>
+      <w:tr w:rsidR="00D33995" w:rsidRPr="00091A07" w14:paraId="1BA5ABE0" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10797" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A356B9D" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00103D8E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E6E61AA" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00D33995" w:rsidP="00D33995">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2. I request the following specific relief:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="32440A4A" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="32440A4A" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3DBF6041" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="71DC7A12" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text95"/>
+            <w:bookmarkStart w:id="15" w:name="Text95"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -2530,114 +3050,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="28255C35" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="28255C35" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="774B7532" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="24DC07D6" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text96"/>
+            <w:bookmarkStart w:id="16" w:name="Text96"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -2670,114 +3190,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="136DAD24" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="136DAD24" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3C4F3153" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="45240F59" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text97"/>
+            <w:bookmarkStart w:id="17" w:name="Text97"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -2810,114 +3330,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="22B57694" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="22B57694" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7197EF74" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6CCA29E0" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text98"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text98"/>
+            <w:bookmarkStart w:id="18" w:name="Text98"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -2950,214 +3470,233 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="629E9661" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="10728" w:type="dxa"/>
+      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="629E9661" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10797" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2692DD84" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00103D8E">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00091A07">
+          <w:p w14:paraId="2692DD84" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00013563" w:rsidRDefault="00E66FC3" w:rsidP="00103D8E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B48CAF2" w14:textId="3ED3A938" w:rsidR="00E66FC3" w:rsidRPr="00013563" w:rsidRDefault="00E66FC3" w:rsidP="00103D8E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00013563">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. I further attest that unless relief is granted on an </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00013563">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ex parte</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00013563">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> basis, the following </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220CA7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>immediate and present</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="75AB2342" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="10728" w:type="dxa"/>
+      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="75AB2342" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10797" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="78FBF9CD" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00103D8E">
-            <w:pPr>
+          <w:p w14:paraId="78FBF9CD" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00013563" w:rsidRDefault="00E66FC3" w:rsidP="00103D8E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00013563">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220CA7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...14 lines deleted...]
-                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>danger</w:t>
             </w:r>
-            <w:r w:rsidRPr="00091A07">
+            <w:r w:rsidRPr="00013563">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of domestic violence exists:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="555E9BAA" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="555E9BAA" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4174897F" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2ECBA3FB" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text99"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text99"/>
+            <w:bookmarkStart w:id="19" w:name="Text99"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -3190,114 +3729,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="07E4900B" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="07E4900B" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2986AD8A" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2EBC4660" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text100"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text100"/>
+            <w:bookmarkStart w:id="20" w:name="Text100"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -3330,114 +3869,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="55B900FD" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="55B900FD" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6676AE31" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7205707B" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text101"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text101"/>
+            <w:bookmarkStart w:id="21" w:name="Text101"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -3470,114 +4009,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="18142D22" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="18142D22" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3567CFBD" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A9959BA" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text102"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Text102"/>
+            <w:bookmarkStart w:id="22" w:name="Text102"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -3610,114 +4149,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="0E96FECA" w14:textId="77777777" w:rsidTr="00091A07">
-[...2 lines deleted...]
-            <w:tcW w:w="645" w:type="dxa"/>
+      <w:tr w:rsidR="00E66FC3" w:rsidRPr="00091A07" w14:paraId="0E96FECA" w14:textId="77777777" w:rsidTr="00013563">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="59142ECB" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10083" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7653F97C" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00091A07" w:rsidRDefault="00E66FC3" w:rsidP="00E66FC3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text103"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text103"/>
+            <w:bookmarkStart w:id="23" w:name="Text103"/>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
@@ -3750,51 +4289,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00091A07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="51B93EDC" w14:textId="77777777" w:rsidR="00D33995" w:rsidRPr="00E65300" w:rsidRDefault="00D33995" w:rsidP="00A94D3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7635"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -3840,51 +4379,51 @@
           </w:tcPr>
           <w:p w14:paraId="75D3539B" w14:textId="77777777" w:rsidR="00A94D3B" w:rsidRPr="00DA2D31" w:rsidRDefault="00A94D3B" w:rsidP="00386979">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text117"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Text117"/>
+            <w:bookmarkStart w:id="24" w:name="Text117"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00386979">
               <w:rPr>
@@ -3912,51 +4451,51 @@
             </w:r>
             <w:r w:rsidR="00386979">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00386979">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E66FC3" w:rsidRPr="00DA2D31" w14:paraId="2248EBBB" w14:textId="77777777" w:rsidTr="00A94D3B">
         <w:trPr>
           <w:trHeight w:val="213"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4A5B244F" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00DA2D31" w:rsidRDefault="00E66FC3" w:rsidP="00103D8E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3988,87 +4527,105 @@
       </w:tr>
       <w:tr w:rsidR="00E66FC3" w:rsidRPr="00DA2D31" w14:paraId="42237842" w14:textId="77777777" w:rsidTr="00E26DDD">
         <w:trPr>
           <w:trHeight w:val="358"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="62883973" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00DA2D31" w:rsidRDefault="00E66FC3" w:rsidP="00103D8E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA2D31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Sworn to subscribed before me this</w:t>
+              <w:t xml:space="preserve">Sworn to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DA2D31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>subscribed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DA2D31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> before me this</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1F10ECC9" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00DA2D31" w:rsidRDefault="00E66FC3" w:rsidP="00E26DDD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text107"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text107"/>
+            <w:bookmarkStart w:id="25" w:name="Text107"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4101,51 +4658,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6758A618" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00DA2D31" w:rsidRDefault="00E66FC3" w:rsidP="00103D8E">
             <w:pPr>
               <w:ind w:left="24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA2D31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">day of </w:t>
             </w:r>
@@ -4175,83 +4732,83 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="January"/>
                     <w:listEntry w:val="February"/>
                     <w:listEntry w:val="March"/>
                     <w:listEntry w:val="April"/>
                     <w:listEntry w:val="May"/>
                     <w:listEntry w:val="June"/>
                     <w:listEntry w:val="July"/>
                     <w:listEntry w:val="August"/>
                     <w:listEntry w:val="September"/>
                     <w:listEntry w:val="October"/>
                     <w:listEntry w:val="November"/>
                     <w:listEntry w:val="December"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Dropdown1"/>
+            <w:bookmarkStart w:id="26" w:name="Dropdown1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BB037E">
-[...6 lines deleted...]
-            <w:r w:rsidR="00BB037E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="278" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="57F57D25" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00DA2D31" w:rsidRDefault="00E66FC3" w:rsidP="00103D8E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4268,51 +4825,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text105"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text105"/>
+            <w:bookmarkStart w:id="27" w:name="Text105"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4336,51 +4893,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="403EBE9E" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00DA2D31" w:rsidRDefault="00E66FC3" w:rsidP="00103D8E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E66FC3" w:rsidRPr="00DA2D31" w14:paraId="7783A961" w14:textId="77777777" w:rsidTr="00103D8E">
         <w:trPr>
           <w:trHeight w:val="540"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -4518,429 +5075,589 @@
           </w:tcPr>
           <w:p w14:paraId="09CB73F2" w14:textId="77777777" w:rsidR="00E66FC3" w:rsidRPr="00DA2D31" w:rsidRDefault="00E66FC3" w:rsidP="00103D8E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7305AA8E" w14:textId="77777777" w:rsidR="00387008" w:rsidRDefault="00387008" w:rsidP="00271ED8">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="3150" w:type="dxa"/>
+        <w:tblInd w:w="7357" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7488"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="3150"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00271ED8" w:rsidRPr="00091A07" w14:paraId="0C5A8F8A" w14:textId="77777777" w:rsidTr="00091A07">
+      <w:tr w:rsidR="00E853A5" w14:paraId="15059A3B" w14:textId="77777777" w:rsidTr="00E853A5">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7488" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D95C079" w14:textId="77777777" w:rsidR="00E853A5" w:rsidRDefault="00E853A5" w:rsidP="00A6619F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>File Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853A5" w14:paraId="30F54D08" w14:textId="77777777" w:rsidTr="00E853A5">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12FA8CB9" w14:textId="77777777" w:rsidR="00E853A5" w:rsidRDefault="00E853A5" w:rsidP="00A6619F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1120"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CB4E2E">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="6"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00271ED8" w:rsidRPr="00091A07" w14:paraId="12A87A85" w14:textId="77777777" w:rsidTr="00091A07">
+      <w:tr w:rsidR="00E853A5" w14:paraId="7E98CEEE" w14:textId="77777777" w:rsidTr="00E853A5">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7488" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D98EBBF" w14:textId="77777777" w:rsidR="00E853A5" w:rsidRDefault="00E853A5" w:rsidP="00A6619F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Case Number(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853A5" w:rsidRPr="003A58D6" w14:paraId="1EA3DA1F" w14:textId="77777777" w:rsidTr="00E853A5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="47478AC7" w14:textId="77777777" w:rsidR="00E853A5" w:rsidRPr="003A58D6" w:rsidRDefault="00E853A5" w:rsidP="00A6619F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CB4E2E">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:position w:val="2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853A5" w14:paraId="3500AE14" w14:textId="77777777" w:rsidTr="00E853A5">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EF3AB56" w14:textId="77777777" w:rsidR="00E853A5" w:rsidRDefault="00E853A5" w:rsidP="00A6619F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="64710925" w14:textId="77777777" w:rsidR="00271ED8" w:rsidRPr="00271ED8" w:rsidRDefault="00271ED8" w:rsidP="00271ED8">
+    <w:p w14:paraId="743A3243" w14:textId="77777777" w:rsidR="00E853A5" w:rsidRPr="00271ED8" w:rsidRDefault="00E853A5" w:rsidP="00E853A5">
       <w:pPr>
-        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F78BF8F" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="00943C89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10440" w:type="dxa"/>
+        <w:tblW w:w="10676" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1215"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="1809"/>
         <w:gridCol w:w="531"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="3285"/>
+        <w:gridCol w:w="236"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00943C89" w:rsidRPr="00DA2D31" w14:paraId="2B1EE05B" w14:textId="77777777" w:rsidTr="001855E1">
+      <w:tr w:rsidR="00943C89" w:rsidRPr="00DA2D31" w14:paraId="2B1EE05B" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="213"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
           </w:tcPr>
           <w:p w14:paraId="3659B91A" w14:textId="77777777" w:rsidR="00943C89" w:rsidRPr="00DA2D31" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The Court has reviewed the Petitioner’s Application and has questioned the Petitioner under oath.  Petitioner’s Application is hereby:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943C89" w:rsidRPr="00DA2D31" w14:paraId="6B635524" w14:textId="77777777" w:rsidTr="001855E1">
+      <w:tr w:rsidR="00943C89" w:rsidRPr="00DA2D31" w14:paraId="6B635524" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A91C897" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="25C93847" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Check6"/>
+            <w:bookmarkStart w:id="28" w:name="Check6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BB037E">
-[...6 lines deleted...]
-            <w:r w:rsidR="00BB037E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="28"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8685" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3380B317" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Disapproved.  Return to case processing for:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943C89" w:rsidRPr="00DA2D31" w14:paraId="51C77DDC" w14:textId="77777777" w:rsidTr="001855E1">
+      <w:tr w:rsidR="00943C89" w:rsidRPr="00DA2D31" w14:paraId="51C77DDC" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5CC63379" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3AB18A4A" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
@@ -4961,112 +5678,114 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Check7"/>
+            <w:bookmarkStart w:id="29" w:name="Check7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BB037E">
-[...6 lines deleted...]
-            <w:r w:rsidR="00BB037E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8145" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1E7A381D" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Normal Scheduling of a hearing before</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943C89" w:rsidRPr="00DA2D31" w14:paraId="429D0277" w14:textId="77777777" w:rsidTr="001855E1">
+      <w:tr w:rsidR="00943C89" w:rsidRPr="00DA2D31" w14:paraId="429D0277" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D344C24" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0A59FE83" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
@@ -5103,51 +5822,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="56022831" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text108"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text108"/>
+            <w:bookmarkStart w:id="30" w:name="Text108"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5180,51 +5899,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2BCCBE49" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>at</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5237,51 +5956,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="68ACD23B" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text109"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Text109"/>
+            <w:bookmarkStart w:id="31" w:name="Text109"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5314,51 +6033,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="490A07DC" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">on </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5374,51 +6093,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text110"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Text110"/>
+            <w:bookmarkStart w:id="32" w:name="Text110"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5451,56 +6170,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943C89" w:rsidRPr="00DA2D31" w14:paraId="0795DF3C" w14:textId="77777777" w:rsidTr="001855E1">
+      <w:tr w:rsidR="00943C89" w:rsidRPr="00DA2D31" w14:paraId="0795DF3C" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1C747609" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3AE0F2D7" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
@@ -5521,112 +6242,114 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Check8"/>
+            <w:bookmarkStart w:id="33" w:name="Check8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BB037E">
-[...6 lines deleted...]
-            <w:r w:rsidR="00BB037E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8145" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="02F18C09" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Expedited Scheduling of a hearing before</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943C89" w:rsidRPr="00DA2D31" w14:paraId="75AFF18F" w14:textId="77777777" w:rsidTr="001855E1">
+      <w:tr w:rsidR="00943C89" w:rsidRPr="00DA2D31" w14:paraId="75AFF18F" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1BA1A97D" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="23EFDCB8" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
@@ -5663,51 +6386,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6899DEF3" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text111"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Text111"/>
+            <w:bookmarkStart w:id="34" w:name="Text111"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5740,51 +6463,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="720AF222" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>at</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5797,51 +6520,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="28F7E4BC" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Text112"/>
+            <w:bookmarkStart w:id="35" w:name="Text112"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5874,51 +6597,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="490EC6CE" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>on</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5934,51 +6657,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Text113"/>
+            <w:bookmarkStart w:id="36" w:name="Text113"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6011,160 +6734,164 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099353E" w:rsidRPr="00DA2D31" w14:paraId="7E16C67C" w14:textId="77777777" w:rsidTr="005E09BC">
+      <w:tr w:rsidR="0099353E" w:rsidRPr="00DA2D31" w14:paraId="7E16C67C" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="335C7C3C" w14:textId="77777777" w:rsidR="0099353E" w:rsidRDefault="0099353E" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0001457B" w:rsidRPr="00DA2D31" w14:paraId="6DAFB4D1" w14:textId="77777777" w:rsidTr="0099353E">
+      <w:tr w:rsidR="0001457B" w:rsidRPr="00DA2D31" w14:paraId="6DAFB4D1" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="591"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0657734A" w14:textId="77777777" w:rsidR="0001457B" w:rsidRDefault="0001457B" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="63EEA151" w14:textId="6737FF7F" w:rsidR="0001457B" w:rsidRDefault="003B1F25" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="Check11"/>
+            <w:bookmarkStart w:id="37" w:name="Check11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BB037E">
-[...6 lines deleted...]
-            <w:r w:rsidR="00BB037E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8685" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="54AF8C8C" w14:textId="65124118" w:rsidR="0001457B" w:rsidRDefault="003B1F25" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r w:rsidR="008A1C3C">
@@ -6212,52 +6939,54 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">x </w:t>
             </w:r>
             <w:r w:rsidR="008A1C3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="0099353E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">arte hearing. Return to case processing for: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1C3C" w:rsidRPr="00DA2D31" w14:paraId="21E1B070" w14:textId="77777777" w:rsidTr="00DC3059">
+      <w:tr w:rsidR="008A1C3C" w:rsidRPr="00DA2D31" w14:paraId="21E1B070" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="18F9C51A" w14:textId="77777777" w:rsidR="008A1C3C" w:rsidRDefault="008A1C3C" w:rsidP="00DC3059">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="410B2533" w14:textId="77777777" w:rsidR="008A1C3C" w:rsidRDefault="008A1C3C" w:rsidP="00DC3059">
             <w:pPr>
@@ -6286,102 +7015,104 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BB037E">
-[...6 lines deleted...]
-            <w:r w:rsidR="00BB037E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8145" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="654BA40F" w14:textId="77777777" w:rsidR="008A1C3C" w:rsidRDefault="008A1C3C" w:rsidP="00DC3059">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Normal Scheduling of a hearing before</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1C3C" w:rsidRPr="00DA2D31" w14:paraId="7DF16DC6" w14:textId="77777777" w:rsidTr="00DC3059">
+      <w:tr w:rsidR="008A1C3C" w:rsidRPr="00DA2D31" w14:paraId="7DF16DC6" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A3A7C1F" w14:textId="77777777" w:rsidR="008A1C3C" w:rsidRDefault="008A1C3C" w:rsidP="00DC3059">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="60B89D62" w14:textId="77777777" w:rsidR="008A1C3C" w:rsidRDefault="008A1C3C" w:rsidP="00DC3059">
             <w:pPr>
@@ -6764,52 +7495,54 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1C3C" w:rsidRPr="00DA2D31" w14:paraId="2961D956" w14:textId="77777777" w:rsidTr="00DC3059">
+      <w:tr w:rsidR="008A1C3C" w:rsidRPr="00DA2D31" w14:paraId="2961D956" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="320D3672" w14:textId="77777777" w:rsidR="008A1C3C" w:rsidRDefault="008A1C3C" w:rsidP="00DC3059">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3FEE9472" w14:textId="77777777" w:rsidR="008A1C3C" w:rsidRDefault="008A1C3C" w:rsidP="00DC3059">
             <w:pPr>
@@ -6838,102 +7571,104 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BB037E">
-[...6 lines deleted...]
-            <w:r w:rsidR="00BB037E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8145" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2951276A" w14:textId="77777777" w:rsidR="008A1C3C" w:rsidRDefault="008A1C3C" w:rsidP="00DC3059">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Expedited Scheduling of a hearing before</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1C3C" w:rsidRPr="00DA2D31" w14:paraId="1750A61B" w14:textId="77777777" w:rsidTr="00DC3059">
+      <w:tr w:rsidR="008A1C3C" w:rsidRPr="00DA2D31" w14:paraId="1750A61B" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="29DB8B31" w14:textId="77777777" w:rsidR="008A1C3C" w:rsidRDefault="008A1C3C" w:rsidP="00DC3059">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="66778D32" w14:textId="77777777" w:rsidR="008A1C3C" w:rsidRDefault="008A1C3C" w:rsidP="00DC3059">
             <w:pPr>
@@ -7316,185 +8051,191 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0099353E" w:rsidRPr="00DA2D31" w14:paraId="5B804B42" w14:textId="77777777" w:rsidTr="00F83BBF">
+      <w:tr w:rsidR="0099353E" w:rsidRPr="00DA2D31" w14:paraId="5B804B42" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6C7EE767" w14:textId="77777777" w:rsidR="0099353E" w:rsidRDefault="0099353E" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00943C89" w:rsidRPr="00DA2D31" w14:paraId="6957D177" w14:textId="77777777" w:rsidTr="00AC6DB5">
+      <w:tr w:rsidR="00943C89" w:rsidRPr="00DA2D31" w14:paraId="6957D177" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="79D301F8" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2EFF6D39" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Check9"/>
+            <w:bookmarkStart w:id="38" w:name="Check9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BB037E">
-[...6 lines deleted...]
-            <w:r w:rsidR="00BB037E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8685" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="180DED5D" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Approved.  Ex Parte Order attached.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC6DB5" w:rsidRPr="00DA2D31" w14:paraId="33620BE6" w14:textId="77777777" w:rsidTr="001855E1">
+      <w:tr w:rsidR="00AC6DB5" w:rsidRPr="00DA2D31" w14:paraId="33620BE6" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="690BA369" w14:textId="77777777" w:rsidR="00AC6DB5" w:rsidRDefault="00AC6DB5" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7E88E389" w14:textId="77777777" w:rsidR="00AC6DB5" w:rsidRDefault="00AC6DB5" w:rsidP="001855E1">
             <w:pPr>
@@ -7504,134 +8245,136 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8685" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="648DEA4A" w14:textId="77777777" w:rsidR="00AC6DB5" w:rsidRDefault="00AC6DB5" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC6DB5" w:rsidRPr="00DA2D31" w14:paraId="3AAE92B7" w14:textId="77777777" w:rsidTr="001855E1">
+      <w:tr w:rsidR="00AC6DB5" w:rsidRPr="00DA2D31" w14:paraId="3AAE92B7" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="536F496D" w14:textId="77777777" w:rsidR="00AC6DB5" w:rsidRDefault="00AC6DB5" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6F60B063" w14:textId="77777777" w:rsidR="00AC6DB5" w:rsidRDefault="00AC6DB5" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="Check10"/>
+            <w:bookmarkStart w:id="39" w:name="Check10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BB037E">
-[...6 lines deleted...]
-            <w:r w:rsidR="00BB037E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8685" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6B5BC557" w14:textId="77777777" w:rsidR="00AC6DB5" w:rsidRDefault="00170C23" w:rsidP="00AC6DB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -7652,139 +8395,149 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Petition for Protection from Abuse are Dismissed</w:t>
             </w:r>
             <w:r w:rsidR="00DA4A5C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00AC6DB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC6DB5" w:rsidRPr="00DA2D31" w14:paraId="2DDFE81E" w14:textId="77777777" w:rsidTr="00AC6DB5">
+      <w:tr w:rsidR="00FB10B5" w:rsidRPr="00DA2D31" w14:paraId="2DDFE81E" w14:textId="794B5504" w:rsidTr="00FB10B5">
         <w:trPr>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="563F56EA" w14:textId="77777777" w:rsidR="00AC6DB5" w:rsidRDefault="00AC6DB5" w:rsidP="001855E1">
+          <w:p w14:paraId="563F56EA" w14:textId="77777777" w:rsidR="00FB10B5" w:rsidRDefault="00FB10B5" w:rsidP="00FB10B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="56F62014" w14:textId="77777777" w:rsidR="00AC6DB5" w:rsidRDefault="00AC6DB5" w:rsidP="001855E1">
+          <w:p w14:paraId="56F62014" w14:textId="77777777" w:rsidR="00FB10B5" w:rsidRDefault="00FB10B5" w:rsidP="00FB10B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2349" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3B398DA3" w14:textId="77777777" w:rsidR="00AC6DB5" w:rsidRDefault="00AC6DB5" w:rsidP="001855E1">
+          <w:p w14:paraId="3B398DA3" w14:textId="77777777" w:rsidR="00FB10B5" w:rsidRDefault="00FB10B5" w:rsidP="00FB10B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Reason for dismissal: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6336" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="29FB6F0C" w14:textId="77777777" w:rsidR="00AC6DB5" w:rsidRDefault="00AC6DB5" w:rsidP="001855E1">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="29FB6F0C" w14:textId="7935B1DD" w:rsidR="00FB10B5" w:rsidRDefault="00FB10B5" w:rsidP="00FB10B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text115"/>
+                  <w:name w:val="Text114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:textInput>
+                    <w:type w:val="date"/>
+                    <w:format w:val="M/d/yyyy"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="Text115"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7817,122 +8570,147 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>___________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A09612E" w14:textId="77777777" w:rsidR="00FB10B5" w:rsidRPr="00DA2D31" w:rsidRDefault="00FB10B5" w:rsidP="00FB10B5"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC6DB5" w:rsidRPr="00DA2D31" w14:paraId="52128D48" w14:textId="77777777" w:rsidTr="001855E1">
+      <w:tr w:rsidR="00FB10B5" w:rsidRPr="00DA2D31" w14:paraId="52128D48" w14:textId="77777777" w:rsidTr="00FB10B5">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="236" w:type="dxa"/>
           <w:trHeight w:val="376"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="01D888B1" w14:textId="77777777" w:rsidR="00AC6DB5" w:rsidRDefault="00AC6DB5" w:rsidP="001855E1">
+          <w:p w14:paraId="01D888B1" w14:textId="77777777" w:rsidR="00FB10B5" w:rsidRDefault="00FB10B5" w:rsidP="00FB10B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6B008DD8" w14:textId="77777777" w:rsidR="00AC6DB5" w:rsidRDefault="00AC6DB5" w:rsidP="001855E1">
+          <w:p w14:paraId="6B008DD8" w14:textId="77777777" w:rsidR="00FB10B5" w:rsidRDefault="00FB10B5" w:rsidP="00FB10B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8685" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0F4E835F" w14:textId="77777777" w:rsidR="00AC6DB5" w:rsidRDefault="00AC6DB5" w:rsidP="001855E1">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0F4E835F" w14:textId="7835C6CA" w:rsidR="00FB10B5" w:rsidRDefault="00FB10B5" w:rsidP="00FB10B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text116"/>
+                  <w:name w:val="Text114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:textInput>
+                    <w:type w:val="date"/>
+                    <w:format w:val="M/d/yyyy"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="Text116"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7965,51 +8743,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>______________________________________________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2CC2DEB8" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="00943C89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AE71155" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89" w:rsidP="00943C89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -8057,51 +8842,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="43" w:name="Text114"/>
+            <w:bookmarkStart w:id="40" w:name="Text114"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8134,97 +8919,97 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3228AD5F" w14:textId="77777777" w:rsidR="00943C89" w:rsidRPr="00874ACB" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5704" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5D8FD3ED" w14:textId="1F6F43DF" w:rsidR="00943C89" w:rsidRPr="00874ACB" w:rsidRDefault="008A1C3C" w:rsidP="008A1C3C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text118"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="44" w:name="Text118"/>
+            <w:bookmarkStart w:id="41" w:name="Text118"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
@@ -8248,376 +9033,464 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00943C89" w14:paraId="7A72E3FD" w14:textId="77777777" w:rsidTr="001855E1">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4736" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3D07888E" w14:textId="77777777" w:rsidR="00943C89" w:rsidRPr="00874ACB" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="650E8E38" w14:textId="77777777" w:rsidR="00943C89" w:rsidRPr="00874ACB" w:rsidRDefault="00943C89" w:rsidP="001855E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00874ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Commissioner/Judge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24A16576" w14:textId="77777777" w:rsidR="00943C89" w:rsidRDefault="00943C89"/>
     <w:sectPr w:rsidR="00943C89" w:rsidSect="00E65300">
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="317" w:right="864" w:bottom="576" w:left="864" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5847057A" w14:textId="77777777" w:rsidR="00CB4E2E" w:rsidRDefault="00CB4E2E">
+    <w:p w14:paraId="595CA15F" w14:textId="77777777" w:rsidR="001D22D1" w:rsidRDefault="001D22D1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11BC3136" w14:textId="77777777" w:rsidR="00CB4E2E" w:rsidRDefault="00CB4E2E">
+    <w:p w14:paraId="28C64796" w14:textId="77777777" w:rsidR="001D22D1" w:rsidRDefault="001D22D1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4048493F" w14:textId="77777777" w:rsidR="00A9452D" w:rsidRDefault="00A9452D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0C4BE21F" w14:textId="77777777" w:rsidR="00A9452D" w:rsidRDefault="00A9452D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6F647CCF" w14:textId="77777777" w:rsidR="00A9452D" w:rsidRDefault="00A9452D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35AA5ED2" w14:textId="77777777" w:rsidR="00CB4E2E" w:rsidRDefault="00CB4E2E">
+    <w:p w14:paraId="7080D95E" w14:textId="77777777" w:rsidR="001D22D1" w:rsidRDefault="001D22D1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="169628CC" w14:textId="77777777" w:rsidR="00CB4E2E" w:rsidRDefault="00CB4E2E">
+    <w:p w14:paraId="51A97AA7" w14:textId="77777777" w:rsidR="001D22D1" w:rsidRDefault="001D22D1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="748178F2" w14:textId="77777777" w:rsidR="002B39D1" w:rsidRDefault="002B39D1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3F739DCD" w14:textId="77777777" w:rsidR="00A9452D" w:rsidRDefault="00A9452D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2609E1D0" w14:textId="77777777" w:rsidR="002B39D1" w:rsidRDefault="002B39D1" w:rsidP="00433C07">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form 654</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6428B2D1" w14:textId="7D83EF5E" w:rsidR="002B39D1" w:rsidRPr="00433C07" w:rsidRDefault="002B39D1" w:rsidP="00433C07">
+  <w:p w14:paraId="6428B2D1" w14:textId="0489D4DA" w:rsidR="002B39D1" w:rsidRPr="00433C07" w:rsidRDefault="002B39D1" w:rsidP="00433C07">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>(Rev</w:t>
     </w:r>
     <w:r w:rsidR="00E26DDD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00DD673F">
+    <w:r w:rsidR="00E85766">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>2/2</w:t>
+      <w:t>01/</w:t>
     </w:r>
-    <w:r w:rsidR="003164F9">
+    <w:r w:rsidR="00A9452D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>12</w:t>
+    </w:r>
+    <w:r w:rsidR="00E85766">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>/2026</w:t>
     </w:r>
     <w:r w:rsidR="00E26DDD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4DD23B65" w14:textId="77777777" w:rsidR="00A9452D" w:rsidRDefault="00A9452D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="117"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="w1/bIJRtaGZyO4mybSViBnnsGVPlSiCkPMtxWzfEB4PHqMebcsCD/S94vuLi1sUsfP62gXYiZ9bCceTRbtXE2Q==" w:salt="ar88vuFGrwZ/JCA8uuCqlg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="bLogaJhSsWLkOLYr4p4geUGg0rWupel1ESwMssM2A6E2KU9wb8o+Ybok5kPa+kLwxEBaRSMhfZPg5tOrRCW2dw==" w:salt="jjqICOD8EIGpXiR+jnYH9w=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...14 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CB4E2E"/>
+    <w:rsid w:val="00013563"/>
     <w:rsid w:val="0001457B"/>
+    <w:rsid w:val="00062A0C"/>
     <w:rsid w:val="00091A07"/>
+    <w:rsid w:val="000D7414"/>
+    <w:rsid w:val="000F57F2"/>
     <w:rsid w:val="00103D8E"/>
     <w:rsid w:val="00170C23"/>
     <w:rsid w:val="001855E1"/>
+    <w:rsid w:val="001B53A0"/>
+    <w:rsid w:val="001D22D1"/>
+    <w:rsid w:val="001D4F2A"/>
+    <w:rsid w:val="00220CA7"/>
+    <w:rsid w:val="002649A2"/>
     <w:rsid w:val="00271ED8"/>
     <w:rsid w:val="002B39D1"/>
+    <w:rsid w:val="002C40F7"/>
+    <w:rsid w:val="002E797D"/>
     <w:rsid w:val="003164F9"/>
     <w:rsid w:val="00341E4E"/>
     <w:rsid w:val="003500C9"/>
+    <w:rsid w:val="00365ED0"/>
+    <w:rsid w:val="00386008"/>
     <w:rsid w:val="00386979"/>
     <w:rsid w:val="00387008"/>
     <w:rsid w:val="003B1F25"/>
     <w:rsid w:val="00433C07"/>
     <w:rsid w:val="00472F6F"/>
+    <w:rsid w:val="00496FC0"/>
+    <w:rsid w:val="004C74BA"/>
     <w:rsid w:val="00513D5E"/>
     <w:rsid w:val="00576F02"/>
+    <w:rsid w:val="005F227A"/>
+    <w:rsid w:val="00677448"/>
     <w:rsid w:val="007023AB"/>
+    <w:rsid w:val="00730AAD"/>
+    <w:rsid w:val="007601B7"/>
     <w:rsid w:val="007F16BE"/>
+    <w:rsid w:val="00856DA4"/>
     <w:rsid w:val="008A1C3C"/>
+    <w:rsid w:val="00900930"/>
     <w:rsid w:val="00943C89"/>
     <w:rsid w:val="0099353E"/>
+    <w:rsid w:val="00996152"/>
+    <w:rsid w:val="009A71F3"/>
+    <w:rsid w:val="009C4668"/>
+    <w:rsid w:val="009D24E0"/>
+    <w:rsid w:val="00A0035A"/>
+    <w:rsid w:val="00A03C3F"/>
+    <w:rsid w:val="00A327DB"/>
     <w:rsid w:val="00A84939"/>
+    <w:rsid w:val="00A9452D"/>
     <w:rsid w:val="00A94D3B"/>
     <w:rsid w:val="00AC6DB5"/>
+    <w:rsid w:val="00AF2D3C"/>
+    <w:rsid w:val="00B07BCF"/>
+    <w:rsid w:val="00B219EC"/>
     <w:rsid w:val="00B33520"/>
+    <w:rsid w:val="00BA6C91"/>
     <w:rsid w:val="00BB037E"/>
     <w:rsid w:val="00C265B1"/>
+    <w:rsid w:val="00C9291B"/>
     <w:rsid w:val="00CB4E2E"/>
     <w:rsid w:val="00CF38B7"/>
     <w:rsid w:val="00D33995"/>
+    <w:rsid w:val="00D77562"/>
+    <w:rsid w:val="00D87E42"/>
     <w:rsid w:val="00DA4A5C"/>
     <w:rsid w:val="00DD673F"/>
     <w:rsid w:val="00E00E52"/>
     <w:rsid w:val="00E26DDD"/>
     <w:rsid w:val="00E65300"/>
     <w:rsid w:val="00E66A6C"/>
     <w:rsid w:val="00E66FC3"/>
+    <w:rsid w:val="00E853A5"/>
+    <w:rsid w:val="00E85766"/>
+    <w:rsid w:val="00E85B30"/>
     <w:rsid w:val="00ED75D7"/>
     <w:rsid w:val="00F13DE5"/>
     <w:rsid w:val="00F45180"/>
+    <w:rsid w:val="00FB10B5"/>
+    <w:rsid w:val="00FD4394"/>
     <w:rsid w:val="00FF1EE3"/>
+    <w:rsid w:val="00FF52C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1183790A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8CD3D802-F7C0-499A-8FEF-CA9EBDF61E7A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -8979,61 +9852,113 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00433C07"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00D33995"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="002C40F7"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:rsid w:val="002C40F7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:rsid w:val="002C40F7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002C40F7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002C40F7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C9291B"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9258,69 +10183,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>437</Words>
-  <Characters>2496</Characters>
+  <Words>460</Words>
+  <Characters>2622</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Judicial Information Center</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2928</CharactersWithSpaces>
+  <CharactersWithSpaces>3076</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Courts</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>