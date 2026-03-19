--- v0 (2025-10-22)
+++ v1 (2026-03-19)
@@ -1050,67 +1050,83 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Your PFA hearings may be held virtually by telephone or video conferencing.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E663EBF" w14:textId="778F89AF" w:rsidR="00D55DA4" w:rsidRPr="00673DEF" w:rsidRDefault="00D55DA4" w:rsidP="00D55DA4">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673DEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For Zoom Meeting Instructions visit:  courts.delaware.gov/family/zoom.aspx </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="107B9BB1" w14:textId="3EF34F58" w:rsidR="00673DEF" w:rsidRPr="00673DEF" w:rsidRDefault="00673DEF" w:rsidP="00673DEF">
+    <w:p w14:paraId="107B9BB1" w14:textId="06DCEDB0" w:rsidR="00673DEF" w:rsidRPr="00673DEF" w:rsidRDefault="00673DEF" w:rsidP="00673DEF">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673DEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>For information about the PFA process visit the site below or use the QR code: Courts.delawre.gov/family/pfa/index.aspx</w:t>
+        <w:t>For information about the PFA process visit the site below or use the QR code: Courts.delaw</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC386F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>re.gov/family/pfa/index.aspx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3763A837" w14:textId="7D3C61A9" w:rsidR="00D55DA4" w:rsidRPr="00673DEF" w:rsidRDefault="00D55DA4" w:rsidP="00673DEF">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673DEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For Court closures and other important announcements visit:   courts.delaware.gov/family </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0539279E" w14:textId="77777777" w:rsidR="00D55DA4" w:rsidRPr="00D55DA4" w:rsidRDefault="00D55DA4" w:rsidP="00D55DA4">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
@@ -1328,52 +1344,64 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15FC5532" w14:textId="1CDC412B" w:rsidR="00D55DA4" w:rsidRPr="00D55DA4" w:rsidRDefault="00D55DA4" w:rsidP="00D55DA4">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D55DA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>*Please keep this sheet for your records. You do not need to file this page with the petition.*</w:t>
-      </w:r>
+        <w:t xml:space="preserve">*Please keep this sheet for your records. You do not need to file this page with the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D55DA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>petition.*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="48BCC6D1" w14:textId="0D24229C" w:rsidR="00D55DA4" w:rsidRDefault="00D55DA4" w:rsidP="00D55DA4">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="713DEC39" w14:textId="3E8DAD36" w:rsidR="00503751" w:rsidRDefault="00B9500B" w:rsidP="004C652E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1454,51 +1482,67 @@
       <w:r w:rsidR="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>he Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F9C3872" w14:textId="77777777" w:rsidR="00503751" w:rsidRDefault="00503751" w:rsidP="00503751">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In and For </w:t>
+        <w:t xml:space="preserve">In and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6093,149 +6137,213 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7D6EAA1F" w14:textId="77777777" w:rsidR="00820F38" w:rsidRDefault="00820F38" w:rsidP="00DD181A"/>
     <w:p w14:paraId="19815B2E" w14:textId="77777777" w:rsidR="00642A9C" w:rsidRDefault="00955359" w:rsidP="00982569">
       <w:pPr>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0041669E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Para asistencia en e</w:t>
+        <w:t xml:space="preserve">Para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0041669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>asistencia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0041669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0041669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0041669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0041669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="009310A0" w:rsidRPr="0041669E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>spa</w:t>
       </w:r>
       <w:r w:rsidRPr="0041669E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>ñ</w:t>
       </w:r>
       <w:r w:rsidR="009310A0" w:rsidRPr="0041669E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>ol llame a: (302) 762-6110 (New Castle County)</w:t>
+        <w:t>ol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009310A0" w:rsidRPr="0041669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009310A0" w:rsidRPr="0041669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>llame</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009310A0" w:rsidRPr="0041669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a: (302) 762-6110 (New Castle County)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1293A731" w14:textId="0F3E38C0" w:rsidR="009310A0" w:rsidRDefault="00955359" w:rsidP="00982569">
+    <w:p w14:paraId="1293A731" w14:textId="1BC654FE" w:rsidR="009310A0" w:rsidRDefault="00955359" w:rsidP="00982569">
       <w:pPr>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0041669E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r w:rsidR="009310A0" w:rsidRPr="0041669E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">(302) 745-9874 (Kent </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BC0979" w:rsidRPr="0041669E">
+        <w:t>(302) 745-9874 (Kent</w:t>
+      </w:r>
+      <w:r w:rsidR="008B5A04">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>y</w:t>
+        <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="009310A0" w:rsidRPr="0041669E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex Counties</w:t>
       </w:r>
       <w:r w:rsidR="00AA5B82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6113E887" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="004C652E" w:rsidRDefault="006552DE" w:rsidP="00982569">
       <w:pPr>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3271"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3884"/>
+        <w:gridCol w:w="3263"/>
+        <w:gridCol w:w="1243"/>
+        <w:gridCol w:w="2390"/>
+        <w:gridCol w:w="3894"/>
       </w:tblGrid>
       <w:tr w:rsidR="006552DE" w:rsidRPr="00E366A9" w14:paraId="35BE5CDC" w14:textId="77777777" w:rsidTr="00377062">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B2AF68D" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="004937FC" w:rsidRDefault="006552DE" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004937FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -6253,109 +6361,137 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004937FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="391F1FAF" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="004937FC" w:rsidRDefault="006552DE" w:rsidP="000C7136">
+          <w:p w14:paraId="391F1FAF" w14:textId="5CAFD1C6" w:rsidR="006552DE" w:rsidRPr="004937FC" w:rsidRDefault="006552DE" w:rsidP="000C7136">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004937FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Is this the respondent’s child?</w:t>
-[...11 lines deleted...]
-              </w:tabs>
+              <w:t xml:space="preserve">Is this the </w:t>
+            </w:r>
+            <w:r w:rsidR="00367D84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>R</w:t>
+            </w:r>
             <w:r w:rsidRPr="004937FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Are you alleging the respondent abused this child</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001F6108">
+              <w:t>espondent’s child?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A0F3DAF" w14:textId="273B112C" w:rsidR="006552DE" w:rsidRPr="004937FC" w:rsidRDefault="00F43A1B" w:rsidP="001F6108">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and you want the child to be a petitioner</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003D41E6">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>?</w:t>
+              <w:t>Petitioner’s relationship to child (</w:t>
+            </w:r>
+            <w:r w:rsidR="00E8696E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E8696E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lease explain/describe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006552DE" w:rsidRPr="00E366A9" w14:paraId="41DAE5A0" w14:textId="77777777" w:rsidTr="00377062">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="62FD282E" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6605,51 +6741,321 @@
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3978" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="733E8E02" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+          <w:p w14:paraId="733E8E02" w14:textId="69D7C458" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="00367D84" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text95"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006552DE" w:rsidRPr="00E366A9" w14:paraId="746D1357" w14:textId="77777777" w:rsidTr="00377062">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3348" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A8118E" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text95"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="Text95"/>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB633AE" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text96"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="18" w:name="Text96"/>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E94B71" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
@@ -6706,83 +7112,77 @@
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...6 lines deleted...]
-            <w:tcW w:w="3348" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="05A8118E" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+          <w:p w14:paraId="0BFFEE7E" w14:textId="15944FB8" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="00367D84" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text95"/>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
@@ -6797,81 +7197,85 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
-[...4 lines deleted...]
-            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006552DE" w:rsidRPr="00E366A9" w14:paraId="31D4F960" w14:textId="77777777" w:rsidTr="00377062">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3348" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB633AE" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+          <w:p w14:paraId="178BD9F5" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text96"/>
+                  <w:name w:val="Text97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text96"/>
+            <w:bookmarkStart w:id="19" w:name="Text97"/>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
@@ -6886,59 +7290,148 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="19"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B354E77" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text98"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="20" w:name="Text98"/>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="37E94B71" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+          <w:p w14:paraId="7710097D" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
@@ -7000,561 +7493,887 @@
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3978" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0BFFEE7E" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+          <w:p w14:paraId="3D48EDBB" w14:textId="75C300F6" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="00367D84" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check51"/>
+                  <w:name w:val="Text95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:checkBox>
-[...2 lines deleted...]
-                  </w:checkBox>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Check51"/>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006552DE" w:rsidRPr="00E366A9" w14:paraId="05FDC391" w14:textId="77777777" w:rsidTr="00377062">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3348" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="526F9491" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Yes     </w:t>
-            </w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text97"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA35D76" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text97"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F454917" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">  No</w:t>
-[...199 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">  Yes     </w:t>
+            </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Yes     </w:t>
-            </w:r>
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4011CD4C" w14:textId="5508C345" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="00367D84" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text95"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006552DE" w:rsidRPr="00E366A9" w14:paraId="6E4C0E18" w14:textId="77777777" w:rsidTr="00377062">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3348" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="734434D0" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text97"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AAB1709" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text97"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="309F7755" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">  No</w:t>
-[...61 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">  Yes     </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="70B1C128" w14:textId="4C38091B" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="00367D84" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text95"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006552DE" w:rsidRPr="00E366A9" w14:paraId="05FDC391" w14:textId="77777777" w:rsidTr="00377062">
+      <w:tr w:rsidR="006552DE" w:rsidRPr="00E366A9" w14:paraId="7377B28A" w14:textId="77777777" w:rsidTr="00377062">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="526F9491" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+          <w:p w14:paraId="76C5A494" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -7597,51 +8416,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA35D76" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+          <w:p w14:paraId="1747B755" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -7684,51 +8503,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1F454917" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+          <w:p w14:paraId="3550EB35" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
@@ -7790,572 +8609,438 @@
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3978" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4011CD4C" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+          <w:p w14:paraId="7C5C13FC" w14:textId="1CC21EE3" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="00367D84" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check53"/>
+                  <w:name w:val="Text95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:checkBox>
-[...2 lines deleted...]
-                  </w:checkBox>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Check53"/>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006552DE" w:rsidRPr="00E366A9" w14:paraId="66825E98" w14:textId="77777777" w:rsidTr="00377062">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3348" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="52094C0C" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Yes     </w:t>
-            </w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text97"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B74233" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text97"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16737034" w14:textId="77777777" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="006552DE" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">  No</w:t>
-[...195 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">  Yes     </w:t>
+            </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Yes     </w:t>
-            </w:r>
+              <w:t xml:space="preserve">  No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65A42DEA" w14:textId="5E27A847" w:rsidR="006552DE" w:rsidRPr="00281B8D" w:rsidRDefault="00367D84" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check50"/>
-[...173 lines deleted...]
-                  <w:name w:val="Text97"/>
+                  <w:name w:val="Text95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
@@ -8375,744 +9060,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00281B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
-            </w:r>
-[...692 lines deleted...]
-              <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17518E45" w14:textId="4B4A4476" w:rsidR="007A7339" w:rsidRPr="007A7339" w:rsidRDefault="007A7339" w:rsidP="007A7339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2ECB9C7F" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRDefault="00B532A8" w:rsidP="007A7339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
@@ -9256,146 +9247,146 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B532A8" w:rsidRPr="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="Check9"/>
+      <w:bookmarkStart w:id="21" w:name="Check9"/>
       <w:r w:rsidR="00B532A8" w:rsidRPr="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidR="00B532A8" w:rsidRPr="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00B532A8" w:rsidRPr="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B532A8" w:rsidRPr="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="00245C17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B532A8" w:rsidRPr="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>the address of my place of residence, school and/or employment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B1CDF41" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRDefault="00245C17" w:rsidP="0089124E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:before="60" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B532A8" w:rsidRPr="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="Check10"/>
+      <w:bookmarkStart w:id="22" w:name="Check10"/>
       <w:r w:rsidR="00B532A8" w:rsidRPr="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidR="00B532A8" w:rsidRPr="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00B532A8" w:rsidRPr="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B532A8" w:rsidRPr="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the address of my child(ren)’s </w:t>
       </w:r>
       <w:r w:rsidR="00FB3190">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">residence, </w:t>
       </w:r>
       <w:r w:rsidR="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">school or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
@@ -9448,195 +9439,132 @@
         </w:rPr>
         <w:t xml:space="preserve">DO NOT LIST ADDRESS ON PETITION IF </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">REQUESTING </w:t>
       </w:r>
       <w:r w:rsidR="009F75CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>CONFIDENTIAL ADDRESS ***</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3096DAF7" w14:textId="77777777" w:rsidR="00076B06" w:rsidRDefault="003E7FF6" w:rsidP="00A52BF5">
+    <w:p w14:paraId="17BFCE89" w14:textId="77777777" w:rsidR="00367D84" w:rsidRDefault="00367D84" w:rsidP="00985770">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3096DAF7" w14:textId="4200E4D0" w:rsidR="00076B06" w:rsidRPr="00367D84" w:rsidRDefault="003E7FF6" w:rsidP="00A52BF5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
-      <w:r w:rsidR="00245C17">
+      <w:r w:rsidR="00367D84" w:rsidRPr="00E366A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Choose one</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Petitioner’s relationship to Respondent is: (</w:t>
+      </w:r>
+      <w:r w:rsidR="00367D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>choose one</w:t>
+      </w:r>
+      <w:r w:rsidR="00367D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="689"/>
         <w:gridCol w:w="4333"/>
         <w:gridCol w:w="963"/>
         <w:gridCol w:w="3537"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00245C17" w:rsidRPr="00E366A9" w14:paraId="0AA5916D" w14:textId="77777777" w:rsidTr="009110B2">
-[...85 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00985770" w:rsidRPr="00E366A9" w14:paraId="4F5040CB" w14:textId="77777777" w:rsidTr="009110B2">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0CC8C177" w14:textId="77777777" w:rsidR="00985770" w:rsidRPr="00E366A9" w:rsidRDefault="00985770" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -9664,83 +9592,83 @@
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Check42"/>
+            <w:bookmarkStart w:id="23" w:name="Check42"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="23"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Current or former spouse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3ED3682C" w14:textId="77777777" w:rsidR="00985770" w:rsidRPr="00E366A9" w:rsidRDefault="00985770" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
@@ -9748,83 +9676,83 @@
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Check44"/>
+            <w:bookmarkStart w:id="24" w:name="Check44"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="24"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Living together</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00985770" w:rsidRPr="00E366A9" w14:paraId="7C65A646" w14:textId="77777777" w:rsidTr="009110B2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
@@ -9863,83 +9791,83 @@
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Check43"/>
+            <w:bookmarkStart w:id="25" w:name="Check43"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="25"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Current or former substantive dating relationship</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4F8D5794" w14:textId="77777777" w:rsidR="00985770" w:rsidRPr="00E366A9" w:rsidRDefault="00985770" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
@@ -9947,83 +9875,83 @@
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Check45"/>
+            <w:bookmarkStart w:id="26" w:name="Check45"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="26"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Child in common</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00985770" w:rsidRPr="00E366A9" w14:paraId="6FAA0F5C" w14:textId="77777777" w:rsidTr="009110B2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
@@ -10061,141 +9989,161 @@
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Check46"/>
+            <w:bookmarkStart w:id="27" w:name="Check46"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="27"/>
             <w:r w:rsidR="009110B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Family member (specify </w:t>
+              <w:t xml:space="preserve"> Family member (</w:t>
+            </w:r>
+            <w:r w:rsidR="009110B2" w:rsidRPr="00E8696E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">specify </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E8696E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>relationship</w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>relationship):</w:t>
+              <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1691BA70" w14:textId="77777777" w:rsidR="00985770" w:rsidRPr="00E366A9" w:rsidRDefault="00985770" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text82"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Text82"/>
+            <w:bookmarkStart w:id="28" w:name="Text82"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
@@ -10228,51 +10176,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00985770" w:rsidRPr="00E366A9" w14:paraId="38F91568" w14:textId="77777777" w:rsidTr="009110B2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="482DCD8B" w14:textId="77777777" w:rsidR="00985770" w:rsidRDefault="00985770" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10315,150 +10263,163 @@
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Check47"/>
+            <w:bookmarkStart w:id="29" w:name="Check47"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="29"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Custodian</w:t>
             </w:r>
             <w:r w:rsidR="002F5B30" w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of Children</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="568B4C40" w14:textId="5216D1D0" w:rsidR="009110B2" w:rsidRPr="00E366A9" w:rsidRDefault="009110B2" w:rsidP="0089124E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009110B2" w:rsidRPr="00E366A9" w14:paraId="149ECC26" w14:textId="77777777" w:rsidTr="009110B2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C7A2C8D" w14:textId="17395790" w:rsidR="009110B2" w:rsidRPr="009110B2" w:rsidRDefault="009110B2" w:rsidP="00E366A9">
+          <w:p w14:paraId="477A07D4" w14:textId="77777777" w:rsidR="009E438B" w:rsidRDefault="009E438B" w:rsidP="00E366A9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C7A2C8D" w14:textId="372FFFED" w:rsidR="009110B2" w:rsidRPr="009110B2" w:rsidRDefault="009110B2" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009110B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8833" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="060BFABD" w14:textId="77777777" w:rsidR="009110B2" w:rsidRPr="00E366A9" w:rsidRDefault="009110B2" w:rsidP="0089124E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -10492,83 +10453,83 @@
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Check57"/>
+            <w:bookmarkStart w:id="30" w:name="Check57"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="30"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Affidavit of Parentage attached and incorporated herein.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00985770" w:rsidRPr="00E366A9" w14:paraId="2285D9C9" w14:textId="77777777" w:rsidTr="009110B2">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9522" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -10632,83 +10593,83 @@
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="Check48"/>
+            <w:bookmarkStart w:id="31" w:name="Check48"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="31"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Petitioner is the Division of </w:t>
             </w:r>
             <w:r w:rsidR="00F00B1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Family Services </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>acting in the interest of a minor child</w:t>
             </w:r>
             <w:r w:rsidR="00F00B1D">
@@ -10786,115 +10747,115 @@
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Check49"/>
+            <w:bookmarkStart w:id="32" w:name="Check49"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="32"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Petitioner is the Division of Adult Protective Services acting in the interest of an infirm adult.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6F8C3AE1" w14:textId="77777777" w:rsidR="00676769" w:rsidRPr="00676769" w:rsidRDefault="00676769" w:rsidP="00AF2992">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:ind w:left="90" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41364793" w14:textId="54005541" w:rsidR="008975C4" w:rsidRDefault="00955359" w:rsidP="001205A5">
+    <w:p w14:paraId="41364793" w14:textId="5A70C6DE" w:rsidR="008975C4" w:rsidRDefault="00955359" w:rsidP="00367D84">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
-        <w:ind w:left="90" w:hanging="450"/>
+        <w:ind w:left="-72" w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="003E7FF6" w:rsidRPr="003E7FF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003E7FF6">
         <w:rPr>
@@ -10938,67 +10899,81 @@
       </w:r>
       <w:r w:rsidR="001205A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004937FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>against the Petitioner</w:t>
       </w:r>
       <w:r w:rsidR="009A2FC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and/or the Child(ren). Make sure each act(s) </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="009A2FC3">
+      <w:r w:rsidR="009B7FFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>specify</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>specifies</w:t>
+      </w:r>
       <w:r w:rsidR="009A2FC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> whether it happened to the Petitioner or to the Child(ren).</w:t>
+        <w:t xml:space="preserve"> whether it happened to the Petitioner or to the Child(ren)</w:t>
+      </w:r>
+      <w:r w:rsidR="00485E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, as well as details regarding when and where the acts of abuse occurred</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00416E58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C734CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> You may not be allowed to testify abo</w:t>
       </w:r>
       <w:r w:rsidR="00B76BB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ut acts not adequately described</w:t>
       </w:r>
@@ -11065,172 +11040,225 @@
       <w:r w:rsidR="00245C17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Court to consider</w:t>
       </w:r>
       <w:r w:rsidR="00B532A8" w:rsidRPr="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, including dates if known</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B532A8">
+        <w:t xml:space="preserve">, including </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84696">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A13DFA">
+        <w:t>place</w:t>
+      </w:r>
+      <w:r w:rsidR="00F07D51">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>If additional space is required p</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00245C17">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B84696">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>lease attach the Court Addendum F</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A13DFA">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B532A8" w:rsidRPr="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>dates if known</w:t>
+      </w:r>
+      <w:r w:rsidR="00B532A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A13DFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If additional space is </w:t>
+      </w:r>
+      <w:r w:rsidR="009B7FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>required,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13DFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> p</w:t>
+      </w:r>
+      <w:r w:rsidR="00245C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lease attach the Court Addendum F</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13DFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">orm, </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00A13DFA">
+        <w:r w:rsidR="00A13DFA" w:rsidRPr="00367D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>For</w:t>
-[...19 lines deleted...]
-          <w:t>)</w:t>
+          <w:t>Form 540</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A13DFA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00A13DFA" w:rsidRPr="00367D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B532A8" w:rsidRPr="00367D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Abuse is defined</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00367D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> by Delaware law (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00937CEC" w:rsidRPr="00937CEC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2FC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>10 Del. C. § 1041)</w:t>
+        <w:t>Abuse is defined</w:t>
       </w:r>
       <w:r w:rsidR="00937CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> by Delaware law (</w:t>
+      </w:r>
+      <w:r w:rsidR="00937CEC" w:rsidRPr="00937CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>10 Del. C. § 1041)</w:t>
+      </w:r>
+      <w:r w:rsidR="00937CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> as:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D3147B" w14:textId="77777777" w:rsidR="00942469" w:rsidRPr="00F220CC" w:rsidRDefault="00942469" w:rsidP="001205A5">
+    <w:p w14:paraId="36D3147B" w14:textId="77777777" w:rsidR="00942469" w:rsidRPr="00367D84" w:rsidRDefault="00942469" w:rsidP="001205A5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:ind w:left="90" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9727" w:type="dxa"/>
         <w:tblInd w:w="1188" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="522"/>
@@ -11354,51 +11382,61 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="46722B7D" w14:textId="5F536481" w:rsidR="005564C4" w:rsidRPr="00A47B7C" w:rsidRDefault="00377062" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Causing or attempting to cause physical injury or sexual offense (Describe below</w:t>
+              <w:t>Causing or attempting to cause physical injury or sexual offense (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C7126">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Describe below</w:t>
             </w:r>
             <w:r w:rsidR="000F6800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005564C4" w:rsidRPr="00A47B7C" w14:paraId="4483A2CA" w14:textId="77777777" w:rsidTr="00421B79">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -11624,50 +11662,221 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="43A743F9" w14:textId="77777777" w:rsidR="005564C4" w:rsidRPr="00A47B7C" w:rsidRDefault="005564C4" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00367D84" w:rsidRPr="00A47B7C" w14:paraId="67F80D97" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="354B93F2" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F7779AA" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="158344EE" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -12060,51 +12269,61 @@
               </w:rPr>
               <w:t>tempting to place me (Petitioner) or child(ren)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> in reasonable </w:t>
             </w:r>
             <w:r w:rsidR="00B76BB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>fear</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of physical injury or sexual offense (Describe below</w:t>
+              <w:t xml:space="preserve"> of physical injury or sexual offense (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C7126">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Describe below</w:t>
             </w:r>
             <w:r w:rsidR="000F6800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005564C4" w:rsidRPr="00A47B7C" w14:paraId="1D245F31" w14:textId="77777777" w:rsidTr="00421B79">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -12481,50 +12700,221 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="44C0A045" w14:textId="77777777" w:rsidR="005564C4" w:rsidRPr="00A47B7C" w:rsidRDefault="005564C4" w:rsidP="00377062">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00367D84" w:rsidRPr="00A47B7C" w14:paraId="6AA5249B" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="716B4000" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A834659" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="592E9208" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -12789,51 +13179,61 @@
               </w:rPr>
               <w:t xml:space="preserve">legal documents.  This also includes </w:t>
             </w:r>
             <w:r w:rsidR="00C37842" w:rsidRPr="00445E37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>inflicting physical injury on any companion animal or service animal</w:t>
             </w:r>
             <w:r w:rsidR="000F6800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00445E37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(Describe below</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C7126">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Describe below</w:t>
             </w:r>
             <w:r w:rsidR="000F6800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005564C4" w:rsidRPr="00A47B7C" w14:paraId="00409B1A" w14:textId="77777777" w:rsidTr="00421B79">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -13142,50 +13542,221 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00367D84" w:rsidRPr="00A47B7C" w14:paraId="06DE5CE6" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7A3722" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A1F19C" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ABEDAD7" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="005564C4" w:rsidRPr="00A47B7C" w14:paraId="1C7ED476" w14:textId="77777777" w:rsidTr="00421B79">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D3C3E7D" w14:textId="77777777" w:rsidR="005564C4" w:rsidRPr="00A47B7C" w:rsidRDefault="005564C4" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -13312,51 +13883,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005564C4" w:rsidRPr="00A47B7C" w14:paraId="4B13A588" w14:textId="77777777" w:rsidTr="00421B79">
+      <w:tr w:rsidR="005564C4" w:rsidRPr="00A47B7C" w14:paraId="4B13A588" w14:textId="77777777" w:rsidTr="00F01ED1">
         <w:trPr>
           <w:trHeight w:val="74"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="48A981C4" w14:textId="77777777" w:rsidR="005564C4" w:rsidRPr="00A47B7C" w:rsidRDefault="005564C4" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -13438,95 +14009,104 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidR="005564C4" w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2FB843F4" w14:textId="64965E2D" w:rsidR="005564C4" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Engaging in alarming or distressing conduct in a manner </w:t>
             </w:r>
             <w:r w:rsidRPr="00E648FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>which is likely to cause fear or emotional distress or to provoke a violent or disorderly response</w:t>
             </w:r>
             <w:r w:rsidR="00C37842" w:rsidRPr="00E648FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> including conduct that is directed towards any companion animal or service animal</w:t>
             </w:r>
             <w:r w:rsidRPr="00E648FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Describe below</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C7126">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Describe below</w:t>
             </w:r>
             <w:r w:rsidR="000F6800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005564C4" w:rsidRPr="00A47B7C" w14:paraId="2AD3F48F" w14:textId="77777777" w:rsidTr="00421B79">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -13752,50 +14332,221 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="31395D62" w14:textId="77777777" w:rsidR="005564C4" w:rsidRPr="00A47B7C" w:rsidRDefault="005564C4" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text68"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00367D84" w:rsidRPr="00A47B7C" w14:paraId="6F984B24" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9EA186" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA74D79" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4053F2D9" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -14187,51 +14938,61 @@
               </w:rPr>
               <w:t>respassing on</w:t>
             </w:r>
             <w:r w:rsidRPr="00617E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001205A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>my (Petitioner) or child(ren)’s property</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Describe below</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C7126">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Describe below</w:t>
             </w:r>
             <w:r w:rsidR="000F6800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005564C4" w:rsidRPr="00A47B7C" w14:paraId="05EC0765" w14:textId="77777777" w:rsidTr="00421B79">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -14457,50 +15218,221 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="04C68D46" w14:textId="77777777" w:rsidR="005564C4" w:rsidRPr="00A47B7C" w:rsidRDefault="005564C4" w:rsidP="00377062">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text71"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00367D84" w:rsidRPr="00A47B7C" w14:paraId="55670430" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40879BE4" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D743E64" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8A3D85" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -14877,51 +15809,61 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Child abuse</w:t>
             </w:r>
             <w:r w:rsidR="009110B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(Describe below</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C7126">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Describe below</w:t>
             </w:r>
             <w:r w:rsidR="000F6800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w14:paraId="286DEF11" w14:textId="77777777" w:rsidTr="00C37842">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -15222,249 +16164,336 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w14:paraId="29385517" w14:textId="77777777" w:rsidTr="00C37842">
+      <w:tr w:rsidR="00367D84" w:rsidRPr="00A47B7C" w14:paraId="50FED7F4" w14:textId="77777777" w:rsidTr="00C7345E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="046A08DB" w14:textId="77777777" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+          <w:p w14:paraId="6C187C5A" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="72E2683C" w14:textId="77777777" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+          <w:p w14:paraId="02677D83" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="72C5CC37" w14:textId="77777777" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+          <w:p w14:paraId="5746C4F5" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text72"/>
+                  <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w14:paraId="0BF7CD53" w14:textId="77777777" w:rsidTr="00C37842">
+      <w:tr w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w14:paraId="29385517" w14:textId="77777777" w:rsidTr="00AD43D6">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
+          <w:p w14:paraId="046A08DB" w14:textId="77777777" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E2683C" w14:textId="77777777" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C5CC37" w14:textId="0FEA4E0B" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w14:paraId="0BF7CD53" w14:textId="77777777" w:rsidTr="00AD43D6">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="72"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
           <w:p w14:paraId="048D9FB0" w14:textId="77777777" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="000F6800">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -15475,136 +16504,331 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4833DB0F" w14:textId="31182CE2" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00421B79" w:rsidP="000F6800">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="00F63AF7" w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0867AA2A" w14:textId="752E232C" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Unlawful imprisonment, kidnapping, interference with custody</w:t>
+            </w:r>
+            <w:r w:rsidR="00367D84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and coercion</w:t>
+            </w:r>
+            <w:r w:rsidR="000F6800">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C7126">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Describe below</w:t>
+            </w:r>
+            <w:r w:rsidR="000F6800">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00367D84" w:rsidRPr="00A47B7C" w14:paraId="1740A08A" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4833DB0F" w14:textId="31182CE2" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00421B79" w:rsidP="000F6800">
+          <w:p w14:paraId="5BAF7A2A" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-[...21 lines deleted...]
-            </w:r>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75EE84E1" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0867AA2A" w14:textId="156191EB" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+          <w:p w14:paraId="5A6CB3F5" w14:textId="77777777" w:rsidR="00367D84" w:rsidRPr="00A47B7C" w:rsidRDefault="00367D84" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...29 lines deleted...]
-              <w:t>).</w:t>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w14:paraId="0331A22D" w14:textId="77777777" w:rsidTr="00C37842">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3C8CA83E" w14:textId="77777777" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
@@ -16063,64 +17287,63 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C37842" w:rsidRPr="00A47B7C" w14:paraId="79705C19" w14:textId="77777777" w:rsidTr="00C37842">
+      <w:tr w:rsidR="00C37842" w:rsidRPr="00A47B7C" w14:paraId="79705C19" w14:textId="77777777" w:rsidTr="00F01ED1">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5679863F" w14:textId="383C7935" w:rsidR="00C37842" w:rsidRPr="00522092" w:rsidRDefault="00C37842" w:rsidP="000F6800">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="600" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00522092">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -16150,177 +17373,216 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00522092">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0F1FFC07" w14:textId="19A4A082" w:rsidR="00C37842" w:rsidRPr="00522092" w:rsidRDefault="00C37842" w:rsidP="000F6800">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="600" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00522092">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>h.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5914438D" w14:textId="0CB55E2E" w:rsidR="00C37842" w:rsidRPr="00E648FA" w:rsidRDefault="00C37842" w:rsidP="00B17B84">
+          </w:tcPr>
+          <w:p w14:paraId="5914438D" w14:textId="287C1DA3" w:rsidR="00C37842" w:rsidRPr="00E648FA" w:rsidRDefault="00A4497D" w:rsidP="00B17B84">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E648FA">
-[...6 lines deleted...]
-              <w:t>Inflicting or attempting to inflict physical injury on a companion animal, engaging in conduct which is likely to cause fear that the companion animal will be physically injured, or engaging in cruelty to the companion animal.</w:t>
+            <w:r w:rsidRPr="00445E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Intentionally causing or attempting to cause an adult to be financially dependent by (1) maintaining overwhelming control over the individual’s financial resources (including withholding access to money or credit cards</w:t>
+            </w:r>
+            <w:r w:rsidR="001C39DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or forbidding attendance at school or employment without reasonable justification, and against the individual’s will) or (2) stealing or defrauding of money or assets, exploiting the victim’s resources for personal gain, or withholding physical resources such as food, clothing, necessary medications, or shelter</w:t>
+            </w:r>
+            <w:r w:rsidR="00F01ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00F01ED1" w:rsidRPr="00EE78D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Describe below</w:t>
+            </w:r>
+            <w:r w:rsidR="00F01ED1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C37842" w:rsidRPr="00A47B7C" w14:paraId="654AE99C" w14:textId="77777777" w:rsidTr="003D2AC8">
+      <w:tr w:rsidR="00F01ED1" w:rsidRPr="00A47B7C" w14:paraId="0C67D9D2" w14:textId="77777777" w:rsidTr="00C7345E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="47CBB37E" w14:textId="77777777" w:rsidR="00C37842" w:rsidRPr="00C37842" w:rsidRDefault="00C37842" w:rsidP="00B17B84">
+          <w:p w14:paraId="42BA1C4E" w14:textId="77777777" w:rsidR="00F01ED1" w:rsidRPr="00C37842" w:rsidRDefault="00F01ED1" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6CB1C515" w14:textId="77777777" w:rsidR="00C37842" w:rsidRPr="00C37842" w:rsidRDefault="00C37842" w:rsidP="00B17B84">
+          <w:p w14:paraId="78DCA29E" w14:textId="77777777" w:rsidR="00F01ED1" w:rsidRPr="00C37842" w:rsidRDefault="00F01ED1" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE2AE70" w14:textId="5A0B5363" w:rsidR="00C37842" w:rsidRPr="00E648FA" w:rsidRDefault="00C37842" w:rsidP="00B17B84">
+          <w:p w14:paraId="43576FC6" w14:textId="77777777" w:rsidR="00F01ED1" w:rsidRPr="00E648FA" w:rsidRDefault="00F01ED1" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E648FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text70"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -16545,118 +17807,118 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E648FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E648FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C37842" w:rsidRPr="00A47B7C" w14:paraId="0E70816C" w14:textId="77777777" w:rsidTr="000F6800">
+      <w:tr w:rsidR="001C39DE" w:rsidRPr="00A47B7C" w14:paraId="00C08149" w14:textId="77777777" w:rsidTr="00C7345E">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="650FE331" w14:textId="77777777" w:rsidR="00C37842" w:rsidRPr="00C37842" w:rsidRDefault="00C37842" w:rsidP="00B17B84">
+          <w:p w14:paraId="025A620A" w14:textId="77777777" w:rsidR="001C39DE" w:rsidRPr="00C37842" w:rsidRDefault="001C39DE" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2D8BC018" w14:textId="77777777" w:rsidR="00C37842" w:rsidRPr="00C37842" w:rsidRDefault="00C37842" w:rsidP="00B17B84">
+          <w:p w14:paraId="606FC756" w14:textId="77777777" w:rsidR="001C39DE" w:rsidRPr="00C37842" w:rsidRDefault="001C39DE" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="655524C5" w14:textId="0C6AEDFE" w:rsidR="00C37842" w:rsidRPr="00E648FA" w:rsidRDefault="00C37842" w:rsidP="00B17B84">
+          <w:p w14:paraId="3B3F26CE" w14:textId="77777777" w:rsidR="001C39DE" w:rsidRPr="00E648FA" w:rsidRDefault="001C39DE" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E648FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text70"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -16713,312 +17975,457 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E648FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E648FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w14:paraId="2B01D5E3" w14:textId="77777777" w:rsidTr="000F6800">
+      <w:tr w:rsidR="00C37842" w:rsidRPr="00A47B7C" w14:paraId="0E70816C" w14:textId="77777777" w:rsidTr="000F6800">
         <w:trPr>
-          <w:trHeight w:val="1817"/>
+          <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4DBD5523" w14:textId="73B16571" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F04AAD" w:rsidP="000F6800">
+          <w:p w14:paraId="650FE331" w14:textId="77777777" w:rsidR="00C37842" w:rsidRPr="00C37842" w:rsidRDefault="00C37842" w:rsidP="00B17B84">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:line="1920" w:lineRule="auto"/>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8BC018" w14:textId="77777777" w:rsidR="00C37842" w:rsidRPr="00C37842" w:rsidRDefault="00C37842" w:rsidP="00B17B84">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="655524C5" w14:textId="0C6AEDFE" w:rsidR="00C37842" w:rsidRPr="00E648FA" w:rsidRDefault="00C37842" w:rsidP="00B17B84">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E648FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text70"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E648FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E648FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E648FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E648FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E648FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E648FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E648FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E648FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E648FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="2B01D5E3" w14:textId="77777777" w:rsidTr="00F01ED1">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DBD5523" w14:textId="73B16571" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="1920" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="Check59"/>
+            <w:bookmarkStart w:id="33" w:name="Check59"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7377ECF7" w14:textId="3164C3AA" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F04AAD" w:rsidP="000F6800">
+          <w:p w14:paraId="7377ECF7" w14:textId="3164C3AA" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="1920" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t>.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>i.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7D11BFA3" w14:textId="54B7E301" w:rsidR="005E07B7" w:rsidRDefault="007F67B0" w:rsidP="003D2AC8">
+          <w:p w14:paraId="5ACAA3FC" w14:textId="4A19C249" w:rsidR="00456F50" w:rsidRPr="00445E37" w:rsidRDefault="00F01ED1" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445E37">
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Any other conduct which a reasonable person would find threatening or harmful.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w14:paraId="03B76772" w14:textId="77777777" w:rsidTr="00C37842">
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="03B76772" w14:textId="77777777" w:rsidTr="00C37842">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0077290E" w14:textId="7C425267" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+          <w:p w14:paraId="0077290E" w14:textId="7C425267" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="766EAB6A" w14:textId="0B274302" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="766EAB6A" w14:textId="0B274302" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0EB2FD98" w14:textId="7F836C93" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="009044AF" w:rsidP="00B17B84">
+          <w:p w14:paraId="0EB2FD98" w14:textId="7F836C93" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text109"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="Text109"/>
+            <w:bookmarkStart w:id="34" w:name="Text109"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -17051,120 +18458,120 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w14:paraId="3CD36178" w14:textId="77777777" w:rsidTr="00F63AF7">
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="3CD36178" w14:textId="77777777" w:rsidTr="00F63AF7">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2E082EDF" w14:textId="77777777" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+          <w:p w14:paraId="2E082EDF" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0AFAEC2B" w14:textId="77777777" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+          <w:p w14:paraId="0AFAEC2B" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5742E837" w14:textId="77777777" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+          <w:p w14:paraId="5742E837" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text71"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -17221,116 +18628,116 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w14:paraId="79858942" w14:textId="77777777" w:rsidTr="000F6800">
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="6A872543" w14:textId="77777777" w:rsidTr="00C7345E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="144F0A1E" w14:textId="77777777" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+          <w:p w14:paraId="5FC942A4" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3743EC5A" w14:textId="77777777" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+          <w:p w14:paraId="470E6E03" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="43CF0F2A" w14:textId="77777777" w:rsidR="00F63AF7" w:rsidRPr="00A47B7C" w:rsidRDefault="00F63AF7" w:rsidP="00B17B84">
+          <w:p w14:paraId="0F9F3A2A" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text72"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -17387,311 +18794,655 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F6800" w:rsidRPr="00A47B7C" w14:paraId="59F8FE09" w14:textId="77777777" w:rsidTr="000F6800">
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="79858942" w14:textId="77777777" w:rsidTr="000F6800">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="144F0A1E" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3743EC5A" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43CF0F2A" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text72"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="59F8FE09" w14:textId="77777777" w:rsidTr="00F01ED1">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1B6E41CE" w14:textId="4524E23D" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="000F6800">
+          </w:tcPr>
+          <w:p w14:paraId="1B6E41CE" w14:textId="4524E23D" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check60"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="Check60"/>
+            <w:bookmarkStart w:id="35" w:name="Check60"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6FDF445D" w14:textId="55B36A85" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="000F6800">
+          </w:tcPr>
+          <w:p w14:paraId="6FDF445D" w14:textId="55B36A85" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>j.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="395D5040" w14:textId="5AC9561A" w:rsidR="000F6800" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          </w:tcPr>
+          <w:p w14:paraId="634E9D64" w14:textId="0D653F01" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...26 lines deleted...]
-              <w:t>(Describe below).</w:t>
+            <w:r w:rsidRPr="00E648FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Inflicting or attempting to inflict physical injury on a companion animal, engaging in conduct which is likely to cause fear that the companion animal will be physically injured, or engaging in cruelty to the companion animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE78D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Describe below</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F6800" w:rsidRPr="00A47B7C" w14:paraId="389D367C" w14:textId="77777777" w:rsidTr="000F6800">
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="1DFB1F4A" w14:textId="77777777" w:rsidTr="00C7345E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7627D406" w14:textId="77777777" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="5DAD6A88" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="70FDECA1" w14:textId="77777777" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="60DCD286" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="128546D5" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text72"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="389D367C" w14:textId="77777777" w:rsidTr="000F6800">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7627D406" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="70FDECA1" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="586BBF78" w14:textId="3A39A364" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="009044AF" w:rsidP="00B17B84">
+          <w:p w14:paraId="586BBF78" w14:textId="3A39A364" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text110"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="43" w:name="Text110"/>
+            <w:bookmarkStart w:id="36" w:name="Text110"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -17724,147 +19475,147 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F6800" w:rsidRPr="00A47B7C" w14:paraId="46317036" w14:textId="77777777" w:rsidTr="00F63AF7">
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="46317036" w14:textId="77777777" w:rsidTr="00F63AF7">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5D772E44" w14:textId="77777777" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="5D772E44" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4036D705" w14:textId="77777777" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="4036D705" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="12E3BF60" w14:textId="538CE462" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="009044AF" w:rsidP="00B17B84">
+          <w:p w14:paraId="12E3BF60" w14:textId="538CE462" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text111"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="44" w:name="Text111"/>
+            <w:bookmarkStart w:id="37" w:name="Text111"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -17897,147 +19648,147 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F6800" w:rsidRPr="00A47B7C" w14:paraId="29BEC3B2" w14:textId="77777777" w:rsidTr="000F6800">
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="29BEC3B2" w14:textId="77777777" w:rsidTr="000F6800">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3E789DC8" w14:textId="77777777" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="3E789DC8" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3449D6A0" w14:textId="77777777" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="3449D6A0" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0FBB9138" w14:textId="4E9CE1D4" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="009044AF" w:rsidP="00B17B84">
+          <w:p w14:paraId="0FBB9138" w14:textId="4E9CE1D4" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="Text112"/>
+            <w:bookmarkStart w:id="38" w:name="Text112"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18070,294 +19821,478 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F6800" w:rsidRPr="00A47B7C" w14:paraId="5DA2C1BD" w14:textId="77777777" w:rsidTr="000F6800">
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="5DA2C1BD" w14:textId="77777777" w:rsidTr="000F6800">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0D88462A" w14:textId="39F4A641" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="0D88462A" w14:textId="39F4A641" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check61"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="46" w:name="Check61"/>
+            <w:bookmarkStart w:id="39" w:name="Check61"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF87C52" w14:textId="7E4F8420" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="3FF87C52" w14:textId="7E4F8420" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">k. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC61F12" w14:textId="3A293B01" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="3AC61F12" w14:textId="3A293B01" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Trafficking (Describe below). </w:t>
+              <w:t>Human Trafficking (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE78D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Describe below</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F6800" w:rsidRPr="00A47B7C" w14:paraId="45E7BF68" w14:textId="77777777" w:rsidTr="000F6800">
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="0BE4DF44" w14:textId="77777777" w:rsidTr="00C7345E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2B14BC3D" w14:textId="77777777" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="45EC1F6B" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="55862CDA" w14:textId="77777777" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="0E7E14EE" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00C7345E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F5A5C3" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text72"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="45E7BF68" w14:textId="77777777" w:rsidTr="000F6800">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B14BC3D" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55862CDA" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="177385FB" w14:textId="1E229EC1" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="009044AF" w:rsidP="00B17B84">
+          <w:p w14:paraId="177385FB" w14:textId="1E229EC1" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="47" w:name="Text113"/>
+            <w:bookmarkStart w:id="40" w:name="Text113"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18390,147 +20325,147 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F6800" w:rsidRPr="00A47B7C" w14:paraId="4DB44F10" w14:textId="77777777" w:rsidTr="00F63AF7">
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="4DB44F10" w14:textId="77777777" w:rsidTr="00F63AF7">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4616DDAF" w14:textId="77777777" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="4616DDAF" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="764357B1" w14:textId="77777777" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="764357B1" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="10880855" w14:textId="138C47B4" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="009044AF" w:rsidP="00B17B84">
+          <w:p w14:paraId="10880855" w14:textId="138C47B4" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="Text114"/>
+            <w:bookmarkStart w:id="41" w:name="Text114"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18563,147 +20498,147 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F6800" w:rsidRPr="00A47B7C" w14:paraId="5A13B085" w14:textId="77777777" w:rsidTr="00F63AF7">
+      <w:tr w:rsidR="00456F50" w:rsidRPr="00A47B7C" w14:paraId="5A13B085" w14:textId="77777777" w:rsidTr="00F63AF7">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="65D90CB9" w14:textId="77777777" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="65D90CB9" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="52C9FD48" w14:textId="77777777" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="000F6800" w:rsidP="00B17B84">
+          <w:p w14:paraId="52C9FD48" w14:textId="77777777" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2A069876" w14:textId="2F80DC57" w:rsidR="000F6800" w:rsidRPr="00A47B7C" w:rsidRDefault="009044AF" w:rsidP="00B17B84">
+          <w:p w14:paraId="2A069876" w14:textId="2F80DC57" w:rsidR="00456F50" w:rsidRPr="00A47B7C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text115"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="49" w:name="Text115"/>
+            <w:bookmarkStart w:id="42" w:name="Text115"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18736,105 +20671,3270 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="49"/>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7E81F5E3" w14:textId="77777777" w:rsidR="00421B79" w:rsidRPr="00245C17" w:rsidRDefault="00421B79" w:rsidP="00D95787">
+    <w:p w14:paraId="0F7E1AF9" w14:textId="77777777" w:rsidR="00B84696" w:rsidRPr="00245C17" w:rsidRDefault="00B84696" w:rsidP="00D95787">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38BFE68C" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRPr="00B532A8" w:rsidRDefault="00955359" w:rsidP="00FB59C0">
+    <w:p w14:paraId="299F1F17" w14:textId="64EE553E" w:rsidR="00B144B9" w:rsidRDefault="00955359" w:rsidP="00FB59C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:ind w:left="90" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="003E7FF6" w:rsidRPr="003E7FF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003E7FF6">
+      <w:r w:rsidR="00B144B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:tab/>
+        <w:t>(a)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B144B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Is the Respondent a Delaware resident? </w:t>
+      </w:r>
+      <w:r w:rsidR="00456F50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00456F50" w:rsidRPr="00B532A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00456F50" w:rsidRPr="00B532A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00456F50" w:rsidRPr="00B532A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00456F50" w:rsidRPr="00B532A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00456F50" w:rsidRPr="00B532A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00456F50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> YES  </w:t>
+      </w:r>
+      <w:r w:rsidR="00456F50" w:rsidRPr="00B532A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00456F50" w:rsidRPr="00B532A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00456F50" w:rsidRPr="00B532A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00456F50" w:rsidRPr="00B532A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00456F50" w:rsidRPr="00B532A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00456F50">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BEB7796" w14:textId="5716D0D8" w:rsidR="00B144B9" w:rsidRDefault="00B144B9" w:rsidP="00FB59C0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:ind w:left="90" w:hanging="450"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(b)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0068000C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE78D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>YES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, proceed to question 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A936D59" w14:textId="1CAAF18B" w:rsidR="00456F50" w:rsidRDefault="00E76FD8" w:rsidP="00FB59C0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:ind w:left="90" w:hanging="450"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE78D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, please explain how the alleged abuse committed by Respondent had a connection to Delaware.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D00FC52" w14:textId="2BBFE9B4" w:rsidR="0068000C" w:rsidRDefault="00456F50" w:rsidP="00456F50">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="450"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E76FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This information is necessary for the Court to determine whether it has jurisdiction over the Respondent.  For example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D0803AE" w14:textId="65012A1A" w:rsidR="00E76FD8" w:rsidRDefault="00E76FD8" w:rsidP="00906275">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00674298">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Did any of the abuse occur in Delaware?</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9727" w:type="dxa"/>
+        <w:tblInd w:w="1188" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="522"/>
+        <w:gridCol w:w="8665"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00037273" w:rsidRPr="00A47B7C" w14:paraId="5303814A" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A572997" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE34325" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4593D29C" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037273" w:rsidRPr="00A47B7C" w14:paraId="1ACA91EF" w14:textId="77777777" w:rsidTr="00037273">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7368085E" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7915EAF1" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E315DD" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037273" w:rsidRPr="00A47B7C" w14:paraId="7DA6ED9E" w14:textId="77777777" w:rsidTr="00037273">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2966008B" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="492F9BAE" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42742B1E" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037273" w:rsidRPr="00A47B7C" w14:paraId="59862D29" w14:textId="77777777" w:rsidTr="00037273">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="37B4614C" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E056C11" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="510F7847" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="01699BEC" w14:textId="07E5595C" w:rsidR="00E76FD8" w:rsidRDefault="00E76FD8" w:rsidP="00906275">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00674298">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Did Respondent send abusive messages by telephone, mail, email, or text message to the Petitioner in Delaware?</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9727" w:type="dxa"/>
+        <w:tblInd w:w="1188" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="522"/>
+        <w:gridCol w:w="8665"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00037273" w:rsidRPr="00A47B7C" w14:paraId="45BF6F05" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35FF2523" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="18408450" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E20A74F" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037273" w:rsidRPr="00A47B7C" w14:paraId="6919557F" w14:textId="77777777" w:rsidTr="00037273">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3492C494" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8C2BF1" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="057EB603" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037273" w:rsidRPr="00A47B7C" w14:paraId="1014AE51" w14:textId="77777777" w:rsidTr="00037273">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="200766DB" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5701B0EE" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76ED7E56" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037273" w:rsidRPr="00A47B7C" w14:paraId="6B7E97A0" w14:textId="77777777" w:rsidTr="00037273">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6F33FD" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="172A59BD" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC15FA2" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6CDBEF70" w14:textId="108E928D" w:rsidR="00E76FD8" w:rsidRDefault="00E76FD8" w:rsidP="00906275">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00674298">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Did the abuse occur outside of Delaware, but in the context of custody or visitation with children over which Delaware has continuing jurisdiction?</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9727" w:type="dxa"/>
+        <w:tblInd w:w="1188" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="522"/>
+        <w:gridCol w:w="8665"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00037273" w:rsidRPr="00A47B7C" w14:paraId="3C7220C9" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4343CBE0" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF13ADA" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="336B74F1" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037273" w:rsidRPr="00A47B7C" w14:paraId="7EF48C35" w14:textId="77777777" w:rsidTr="00037273">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F4C50A4" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DBE9EAF" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="74DA8A32" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037273" w:rsidRPr="00A47B7C" w14:paraId="68FD491E" w14:textId="77777777" w:rsidTr="00037273">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5C676F" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF8CCF0" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DAF532" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00037273" w:rsidRPr="00A47B7C" w14:paraId="45E595DF" w14:textId="77777777" w:rsidTr="00037273">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B4F38A6" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="093D276D" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A1E4263" w14:textId="77777777" w:rsidR="00037273" w:rsidRPr="00A47B7C" w:rsidRDefault="00037273" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="219A9DC6" w14:textId="58010348" w:rsidR="00E76FD8" w:rsidRPr="00674298" w:rsidRDefault="00E76FD8" w:rsidP="00674298">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00674298">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Did the Respondent have any other contact with Delaware that was related in any other way to the alleged abuse?</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9727" w:type="dxa"/>
+        <w:tblInd w:w="1188" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="522"/>
+        <w:gridCol w:w="8665"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w14:paraId="7E7E3978" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43130363" w14:textId="77777777" w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w:rsidRDefault="00E8696E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B75C0BC" w14:textId="77777777" w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w:rsidRDefault="00E8696E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6FC8FB" w14:textId="77777777" w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w:rsidRDefault="00E8696E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w14:paraId="29966FBE" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B6FAD33" w14:textId="77777777" w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w:rsidRDefault="00E8696E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16545A11" w14:textId="77777777" w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w:rsidRDefault="00E8696E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0FFE2A" w14:textId="77777777" w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w:rsidRDefault="00E8696E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w14:paraId="7BCCF5FB" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B49A7BD" w14:textId="77777777" w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w:rsidRDefault="00E8696E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B4BDBA" w14:textId="77777777" w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w:rsidRDefault="00E8696E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DF47A8" w14:textId="77777777" w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w:rsidRDefault="00E8696E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w14:paraId="2931EA14" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0105AB5A" w14:textId="77777777" w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w:rsidRDefault="00E8696E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="518B5743" w14:textId="77777777" w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w:rsidRDefault="00E8696E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="699F8EB0" w14:textId="77777777" w:rsidR="00E8696E" w:rsidRPr="00A47B7C" w:rsidRDefault="00E8696E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="32632644" w14:textId="77777777" w:rsidR="0068000C" w:rsidRDefault="0068000C" w:rsidP="00FB59C0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:ind w:left="90" w:hanging="450"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38BFE68C" w14:textId="68FD1ED7" w:rsidR="00B532A8" w:rsidRPr="00B532A8" w:rsidRDefault="0068000C" w:rsidP="00FB59C0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:ind w:left="90" w:hanging="450"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00B532A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Petitioner has reason to believe that the Respondent is in possession of the following firearm(s): </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="176"/>
         <w:tblW w:w="10732" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5366"/>
         <w:gridCol w:w="5366"/>
@@ -19585,258 +24685,307 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B532A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="44725D5F" w14:textId="77777777" w:rsidR="00E768C5" w:rsidRDefault="00E768C5" w:rsidP="00B532A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7274D396" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRPr="00503751" w:rsidRDefault="00B532A8" w:rsidP="00B532A8">
+    <w:p w14:paraId="7274D396" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRDefault="00B532A8" w:rsidP="00B532A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>WHEREFORE</w:t>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Petitioner asks this Court</w:t>
       </w:r>
       <w:r w:rsidR="004A2362">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the following relief(s):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37652FFA" w14:textId="77777777" w:rsidR="0068000C" w:rsidRDefault="0068000C" w:rsidP="00B532A8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D7D3E74" w14:textId="5EBC4774" w:rsidR="005926E3" w:rsidRPr="00674298" w:rsidRDefault="0068000C" w:rsidP="00674298">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PROTECTIVE RELIEF</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06E605AD" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRPr="00DD181A" w:rsidRDefault="00B532A8" w:rsidP="00B532A8">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41746BC7" w14:textId="77777777" w:rsidR="00076B06" w:rsidRDefault="00B532A8" w:rsidP="00985770">
+    <w:p w14:paraId="41746BC7" w14:textId="2DA2F0D5" w:rsidR="00076B06" w:rsidRDefault="00B532A8" w:rsidP="00985770">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1000" w:hanging="300"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="50" w:name="Check11"/>
+      <w:bookmarkStart w:id="43" w:name="Check11"/>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidR="00FB3190">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00503751">
+      <w:r w:rsidR="00176E23">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prohibit the Respondent from committing any act of abuse against the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CF15D3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Petitioner (or his or her minor </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00503751">
+        <w:t xml:space="preserve">Prohibit the Respondent from committing any act of abuse against the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF15D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>children)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008F21F6">
+        <w:t xml:space="preserve">Petitioner (or his or her minor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>children)</w:t>
+      </w:r>
+      <w:r w:rsidR="008F21F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A579865" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRDefault="00B532A8" w:rsidP="00CF15D3">
+    <w:p w14:paraId="2A579865" w14:textId="28ED2B4D" w:rsidR="00CF15D3" w:rsidRDefault="00B532A8" w:rsidP="00CF15D3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="Check12"/>
+      <w:bookmarkStart w:id="44" w:name="Check12"/>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r w:rsidR="00CF15D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00176E23">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Order the Respondent to stay away from:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1260" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -19869,83 +25018,83 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="52" w:name="Check37"/>
+            <w:bookmarkStart w:id="45" w:name="Check37"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="52"/>
+            <w:bookmarkEnd w:id="45"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D561B37" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="00CF15D3" w:rsidP="00676769">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -19976,83 +25125,83 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="53" w:name="Check38"/>
+            <w:bookmarkStart w:id="46" w:name="Check38"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="53"/>
+            <w:bookmarkEnd w:id="46"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="78F4B192" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="00CF15D3" w:rsidP="00676769">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -20083,83 +25232,83 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="54" w:name="Check39"/>
+            <w:bookmarkStart w:id="47" w:name="Check39"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="54"/>
+            <w:bookmarkEnd w:id="47"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="58FB1413" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="00CF15D3" w:rsidP="00676769">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -20190,83 +25339,83 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="55" w:name="Check40"/>
+            <w:bookmarkStart w:id="48" w:name="Check40"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="55"/>
+            <w:bookmarkEnd w:id="48"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="26031E50" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="00CF15D3" w:rsidP="00676769">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -20288,51 +25437,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="60AE9A95" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="00CF15D3" w:rsidP="00676769">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text81"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="Text81"/>
+            <w:bookmarkStart w:id="49" w:name="Text81"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
@@ -20365,51 +25514,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="56"/>
+            <w:bookmarkEnd w:id="49"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009310A0" w:rsidRPr="00E366A9" w14:paraId="36E8C7B6" w14:textId="77777777" w:rsidTr="009110B2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69DCF752" w14:textId="77777777" w:rsidR="009310A0" w:rsidRPr="00E366A9" w:rsidRDefault="009310A0" w:rsidP="00676769">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -20530,232 +25679,374 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1B426411" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00503751" w:rsidRDefault="00CF15D3" w:rsidP="00CF15D3"/>
-    <w:p w14:paraId="5D059693" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRDefault="00B532A8" w:rsidP="00B532A8">
+    <w:p w14:paraId="5D059693" w14:textId="4A4089A4" w:rsidR="00B532A8" w:rsidRDefault="00B532A8" w:rsidP="00B532A8">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="Check17"/>
+      <w:bookmarkStart w:id="50" w:name="Check17"/>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r w:rsidR="00CF15D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00503751">
+      <w:r w:rsidR="00176E23">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Prohibit the Respondent from contacting or attempting to contact the Petitioner in any way, including, but not limited to, by phone, by the mail or by any other means.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503751">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prohibit the Respondent from contacting or attempting to contact the Petitioner in any way, including, but not limited to, by phone, by the mail</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7C5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503751">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or by any other means.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6E5A4C" w14:textId="5B988BB4" w:rsidR="008F21F6" w:rsidRPr="00E26E76" w:rsidRDefault="008F21F6" w:rsidP="008F21F6">
+    <w:p w14:paraId="3A6E5A4C" w14:textId="42630BA2" w:rsidR="008F21F6" w:rsidRPr="00E26E76" w:rsidRDefault="008F21F6" w:rsidP="008F21F6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="58" w:name="Check33"/>
+      <w:bookmarkStart w:id="51" w:name="Check33"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00F2505E">
+      <w:r w:rsidR="005926E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>A PFA Order typically lasts for 1-2 years. If you would like the order to last longer than 1 year, fill out the aggravating factors below to g</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Protective relief may be awarded for up to two years. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2505E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">rant no contact relief for as long as reasonably necessary to prevent further acts of Domestic Violence up to and including a permanent order of Court pursuant to 10 </w:t>
+        <w:t xml:space="preserve">If you would like the </w:t>
+      </w:r>
+      <w:r w:rsidR="005926E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">protective relief </w:t>
+      </w:r>
+      <w:r w:rsidR="0068000C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ordered </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2505E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to last longer than </w:t>
+      </w:r>
+      <w:r w:rsidR="005926E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2505E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:r w:rsidR="005926E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2505E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, fill out the aggravating factors below to g</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rant no contact </w:t>
+      </w:r>
+      <w:r w:rsidR="005926E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or protective </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>relief for as long as reasonably necessary to prevent further acts of Domestic Violence</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7C5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> up to and including a permanent order of Court pursuant to 10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E7C5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Del C</w:t>
       </w:r>
       <w:r w:rsidRPr="00676769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Del C.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00676769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>§</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -21039,102 +26330,111 @@
           <w:p w14:paraId="35D92B1B" w14:textId="77777777" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="67578A91" w14:textId="77777777" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="00E366A9">
+          <w:p w14:paraId="67578A91" w14:textId="74584A48" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">caused by the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>espondent.</w:t>
+              <w:t>espondent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F21F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(Describe below.)</w:t>
+              <w:t>(Describe below)</w:t>
+            </w:r>
+            <w:r w:rsidR="007653EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w14:paraId="752E504A" w14:textId="77777777" w:rsidTr="00C96EBB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -21842,102 +27142,111 @@
           <w:p w14:paraId="68D1329E" w14:textId="77777777" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8FC611" w14:textId="77777777" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="00E366A9">
+          <w:p w14:paraId="3C8FC611" w14:textId="16882C59" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">by </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>espondent.</w:t>
+              <w:t>espondent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F21F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(Describe below.)</w:t>
+              <w:t>(Describe below)</w:t>
+            </w:r>
+            <w:r w:rsidR="007653EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w14:paraId="7654E85B" w14:textId="77777777" w:rsidTr="00C96EBB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -22451,50 +27760,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1A42BBB1" w14:textId="77777777" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="007E58DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -22539,103 +27849,112 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="35118C69" w14:textId="77777777" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="00E366A9">
+          <w:p w14:paraId="35118C69" w14:textId="3FA1AF56" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:ind w:right="-25"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">A history of repeated violations of prior protective orders by the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>espondent</w:t>
             </w:r>
             <w:r w:rsidR="00676769">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F21F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(Describe below.)</w:t>
+              <w:t>(Describe below)</w:t>
+            </w:r>
+            <w:r w:rsidR="007653EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w14:paraId="58F1D95E" w14:textId="77777777" w:rsidTr="00C96EBB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -23234,51 +28553,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2A482072" w14:textId="77777777" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="008F21F6">
+          <w:p w14:paraId="2A482072" w14:textId="2E58822F" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="008F21F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Prior convictions for crimes against me (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -23292,60 +28611,69 @@
               </w:rPr>
               <w:t xml:space="preserve">etitioner) by the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>espondent</w:t>
             </w:r>
             <w:r w:rsidR="00676769">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008F21F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(Describe below.)</w:t>
+              <w:t>(Describe below)</w:t>
+            </w:r>
+            <w:r w:rsidR="007653EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w14:paraId="59ECBA49" w14:textId="77777777" w:rsidTr="00C96EBB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -23949,69 +29277,69 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="24CAEF90" w14:textId="77777777" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="008F21F6">
+          <w:p w14:paraId="24CAEF90" w14:textId="15EEA595" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="008F21F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Exposure of any member of the my (</w:t>
+              <w:t>Exposure of any member of my (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>etitioner’s) family or household to physical</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w14:paraId="0249CD1A" w14:textId="77777777" w:rsidTr="00C96EBB">
         <w:trPr>
           <w:trHeight w:val="74"/>
         </w:trPr>
         <w:tc>
@@ -24053,94 +29381,103 @@
           <w:p w14:paraId="1C773AF7" w14:textId="77777777" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="251DC636" w14:textId="77777777" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="00E366A9">
+          <w:p w14:paraId="251DC636" w14:textId="1B2EEAB3" w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w:rsidRDefault="008F21F6" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">injury by the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>espondent.</w:t>
+              <w:t>espondent</w:t>
             </w:r>
             <w:r w:rsidRPr="008F21F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Describe below.)</w:t>
+              <w:t xml:space="preserve"> (Describe below)</w:t>
+            </w:r>
+            <w:r w:rsidR="007653EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F21F6" w:rsidRPr="00A47B7C" w14:paraId="04302B1D" w14:textId="77777777" w:rsidTr="00C96EBB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -24622,90 +29959,63 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...25 lines deleted...]
-      <w:tr w:rsidR="00C96EBB" w:rsidRPr="00A47B7C" w14:paraId="41DAB7D9" w14:textId="77777777" w:rsidTr="00894799">
+      <w:tr w:rsidR="00C96EBB" w:rsidRPr="00A47B7C" w14:paraId="41DAB7D9" w14:textId="77777777" w:rsidTr="00176E23">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5AC7A882" w14:textId="58CDBA8B" w:rsidR="00C96EBB" w:rsidRPr="00A47B7C" w:rsidRDefault="00C96EBB" w:rsidP="00C96EBB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -24735,94 +30045,92 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="38986010" w14:textId="54EAF2B9" w:rsidR="00C96EBB" w:rsidRPr="00A47B7C" w:rsidRDefault="00C96EBB" w:rsidP="00C96EBB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="48AA21AD" w14:textId="63C689CD" w:rsidR="00C96EBB" w:rsidRPr="00A47B7C" w:rsidRDefault="00C96EBB" w:rsidP="00C96EBB">
+          </w:tcPr>
+          <w:p w14:paraId="48AA21AD" w14:textId="230235EC" w:rsidR="00C96EBB" w:rsidRPr="00A47B7C" w:rsidRDefault="00C96EBB" w:rsidP="00C96EBB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="00C96EBB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -24845,51 +30153,60 @@
               <w:t xml:space="preserve"> which the court believes constitut</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>e an immediate and ongoing</w:t>
             </w:r>
             <w:r w:rsidR="00E3488A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> danger</w:t>
             </w:r>
             <w:r w:rsidR="00E3488A" w:rsidRPr="008F21F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Describe below.)</w:t>
+              <w:t xml:space="preserve"> (Describe below)</w:t>
+            </w:r>
+            <w:r w:rsidR="00176E23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00E3488A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C96EBB" w:rsidRPr="00A47B7C" w14:paraId="62D117C5" w14:textId="77777777" w:rsidTr="00894799">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -25372,122 +30689,178 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="64CDA53B" w14:textId="77777777" w:rsidR="008F21F6" w:rsidRPr="00503751" w:rsidRDefault="008F21F6" w:rsidP="00B532A8">
+    <w:p w14:paraId="64CDA53B" w14:textId="77777777" w:rsidR="008F21F6" w:rsidRDefault="008F21F6" w:rsidP="00B532A8">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E3B8098" w14:textId="3947C6AD" w:rsidR="005926E3" w:rsidRDefault="005926E3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00674298">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="0068000C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NCILLARY RELIEF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79416A8F" w14:textId="537B9C12" w:rsidR="00FB5A47" w:rsidRPr="00FB5A47" w:rsidRDefault="00FB5A47" w:rsidP="00FB5A47">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The following ancillary relief, if granted, is limited to one year.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4048A678" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRPr="00503751" w:rsidRDefault="00B532A8" w:rsidP="00676769">
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="Check18"/>
+      <w:bookmarkStart w:id="52" w:name="Check18"/>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidR="00CF15D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Order that the Petitioner be given the exclusive use and possession of the parties' residence at</w:t>
       </w:r>
       <w:r w:rsidR="008F21F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00503751">
@@ -25532,51 +30905,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9757" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3E2721DC" w14:textId="77777777" w:rsidR="00985770" w:rsidRPr="00B532A8" w:rsidRDefault="00985770" w:rsidP="00676769">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text83"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="60" w:name="Text83"/>
+            <w:bookmarkStart w:id="53" w:name="Text83"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -25591,181 +30964,89 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="60"/>
-[...91 lines deleted...]
-            </w:r>
+            <w:bookmarkEnd w:id="53"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1FB83A93" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRDefault="00B532A8" w:rsidP="00B532A8">
-[...4 lines deleted...]
-    </w:p>
     <w:p w14:paraId="79ABC9BA" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRDefault="00B532A8" w:rsidP="00CF15D3">
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10386" w:type="dxa"/>
-        <w:tblInd w:w="630" w:type="dxa"/>
+        <w:tblW w:w="11131" w:type="dxa"/>
+        <w:tblInd w:w="-115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="745"/>
         <w:gridCol w:w="360"/>
-        <w:gridCol w:w="3438"/>
+        <w:gridCol w:w="738"/>
+        <w:gridCol w:w="522"/>
+        <w:gridCol w:w="2178"/>
         <w:gridCol w:w="1375"/>
-        <w:gridCol w:w="5213"/>
+        <w:gridCol w:w="5112"/>
+        <w:gridCol w:w="101"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w14:paraId="2D04E33D" w14:textId="77777777" w:rsidTr="009110B2">
+      <w:tr w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w14:paraId="2D04E33D" w14:textId="77777777" w:rsidTr="00726E2E">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="745" w:type="dxa"/>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E66EAD7" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="00CF15D3" w:rsidP="00985770">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -25797,50 +31078,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5D4C2720" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="00CF15D3" w:rsidP="009310A0">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Order the Respondent to pay</w:t>
             </w:r>
@@ -25867,51 +31149,51 @@
           </w:tcPr>
           <w:p w14:paraId="4D85DB7A" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="00CF15D3" w:rsidP="00676769">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text80"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="61" w:name="Text80"/>
+            <w:bookmarkStart w:id="54" w:name="Text80"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
@@ -25944,425 +31226,1035 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="61"/>
+            <w:bookmarkEnd w:id="54"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5213" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2341C3E5" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="002F5B30" w:rsidP="00CF15D3">
+          <w:p w14:paraId="2341C3E5" w14:textId="58DABF96" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="002F5B30" w:rsidP="00CF15D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidR="00CF15D3" w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>o the Petitioner as compensation for losses</w:t>
+              <w:t xml:space="preserve">o the Petitioner as compensation for </w:t>
+            </w:r>
+            <w:r w:rsidR="00726E2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidR="00176E23">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> following</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w14:paraId="46026A93" w14:textId="77777777" w:rsidTr="009110B2">
+      <w:tr w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w14:paraId="46026A93" w14:textId="77777777" w:rsidTr="00726E2E">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="745" w:type="dxa"/>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2F8E53BB" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="00CF15D3" w:rsidP="00985770">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10026" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61EFC26B" w14:textId="788B841F" w:rsidR="00AF2992" w:rsidRPr="00E366A9" w:rsidRDefault="00726E2E" w:rsidP="00176E23">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>specific losses s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">uffered </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF15D3" w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>as a direct result of the domestic violence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726E2E" w:rsidRPr="00A47B7C" w14:paraId="5B19D360" w14:textId="77777777" w:rsidTr="00726E2E">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="115" w:type="dxa"/>
+            <w:right w:w="115" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="101" w:type="dxa"/>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="022F0C19" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRDefault="00CF15D3" w:rsidP="00CF15D3">
-[...31 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="68CECDD8" w14:textId="77777777" w:rsidR="00726E2E" w:rsidRPr="00A47B7C" w:rsidRDefault="00726E2E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60BBBBF2" w14:textId="77777777" w:rsidR="00726E2E" w:rsidRPr="00A47B7C" w:rsidRDefault="00726E2E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D262302" w14:textId="77777777" w:rsidR="00726E2E" w:rsidRPr="00A47B7C" w:rsidRDefault="00726E2E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726E2E" w:rsidRPr="00A47B7C" w14:paraId="75C51EE4" w14:textId="77777777" w:rsidTr="00726E2E">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="115" w:type="dxa"/>
+            <w:right w:w="115" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="101" w:type="dxa"/>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CEE6F1" w14:textId="77777777" w:rsidR="00726E2E" w:rsidRPr="00A47B7C" w:rsidRDefault="00726E2E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="047E4F98" w14:textId="77777777" w:rsidR="00726E2E" w:rsidRPr="00A47B7C" w:rsidRDefault="00726E2E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC03BDA" w14:textId="77777777" w:rsidR="00726E2E" w:rsidRPr="00A47B7C" w:rsidRDefault="00726E2E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text114"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726E2E" w:rsidRPr="00A47B7C" w14:paraId="22E31A35" w14:textId="77777777" w:rsidTr="00726E2E">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="115" w:type="dxa"/>
+            <w:right w:w="115" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="101" w:type="dxa"/>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="263F050B" w14:textId="77777777" w:rsidR="00726E2E" w:rsidRPr="00A47B7C" w:rsidRDefault="00726E2E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AB14658" w14:textId="77777777" w:rsidR="00726E2E" w:rsidRPr="00A47B7C" w:rsidRDefault="00726E2E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DE48585" w14:textId="77777777" w:rsidR="00726E2E" w:rsidRPr="00A47B7C" w:rsidRDefault="00726E2E" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text115"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A40B3D7" w14:textId="528288C7" w:rsidR="007A7339" w:rsidRDefault="007A7339" w:rsidP="00F2539F">
+    <w:p w14:paraId="7A40B3D7" w14:textId="528288C7" w:rsidR="007A7339" w:rsidRPr="00176E23" w:rsidRDefault="007A7339" w:rsidP="00F2539F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F402D1A" w14:textId="723EC645" w:rsidR="00B532A8" w:rsidRDefault="00B532A8" w:rsidP="00822DB2">
+    <w:p w14:paraId="1F402D1A" w14:textId="4BEF370A" w:rsidR="00B532A8" w:rsidRDefault="00B532A8" w:rsidP="00822DB2">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="Check20"/>
+      <w:bookmarkStart w:id="55" w:name="Check20"/>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="55"/>
       <w:r w:rsidR="00CF15D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Award</w:t>
       </w:r>
       <w:r w:rsidR="005564C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> temporary</w:t>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> custody and/or residency of the parties</w:t>
       </w:r>
       <w:r w:rsidR="00676769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> minor child(ren) to the Petitioner (please specify n</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> minor child(ren) to the Petitioner (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ames and </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>please specify n</w:t>
+      </w:r>
+      <w:r w:rsidR="002F5B30" w:rsidRPr="00176E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>date of birth</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">ames and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E72D25" w:rsidRPr="00176E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the child(ren))</w:t>
+        <w:t>date of birth</w:t>
+      </w:r>
+      <w:r w:rsidR="002F5B30" w:rsidRPr="00176E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the child(ren)</w:t>
+      </w:r>
+      <w:r w:rsidR="002F5B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00676769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002F5B30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00676769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F5B30" w:rsidRPr="002F5B30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>YOU MUST INCLUDE FORM 346</w:t>
+        <w:t xml:space="preserve">YOU MUST </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ALSO </w:t>
+      </w:r>
+      <w:r w:rsidR="002F5B30" w:rsidRPr="002F5B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>INCLUDE FORM 346</w:t>
       </w:r>
       <w:r w:rsidR="00676769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidR="002F5B30" w:rsidRPr="002F5B30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CUSTODY SEPARATE STATEMENT IF THIS BOX IS CHECKED</w:t>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7704"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="1752"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00676769" w:rsidRPr="00E366A9" w14:paraId="2BFA1845" w14:textId="77777777" w:rsidTr="00940F4F">
+      <w:tr w:rsidR="00176E23" w:rsidRPr="00E366A9" w14:paraId="117B93C4" w14:textId="77777777" w:rsidTr="00176E23">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7894" w:type="dxa"/>
+            <w:tcW w:w="7704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7C0F0ACB" w14:textId="77777777" w:rsidR="00676769" w:rsidRPr="00E366A9" w:rsidRDefault="00676769" w:rsidP="00676769">
+          <w:p w14:paraId="0DB95287" w14:textId="77777777" w:rsidR="00176E23" w:rsidRPr="00E366A9" w:rsidRDefault="00176E23" w:rsidP="00C7345E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text85"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="63" w:name="Text85"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
@@ -26397,107 +32289,105 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="63"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="681E1178" w14:textId="77777777" w:rsidR="00676769" w:rsidRPr="00E366A9" w:rsidRDefault="00676769" w:rsidP="00676769">
-[...11 lines deleted...]
-            <w:tcW w:w="1778" w:type="dxa"/>
+          <w:p w14:paraId="199FCC14" w14:textId="77777777" w:rsidR="00176E23" w:rsidRPr="00E366A9" w:rsidRDefault="00176E23" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="64910F05" w14:textId="77777777" w:rsidR="00676769" w:rsidRPr="00E366A9" w:rsidRDefault="00676769" w:rsidP="00940F4F">
+          <w:p w14:paraId="2264D63C" w14:textId="77777777" w:rsidR="00176E23" w:rsidRPr="00E366A9" w:rsidRDefault="00176E23" w:rsidP="00C7345E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text100"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="64" w:name="Text100"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -26530,91 +32420,592 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="64"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676769" w:rsidRPr="00E366A9" w14:paraId="4EF2A21F" w14:textId="77777777" w:rsidTr="00940F4F">
+      <w:tr w:rsidR="00176E23" w:rsidRPr="00E366A9" w14:paraId="4799058C" w14:textId="77777777" w:rsidTr="00176E23">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7894" w:type="dxa"/>
+            <w:tcW w:w="7704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE0831F" w14:textId="77777777" w:rsidR="00176E23" w:rsidRPr="00E366A9" w:rsidRDefault="00176E23" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text85"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C130996" w14:textId="77777777" w:rsidR="00176E23" w:rsidRPr="00E366A9" w:rsidRDefault="00176E23" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6163AAB6" w14:textId="77777777" w:rsidR="00176E23" w:rsidRPr="00E366A9" w:rsidRDefault="00176E23" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text100"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00676769" w:rsidRPr="00E366A9" w14:paraId="2BFA1845" w14:textId="77777777" w:rsidTr="00176E23">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7704" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C0F0ACB" w14:textId="77777777" w:rsidR="00676769" w:rsidRPr="00E366A9" w:rsidRDefault="00676769" w:rsidP="00676769">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text85"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="56" w:name="Text85"/>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E366A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="56"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="681E1178" w14:textId="77777777" w:rsidR="00676769" w:rsidRPr="00E366A9" w:rsidRDefault="00676769" w:rsidP="00676769">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="64910F05" w14:textId="77777777" w:rsidR="00676769" w:rsidRPr="00E366A9" w:rsidRDefault="00676769" w:rsidP="00940F4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text100"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="57" w:name="Text100"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="57"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00676769" w:rsidRPr="00E366A9" w14:paraId="4EF2A21F" w14:textId="77777777" w:rsidTr="00176E23">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7704" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3481E6A9" w14:textId="77777777" w:rsidR="00676769" w:rsidRPr="00E366A9" w:rsidRDefault="00676769" w:rsidP="00676769">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text86"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="65" w:name="Text86"/>
+            <w:bookmarkStart w:id="58" w:name="Text86"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
@@ -26649,106 +33040,106 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="65"/>
+        <w:bookmarkEnd w:id="58"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="767AA1D4" w14:textId="77777777" w:rsidR="00676769" w:rsidRPr="00E366A9" w:rsidRDefault="00676769" w:rsidP="00676769">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1778" w:type="dxa"/>
+            <w:tcW w:w="1752" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="599F4A4F" w14:textId="77777777" w:rsidR="00676769" w:rsidRPr="00E366A9" w:rsidRDefault="00676769" w:rsidP="00940F4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text101"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="66" w:name="Text101"/>
+            <w:bookmarkStart w:id="59" w:name="Text101"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -26781,173 +33172,347 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="66"/>
+            <w:bookmarkEnd w:id="59"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D426EE8" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRDefault="00B532A8" w:rsidP="00822DB2">
+    <w:p w14:paraId="7ECE482F" w14:textId="77777777" w:rsidR="008922F3" w:rsidRPr="00176E23" w:rsidRDefault="008922F3" w:rsidP="00822DB2">
       <w:pPr>
         <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7ECE482F" w14:textId="77777777" w:rsidR="008922F3" w:rsidRDefault="008922F3" w:rsidP="00822DB2">
-[...4 lines deleted...]
-    <w:p w14:paraId="08A5867D" w14:textId="5D042B25" w:rsidR="001F18E2" w:rsidRPr="00503751" w:rsidRDefault="00B532A8" w:rsidP="001F18E2">
+    <w:p w14:paraId="08A5867D" w14:textId="5D042B25" w:rsidR="001F18E2" w:rsidRDefault="00B532A8" w:rsidP="001F18E2">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="67" w:name="Check21"/>
+      <w:bookmarkStart w:id="60" w:name="Check21"/>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r w:rsidR="004F2DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Order the Respondent to pay </w:t>
       </w:r>
       <w:r w:rsidR="005564C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">temporary </w:t>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">support for </w:t>
       </w:r>
       <w:r w:rsidR="002F5B30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>child(ren).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4063A756" w14:textId="7AEF7509" w:rsidR="000E4531" w:rsidRDefault="000E4531" w:rsidP="001F18E2">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Respondent’s income:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>$________ per _______</w:t>
+      </w:r>
+      <w:r w:rsidR="00726E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00726E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00726E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>week, month, or year)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0BAC72" w14:textId="570BF4A9" w:rsidR="00726E2E" w:rsidRDefault="00726E2E" w:rsidP="001F18E2">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Respondent’s occupation or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>position:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22CBA2EB" w14:textId="63DBA2FF" w:rsidR="000E4531" w:rsidRPr="00503751" w:rsidRDefault="000E4531" w:rsidP="001F18E2">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Respondent’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>employer:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____________________(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)________________________(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>location</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10386" w:type="dxa"/>
         <w:tblInd w:w="630" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3438"/>
         <w:gridCol w:w="2080"/>
         <w:gridCol w:w="4508"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F18E2" w:rsidRPr="00E366A9" w14:paraId="0ACB48BC" w14:textId="77777777" w:rsidTr="009110B2">
         <w:trPr>
@@ -26968,83 +33533,83 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="68" w:name="Check36"/>
+            <w:bookmarkStart w:id="61" w:name="Check36"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="68"/>
+            <w:bookmarkEnd w:id="61"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1642741E" w14:textId="77777777" w:rsidR="001F18E2" w:rsidRPr="00E366A9" w:rsidRDefault="001F18E2" w:rsidP="001F18E2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -27075,51 +33640,51 @@
           </w:tcPr>
           <w:p w14:paraId="0E6D534E" w14:textId="77777777" w:rsidR="001F18E2" w:rsidRPr="00E366A9" w:rsidRDefault="001F18E2" w:rsidP="00676769">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text76"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="69" w:name="Text76"/>
+            <w:bookmarkStart w:id="62" w:name="Text76"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
@@ -27152,401 +33717,1001 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="69"/>
+            <w:bookmarkEnd w:id="62"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="132197DA" w14:textId="77777777" w:rsidR="001F18E2" w:rsidRPr="00E366A9" w:rsidRDefault="001F18E2" w:rsidP="001F18E2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">support </w:t>
             </w:r>
             <w:r w:rsidR="008F21F6" w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">for </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the Petitioner.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="33B2132A" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRPr="00676769" w:rsidRDefault="00B532A8" w:rsidP="00676769">
+    <w:p w14:paraId="2D098720" w14:textId="77777777" w:rsidR="00176E23" w:rsidRPr="00676769" w:rsidRDefault="00176E23" w:rsidP="00676769">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5195F4F1" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRDefault="00B532A8" w:rsidP="00676769">
+    <w:p w14:paraId="59D0E95F" w14:textId="6191AD3E" w:rsidR="0068000C" w:rsidRDefault="00B532A8" w:rsidP="00676769">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="70" w:name="Check23"/>
+      <w:bookmarkStart w:id="63" w:name="Check23"/>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="63"/>
       <w:r w:rsidR="004F2DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Order the Respondent to pay or reimburse fees and costs.</w:t>
+        <w:t>Order the Respondent to reimburse</w:t>
+      </w:r>
+      <w:r w:rsidR="00556379">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Petitioner for </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the following specific expenses, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503751">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fees</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503751">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503751">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>costs</w:t>
+      </w:r>
+      <w:r w:rsidR="0068000C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9727" w:type="dxa"/>
+        <w:tblInd w:w="1188" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="522"/>
+        <w:gridCol w:w="8665"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0068000C" w:rsidRPr="00A47B7C" w14:paraId="5CB88B19" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="100B1553" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="143DCAED" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="219E9B4D" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0068000C" w:rsidRPr="00A47B7C" w14:paraId="7F0EF862" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D53BB27" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="203FACB3" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D10739" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text115"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="00E2B4B8" w14:textId="77777777" w:rsidR="00676769" w:rsidRPr="00676769" w:rsidRDefault="00676769" w:rsidP="00676769">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="143BB14A" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRDefault="00B532A8" w:rsidP="00B532A8">
+    <w:p w14:paraId="143BB14A" w14:textId="444112D2" w:rsidR="00B532A8" w:rsidRDefault="00B532A8" w:rsidP="00B532A8">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="71" w:name="Check24"/>
+      <w:bookmarkStart w:id="64" w:name="Check24"/>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidR="004F2DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Award the Petitioner temporary possession of the following personal property (including </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F5B30">
+        <w:t xml:space="preserve">Award the Petitioner temporary possession of the following </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2A88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>but not limited to motor vehicles, checkbooks, keys and other personal effects listed below</w:t>
+        <w:t xml:space="preserve">specific </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503751">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">personal property (including </w:t>
+      </w:r>
+      <w:r w:rsidR="002F5B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>but not limited to motor vehicles, keys</w:t>
+      </w:r>
+      <w:r w:rsidR="0037527A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002F5B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and other personal </w:t>
+      </w:r>
+      <w:r w:rsidR="003470D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>property</w:t>
+      </w:r>
+      <w:r w:rsidR="002F5B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF03BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specifically </w:t>
+      </w:r>
+      <w:r w:rsidR="002F5B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>listed below</w:t>
       </w:r>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00FB3190">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1208" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9592"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FB3190" w14:paraId="022E5498" w14:textId="77777777" w:rsidTr="00C37842">
         <w:trPr>
           <w:trHeight w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="72" w:name="_Hlk152850317"/>
+          <w:bookmarkStart w:id="65" w:name="_Hlk152850317"/>
           <w:p w14:paraId="510D316F" w14:textId="77777777" w:rsidR="00FB3190" w:rsidRDefault="00FB3190" w:rsidP="001F18E2">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text75"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="73" w:name="Text75"/>
+            <w:bookmarkStart w:id="66" w:name="Text75"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="73"/>
+            <w:bookmarkEnd w:id="66"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:tr w:rsidR="00726E2E" w14:paraId="67F68C04" w14:textId="77777777" w:rsidTr="00726E2E">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="174FB59A" w14:textId="77777777" w:rsidR="00726E2E" w:rsidRDefault="00726E2E" w:rsidP="00C7345E">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text75"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726E2E" w14:paraId="082DD513" w14:textId="77777777" w:rsidTr="00726E2E">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB8309C" w14:textId="77777777" w:rsidR="00726E2E" w:rsidRDefault="00726E2E" w:rsidP="00C7345E">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text75"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7EEC1FCF" w14:textId="77777777" w:rsidR="00C37842" w:rsidRDefault="00C37842" w:rsidP="00C37842">
+    <w:p w14:paraId="5E6CD9ED" w14:textId="77777777" w:rsidR="00726E2E" w:rsidRDefault="00726E2E" w:rsidP="00C37842">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="74" w:name="_Hlk149223285"/>
-    <w:p w14:paraId="66C433F8" w14:textId="050310AD" w:rsidR="009577AB" w:rsidRDefault="009577AB" w:rsidP="00356712">
+    <w:bookmarkStart w:id="67" w:name="_Hlk149223285"/>
+    <w:p w14:paraId="66C433F8" w14:textId="76B3190E" w:rsidR="009577AB" w:rsidRDefault="009577AB" w:rsidP="00356712">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E648FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
@@ -27562,276 +34727,1379 @@
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E648FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00E648FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E648FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="67"/>
       <w:r w:rsidRPr="00E648FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00E648FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Award the Petitioner the exclusive care, custody, or control of the companion animal owned, possessed, leased, kept, or held by the petitioner, the respondent, or a minor child residing in the residence or household of the petitioner or respondent and order the respondent to stay away from the companion animal and forbid the respondent from taking, transferring, encumbering, concealing, harming, or otherwise disposing of the companion animal.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A940FF">
+        <w:t xml:space="preserve">Award the Petitioner the exclusive care, custody, or control of the companion animal owned, possessed, leased, kept, or held by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF03BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E648FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:t xml:space="preserve">etitioner, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF03BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E648FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">espondent, or a minor child residing in the residence or household of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF03BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E648FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etitioner or </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF03BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E648FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">espondent and order the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF03BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E648FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">espondent to stay away from the companion animal and forbid the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF03BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E648FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>espondent from taking, transferring, encumbering, concealing, harming, or otherwise disposing of the companion animal.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A940FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9727" w:type="dxa"/>
+        <w:tblInd w:w="1188" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="522"/>
+        <w:gridCol w:w="8665"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0068000C" w:rsidRPr="00A47B7C" w14:paraId="3F20C9B8" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DBFB910" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2B807E" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62ED27E8" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text113"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0068000C" w:rsidRPr="00A47B7C" w14:paraId="2B6AB4F6" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="67E77AE6" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3662A857" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E0E2D5" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text114"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0068000C" w:rsidRPr="00A47B7C" w14:paraId="797A93BC" w14:textId="77777777" w:rsidTr="00C7345E">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="37AD01F5" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0330F484" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08211DA2" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text115"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="51935852" w14:textId="77777777" w:rsidR="008922F3" w:rsidRDefault="008922F3" w:rsidP="00356712">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A58692C" w14:textId="42E1C47D" w:rsidR="00752808" w:rsidRDefault="008922F3" w:rsidP="00752808">
+    <w:p w14:paraId="2A58692C" w14:textId="67D7FBDB" w:rsidR="00752808" w:rsidRDefault="008922F3" w:rsidP="00752808">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="75" w:name="Check25"/>
+      <w:bookmarkStart w:id="68" w:name="Check25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00445E37">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Order the Respondent to return the Petitioner the following legal documents:</w:t>
+        <w:t xml:space="preserve">Order the Respondent to return the Petitioner the following </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specific </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445E37">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">legal </w:t>
+      </w:r>
+      <w:r w:rsidR="0068000C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or financial </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445E37">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>documents:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01AF2212" w14:textId="283C27E3" w:rsidR="00920890" w:rsidRDefault="00920890" w:rsidP="00920890"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="1208" w:type="dxa"/>
+        <w:tblW w:w="9727" w:type="dxa"/>
+        <w:tblInd w:w="1188" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9592"/>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="522"/>
+        <w:gridCol w:w="8665"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00920890" w14:paraId="33C45DE1" w14:textId="77777777" w:rsidTr="009F6C9D">
+      <w:tr w:rsidR="0068000C" w:rsidRPr="00A47B7C" w14:paraId="433779BA" w14:textId="77777777" w:rsidTr="0068000C">
         <w:trPr>
-          <w:trHeight w:val="80"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9592" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="36BAB527" w14:textId="08890D7A" w:rsidR="00920890" w:rsidRDefault="00920890" w:rsidP="009F6C9D">
-            <w:r>
+          <w:p w14:paraId="24B4E8A2" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4D50CA" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7021293A" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...27 lines deleted...]
-            <w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-              <w:t xml:space="preserve"> </w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0068000C" w:rsidRPr="00A47B7C" w14:paraId="032440AB" w14:textId="77777777" w:rsidTr="0068000C">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42459E86" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03DF5F3D" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B55517F" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text114"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0068000C" w:rsidRPr="00A47B7C" w14:paraId="2A71279F" w14:textId="77777777" w:rsidTr="0068000C">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D19732" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A2200D" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB456C3" w14:textId="77777777" w:rsidR="0068000C" w:rsidRPr="00A47B7C" w:rsidRDefault="0068000C" w:rsidP="00C7345E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text115"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="372AF1D9" w14:textId="77777777" w:rsidR="00920890" w:rsidRDefault="00920890" w:rsidP="00356712">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33240EA9" w14:textId="5097A473" w:rsidR="00356712" w:rsidRDefault="009577AB" w:rsidP="00356712">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -28040,51 +36308,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2087F4DF" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="00CF15D3" w:rsidP="00CF15D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text77"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="76" w:name="Text77"/>
+            <w:bookmarkStart w:id="69" w:name="Text77"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
@@ -28117,51 +36385,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="76"/>
+            <w:bookmarkEnd w:id="69"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w14:paraId="33F729A8" w14:textId="77777777" w:rsidTr="009110B2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B7E8CD4" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="00CF15D3" w:rsidP="00985770">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -28201,51 +36469,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="429A4934" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="00CF15D3" w:rsidP="00CF15D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text78"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="77" w:name="Text78"/>
+            <w:bookmarkStart w:id="70" w:name="Text78"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
@@ -28278,51 +36546,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="77"/>
+            <w:bookmarkEnd w:id="70"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w14:paraId="1526C613" w14:textId="77777777" w:rsidTr="009110B2">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2C05DCBC" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="00CF15D3" w:rsidP="00985770">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -28362,51 +36630,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="186FD40D" w14:textId="77777777" w:rsidR="00CF15D3" w:rsidRPr="00E366A9" w:rsidRDefault="00CF15D3" w:rsidP="00CF15D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text79"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="78" w:name="Text79"/>
+            <w:bookmarkStart w:id="71" w:name="Text79"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
@@ -28439,51 +36707,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="78"/>
+            <w:bookmarkEnd w:id="71"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0B898818" w14:textId="77777777" w:rsidR="00772313" w:rsidRDefault="00B532A8" w:rsidP="00CF15D3">
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3636B53F" w14:textId="77777777" w:rsidR="00B532A8" w:rsidRDefault="00B532A8" w:rsidP="00B532A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00503751">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -28555,51 +36823,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2D68337E" w14:textId="6AE88362" w:rsidR="00676769" w:rsidRPr="000935A5" w:rsidRDefault="009110B2" w:rsidP="000935A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text102"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="79" w:name="Text102"/>
+            <w:bookmarkStart w:id="72" w:name="Text102"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
@@ -28623,51 +36891,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="79"/>
+            <w:bookmarkEnd w:id="72"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="118C308F" w14:textId="77777777" w:rsidR="00676769" w:rsidRPr="000935A5" w:rsidRDefault="00676769" w:rsidP="00B532A8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -28681,51 +36949,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A2F91E0" w14:textId="08B7C7D8" w:rsidR="00676769" w:rsidRPr="000935A5" w:rsidRDefault="00ED4369" w:rsidP="00ED4369">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text103"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="80" w:name="Text103"/>
+            <w:bookmarkStart w:id="73" w:name="Text103"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
@@ -28749,51 +37017,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="80"/>
+            <w:bookmarkEnd w:id="73"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940F4F" w14:paraId="31AD346E" w14:textId="77777777" w:rsidTr="00356712">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="2"/>
           <w:wBefore w:w="93" w:type="dxa"/>
           <w:wAfter w:w="1023" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A84AFCC" w14:textId="77777777" w:rsidR="00940F4F" w:rsidRPr="000935A5" w:rsidRDefault="00940F4F" w:rsidP="000935A5">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -28918,52 +37186,52 @@
             <w:tcW w:w="3313" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="009282A5" w14:textId="77777777" w:rsidR="00322814" w:rsidRPr="00E366A9" w:rsidRDefault="00322814" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4440"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">STATE OF </w:t>
             </w:r>
-            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
-              <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+              <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
                 <w:r w:rsidRPr="00E366A9">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>DELAWARE</w:t>
                 </w:r>
               </w:smartTag>
             </w:smartTag>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="0FAAA76C" w14:textId="77777777" w:rsidR="00322814" w:rsidRPr="00E366A9" w:rsidRDefault="00322814" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4440"/>
@@ -29163,75 +37431,75 @@
                 <w:tab w:val="left" w:pos="4440"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="NEW CASTLE"/>
                     <w:listEntry w:val="KENT"/>
                     <w:listEntry w:val="SUSSEX"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="81" w:name="Dropdown1"/>
+            <w:bookmarkStart w:id="74" w:name="Dropdown1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="81"/>
+            <w:bookmarkEnd w:id="74"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="3361B50D" w14:textId="77777777" w:rsidR="00322814" w:rsidRPr="00E366A9" w:rsidRDefault="00322814" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4440"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -29335,51 +37603,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6CEA79C3" w14:textId="77777777" w:rsidR="00322814" w:rsidRPr="00E366A9" w:rsidRDefault="00322814" w:rsidP="0089124E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4440"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text89"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="82" w:name="Text89"/>
+            <w:bookmarkStart w:id="75" w:name="Text89"/>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
@@ -29394,51 +37662,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="82"/>
+            <w:bookmarkEnd w:id="75"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6305" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="7A4E0F8B" w14:textId="77777777" w:rsidR="00322814" w:rsidRPr="00E366A9" w:rsidRDefault="00322814" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4440"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E366A9">
               <w:rPr>
@@ -29670,51 +37938,51 @@
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text104"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
-            <w:bookmarkStart w:id="83" w:name="Text104"/>
+            <w:bookmarkStart w:id="76" w:name="Text104"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -29729,51 +37997,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="83"/>
+            <w:bookmarkEnd w:id="76"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="406" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="65689B9F" w14:textId="77777777" w:rsidR="00322814" w:rsidRPr="00E366A9" w:rsidRDefault="00322814" w:rsidP="00E366A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4440"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -30310,77 +38578,98 @@
     <w:p w14:paraId="47102E3F" w14:textId="77777777" w:rsidR="008D1E2B" w:rsidRDefault="008D1E2B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4FC83E2D" w14:textId="77777777" w:rsidR="008D1E2B" w:rsidRDefault="008D1E2B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E142911" w14:textId="75EA02C2" w:rsidR="00683F3F" w:rsidRPr="00166494" w:rsidRDefault="00683F3F" w:rsidP="00503751">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00166494">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -30479,116 +38768,148 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7D55B02E" w14:textId="77777777" w:rsidR="008D1E2B" w:rsidRDefault="008D1E2B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5F98B0D7" w14:textId="77777777" w:rsidR="008D1E2B" w:rsidRDefault="008D1E2B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="52E36A72" w14:textId="4C3DD4B7" w:rsidR="00683F3F" w:rsidRPr="00503751" w:rsidRDefault="00683F3F" w:rsidP="00D3239D">
+  <w:p w14:paraId="52E36A72" w14:textId="34E58B94" w:rsidR="00683F3F" w:rsidRPr="00503751" w:rsidRDefault="00683F3F" w:rsidP="00D3239D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Form</w:t>
     </w:r>
     <w:r w:rsidRPr="00503751">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>450</w:t>
     </w:r>
     <w:r w:rsidR="009044AF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> v2.0</w:t>
+      <w:t xml:space="preserve"> v</w:t>
+    </w:r>
+    <w:r w:rsidR="00367D84">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidR="009044AF">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>.0</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="79777CCA" w14:textId="7523FEE7" w:rsidR="00683F3F" w:rsidRPr="00503751" w:rsidRDefault="00683F3F" w:rsidP="00D3239D">
+  <w:p w14:paraId="79777CCA" w14:textId="31C9F392" w:rsidR="00683F3F" w:rsidRPr="00503751" w:rsidRDefault="00683F3F" w:rsidP="00D3239D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00503751">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
-    <w:r w:rsidR="009044AF">
+    <w:r w:rsidR="00F22562">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>7/25</w:t>
+      <w:t>01/</w:t>
+    </w:r>
+    <w:r w:rsidR="005023AF">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
+    <w:r w:rsidR="00F22562">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>/2026</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="744F3DA6" w14:textId="6BB63938" w:rsidR="00683F3F" w:rsidRPr="00F0562F" w:rsidRDefault="00683F3F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F0562F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Form 450</w:t>
     </w:r>
   </w:p>
@@ -31149,50 +39470,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58A61F84"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="88E07B8A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D174E4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50A67D40"/>
     <w:lvl w:ilvl="0" w:tplc="427C1080">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -31248,269 +39682,286 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1199665939">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2084375074">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="667371464">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="77753361">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="59059994">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1151170190">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="7" w16cid:durableId="1820925875">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="30BtWzmIMr2n1EHItJrKa5yX+fP2+XAJThv4BIUItsqhxMV6JydVRM9QBsUwEwxO6bqTNKhuXm8aSm5Z6VTA/g==" w:salt="4+G65qw8ZtD8VUZTrtWAmg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="kgd/+wqN6w3dnXJ3XoFs7v9oG6rIFvNzvL6wPiFK1dnXHHtlGCKj17Bt5QHpa9UMhSE+BQIn+WgJTFIhJ2oJPA==" w:salt="tcs4b3LXA/KXS6rjAFoEFg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="90113"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00820F38"/>
     <w:rsid w:val="00001FAD"/>
     <w:rsid w:val="00002583"/>
     <w:rsid w:val="00002776"/>
     <w:rsid w:val="00005100"/>
     <w:rsid w:val="00005A98"/>
     <w:rsid w:val="00005AC6"/>
     <w:rsid w:val="000072ED"/>
+    <w:rsid w:val="000072FE"/>
     <w:rsid w:val="0001003A"/>
     <w:rsid w:val="00011CD7"/>
     <w:rsid w:val="0001236E"/>
     <w:rsid w:val="000142AB"/>
     <w:rsid w:val="00016BE8"/>
     <w:rsid w:val="00020C15"/>
+    <w:rsid w:val="00025E47"/>
     <w:rsid w:val="00027DB3"/>
     <w:rsid w:val="00030898"/>
     <w:rsid w:val="00030A31"/>
     <w:rsid w:val="000353B8"/>
+    <w:rsid w:val="00037273"/>
     <w:rsid w:val="000408B8"/>
     <w:rsid w:val="00041056"/>
     <w:rsid w:val="0004124E"/>
     <w:rsid w:val="00042259"/>
     <w:rsid w:val="00044A90"/>
     <w:rsid w:val="000458EF"/>
     <w:rsid w:val="0005103E"/>
     <w:rsid w:val="00051119"/>
     <w:rsid w:val="00054194"/>
     <w:rsid w:val="000633FE"/>
     <w:rsid w:val="00063E46"/>
     <w:rsid w:val="000655AB"/>
     <w:rsid w:val="00065947"/>
     <w:rsid w:val="00072EA7"/>
     <w:rsid w:val="00073CF7"/>
     <w:rsid w:val="00076B06"/>
     <w:rsid w:val="000802A7"/>
     <w:rsid w:val="00080BB9"/>
     <w:rsid w:val="000816CA"/>
     <w:rsid w:val="00081D7C"/>
     <w:rsid w:val="00082BCC"/>
     <w:rsid w:val="00087C41"/>
     <w:rsid w:val="00087FE2"/>
     <w:rsid w:val="00093261"/>
     <w:rsid w:val="000935A5"/>
     <w:rsid w:val="00094F91"/>
     <w:rsid w:val="000A0B9B"/>
     <w:rsid w:val="000A0FCB"/>
     <w:rsid w:val="000A17D3"/>
     <w:rsid w:val="000A1E4F"/>
     <w:rsid w:val="000A2A8B"/>
     <w:rsid w:val="000A306D"/>
     <w:rsid w:val="000A3297"/>
     <w:rsid w:val="000A602F"/>
     <w:rsid w:val="000A6280"/>
     <w:rsid w:val="000B0A32"/>
     <w:rsid w:val="000B2CB6"/>
     <w:rsid w:val="000B47A4"/>
     <w:rsid w:val="000C00E7"/>
     <w:rsid w:val="000C2D8B"/>
     <w:rsid w:val="000C4017"/>
     <w:rsid w:val="000C4B38"/>
     <w:rsid w:val="000C4EB8"/>
     <w:rsid w:val="000C543D"/>
     <w:rsid w:val="000C7136"/>
     <w:rsid w:val="000D05FF"/>
     <w:rsid w:val="000D197B"/>
     <w:rsid w:val="000D1E27"/>
     <w:rsid w:val="000D2267"/>
     <w:rsid w:val="000D2AF4"/>
+    <w:rsid w:val="000D2CF6"/>
     <w:rsid w:val="000D5274"/>
     <w:rsid w:val="000D5EE9"/>
     <w:rsid w:val="000D6A00"/>
+    <w:rsid w:val="000D7414"/>
     <w:rsid w:val="000E0C5B"/>
     <w:rsid w:val="000E12F9"/>
     <w:rsid w:val="000E225B"/>
     <w:rsid w:val="000E2432"/>
+    <w:rsid w:val="000E4531"/>
     <w:rsid w:val="000E66E6"/>
     <w:rsid w:val="000E7CE3"/>
     <w:rsid w:val="000F04CA"/>
     <w:rsid w:val="000F07C5"/>
     <w:rsid w:val="000F502C"/>
     <w:rsid w:val="000F6800"/>
     <w:rsid w:val="000F768D"/>
     <w:rsid w:val="00102244"/>
     <w:rsid w:val="00105B1F"/>
     <w:rsid w:val="0010645C"/>
     <w:rsid w:val="00107802"/>
     <w:rsid w:val="00111E6C"/>
     <w:rsid w:val="00112665"/>
     <w:rsid w:val="001134C1"/>
     <w:rsid w:val="001148BF"/>
     <w:rsid w:val="00117FC7"/>
     <w:rsid w:val="001205A5"/>
     <w:rsid w:val="00123D8C"/>
     <w:rsid w:val="00123E25"/>
     <w:rsid w:val="00124CAF"/>
     <w:rsid w:val="00126846"/>
     <w:rsid w:val="00127972"/>
     <w:rsid w:val="0013012B"/>
     <w:rsid w:val="00133ED4"/>
     <w:rsid w:val="0013434B"/>
     <w:rsid w:val="0013751A"/>
     <w:rsid w:val="00137B7F"/>
     <w:rsid w:val="00141BA6"/>
     <w:rsid w:val="00143D58"/>
     <w:rsid w:val="00146BD8"/>
     <w:rsid w:val="00151581"/>
     <w:rsid w:val="0015336F"/>
     <w:rsid w:val="00153AA4"/>
     <w:rsid w:val="0015509E"/>
     <w:rsid w:val="001559DB"/>
     <w:rsid w:val="001565BB"/>
     <w:rsid w:val="00157DD6"/>
     <w:rsid w:val="0016372C"/>
     <w:rsid w:val="0016384E"/>
     <w:rsid w:val="001638C3"/>
     <w:rsid w:val="00164176"/>
     <w:rsid w:val="00166494"/>
     <w:rsid w:val="00167B37"/>
     <w:rsid w:val="00167EFC"/>
     <w:rsid w:val="00170112"/>
+    <w:rsid w:val="0017042C"/>
     <w:rsid w:val="00170481"/>
     <w:rsid w:val="00170E49"/>
     <w:rsid w:val="0017415F"/>
+    <w:rsid w:val="00174205"/>
     <w:rsid w:val="00174966"/>
     <w:rsid w:val="00174F99"/>
     <w:rsid w:val="0017695B"/>
+    <w:rsid w:val="00176E23"/>
     <w:rsid w:val="00181C12"/>
     <w:rsid w:val="00182846"/>
+    <w:rsid w:val="001833D0"/>
     <w:rsid w:val="00183981"/>
     <w:rsid w:val="0018478C"/>
     <w:rsid w:val="001872F4"/>
     <w:rsid w:val="00196E8E"/>
     <w:rsid w:val="00197223"/>
     <w:rsid w:val="001A02E9"/>
     <w:rsid w:val="001A04DE"/>
     <w:rsid w:val="001A2481"/>
     <w:rsid w:val="001A3E2D"/>
     <w:rsid w:val="001A4FC9"/>
     <w:rsid w:val="001B20E4"/>
     <w:rsid w:val="001B3140"/>
     <w:rsid w:val="001B4177"/>
     <w:rsid w:val="001B5A4F"/>
     <w:rsid w:val="001B5F64"/>
     <w:rsid w:val="001B628A"/>
     <w:rsid w:val="001B637A"/>
     <w:rsid w:val="001B709F"/>
     <w:rsid w:val="001C1BD6"/>
     <w:rsid w:val="001C2396"/>
     <w:rsid w:val="001C34E7"/>
     <w:rsid w:val="001C3516"/>
+    <w:rsid w:val="001C39DE"/>
     <w:rsid w:val="001C7C71"/>
     <w:rsid w:val="001D1CC8"/>
     <w:rsid w:val="001D3C31"/>
     <w:rsid w:val="001D4918"/>
     <w:rsid w:val="001D5585"/>
     <w:rsid w:val="001D58D4"/>
     <w:rsid w:val="001D5D6D"/>
     <w:rsid w:val="001D7B1D"/>
     <w:rsid w:val="001E18F5"/>
     <w:rsid w:val="001E1B50"/>
+    <w:rsid w:val="001E1BB0"/>
     <w:rsid w:val="001E4F24"/>
+    <w:rsid w:val="001E7C5A"/>
     <w:rsid w:val="001F18E2"/>
     <w:rsid w:val="001F1D5E"/>
     <w:rsid w:val="001F233B"/>
     <w:rsid w:val="001F3C0C"/>
     <w:rsid w:val="001F4C98"/>
     <w:rsid w:val="001F6108"/>
     <w:rsid w:val="001F6AC9"/>
     <w:rsid w:val="001F7CE4"/>
     <w:rsid w:val="00200044"/>
     <w:rsid w:val="00202595"/>
     <w:rsid w:val="002044CA"/>
     <w:rsid w:val="00206095"/>
     <w:rsid w:val="002074B3"/>
     <w:rsid w:val="00207BAC"/>
     <w:rsid w:val="00211797"/>
     <w:rsid w:val="002120DA"/>
     <w:rsid w:val="0021214D"/>
+    <w:rsid w:val="002129BB"/>
     <w:rsid w:val="00212F68"/>
     <w:rsid w:val="00217123"/>
     <w:rsid w:val="00217183"/>
     <w:rsid w:val="002204DA"/>
     <w:rsid w:val="00222086"/>
     <w:rsid w:val="00222A97"/>
     <w:rsid w:val="00222EAE"/>
     <w:rsid w:val="002241A6"/>
     <w:rsid w:val="00226ABD"/>
     <w:rsid w:val="00227F76"/>
     <w:rsid w:val="002312AC"/>
     <w:rsid w:val="00231322"/>
     <w:rsid w:val="002315F9"/>
     <w:rsid w:val="002346AF"/>
     <w:rsid w:val="0023621C"/>
     <w:rsid w:val="002372AD"/>
     <w:rsid w:val="00237F34"/>
     <w:rsid w:val="00237F41"/>
     <w:rsid w:val="00240556"/>
     <w:rsid w:val="002408D1"/>
     <w:rsid w:val="00242622"/>
     <w:rsid w:val="00242FD7"/>
     <w:rsid w:val="00245C17"/>
     <w:rsid w:val="0024650D"/>
     <w:rsid w:val="00251020"/>
@@ -31533,400 +39984,429 @@
     <w:rsid w:val="0028795D"/>
     <w:rsid w:val="00287F85"/>
     <w:rsid w:val="00292856"/>
     <w:rsid w:val="0029339C"/>
     <w:rsid w:val="00296286"/>
     <w:rsid w:val="00296829"/>
     <w:rsid w:val="00296CEA"/>
     <w:rsid w:val="002A2917"/>
     <w:rsid w:val="002A48BC"/>
     <w:rsid w:val="002A4ED3"/>
     <w:rsid w:val="002A5675"/>
     <w:rsid w:val="002A6EA8"/>
     <w:rsid w:val="002A7034"/>
     <w:rsid w:val="002A7289"/>
     <w:rsid w:val="002B3F4B"/>
     <w:rsid w:val="002B5B5C"/>
     <w:rsid w:val="002B5D0D"/>
     <w:rsid w:val="002B7B25"/>
     <w:rsid w:val="002B7DD4"/>
     <w:rsid w:val="002C2361"/>
     <w:rsid w:val="002C299B"/>
     <w:rsid w:val="002C6049"/>
     <w:rsid w:val="002C6076"/>
     <w:rsid w:val="002C6758"/>
     <w:rsid w:val="002C6C2D"/>
+    <w:rsid w:val="002C7126"/>
     <w:rsid w:val="002D7CA0"/>
     <w:rsid w:val="002E34B2"/>
     <w:rsid w:val="002E3B78"/>
     <w:rsid w:val="002E53EE"/>
     <w:rsid w:val="002E596A"/>
     <w:rsid w:val="002E62E0"/>
     <w:rsid w:val="002E7B74"/>
     <w:rsid w:val="002E7CFB"/>
     <w:rsid w:val="002F195B"/>
     <w:rsid w:val="002F5586"/>
     <w:rsid w:val="002F5B30"/>
     <w:rsid w:val="002F6922"/>
     <w:rsid w:val="0030302B"/>
     <w:rsid w:val="00304F2D"/>
     <w:rsid w:val="003058B7"/>
     <w:rsid w:val="003058CE"/>
     <w:rsid w:val="003106C7"/>
     <w:rsid w:val="00311E03"/>
     <w:rsid w:val="00313A3C"/>
     <w:rsid w:val="00313C08"/>
     <w:rsid w:val="00314B91"/>
     <w:rsid w:val="00316C73"/>
     <w:rsid w:val="003201E4"/>
     <w:rsid w:val="00320B69"/>
     <w:rsid w:val="00321B41"/>
     <w:rsid w:val="003221CB"/>
     <w:rsid w:val="00322814"/>
     <w:rsid w:val="003246B1"/>
     <w:rsid w:val="0032518E"/>
     <w:rsid w:val="003310CA"/>
     <w:rsid w:val="0033143A"/>
     <w:rsid w:val="00332DB7"/>
     <w:rsid w:val="00332EAA"/>
     <w:rsid w:val="00333F1D"/>
     <w:rsid w:val="00344582"/>
+    <w:rsid w:val="003470D5"/>
     <w:rsid w:val="00347B86"/>
     <w:rsid w:val="0035025F"/>
     <w:rsid w:val="00351235"/>
     <w:rsid w:val="00351F52"/>
     <w:rsid w:val="003528C3"/>
     <w:rsid w:val="00353CC0"/>
     <w:rsid w:val="00356712"/>
     <w:rsid w:val="003609F1"/>
     <w:rsid w:val="003618DF"/>
     <w:rsid w:val="00361B49"/>
     <w:rsid w:val="00366025"/>
     <w:rsid w:val="0036752F"/>
+    <w:rsid w:val="00367D84"/>
+    <w:rsid w:val="00370AC0"/>
     <w:rsid w:val="00370DB7"/>
     <w:rsid w:val="00372F61"/>
     <w:rsid w:val="00373741"/>
+    <w:rsid w:val="0037527A"/>
     <w:rsid w:val="00376169"/>
     <w:rsid w:val="00377062"/>
     <w:rsid w:val="00381729"/>
     <w:rsid w:val="003835A7"/>
     <w:rsid w:val="00383F38"/>
     <w:rsid w:val="003847F2"/>
     <w:rsid w:val="00384AEE"/>
     <w:rsid w:val="0038516A"/>
     <w:rsid w:val="00385B3D"/>
+    <w:rsid w:val="00386008"/>
     <w:rsid w:val="0038764B"/>
     <w:rsid w:val="0039143D"/>
     <w:rsid w:val="003916DE"/>
     <w:rsid w:val="00392D7F"/>
     <w:rsid w:val="00394345"/>
     <w:rsid w:val="0039598E"/>
     <w:rsid w:val="00396EFF"/>
     <w:rsid w:val="003A0D95"/>
     <w:rsid w:val="003A107A"/>
     <w:rsid w:val="003A1F3D"/>
     <w:rsid w:val="003A1F78"/>
     <w:rsid w:val="003A2E3A"/>
     <w:rsid w:val="003A45D3"/>
     <w:rsid w:val="003B1A0D"/>
+    <w:rsid w:val="003B20E1"/>
     <w:rsid w:val="003B62D6"/>
     <w:rsid w:val="003B7FBE"/>
     <w:rsid w:val="003C149E"/>
     <w:rsid w:val="003C2ED2"/>
     <w:rsid w:val="003C37FC"/>
     <w:rsid w:val="003C6533"/>
     <w:rsid w:val="003D0F4D"/>
     <w:rsid w:val="003D15F8"/>
     <w:rsid w:val="003D2318"/>
     <w:rsid w:val="003D2AC8"/>
     <w:rsid w:val="003D38BC"/>
     <w:rsid w:val="003D41E6"/>
     <w:rsid w:val="003D4D71"/>
     <w:rsid w:val="003D6808"/>
     <w:rsid w:val="003D725F"/>
     <w:rsid w:val="003E0D44"/>
     <w:rsid w:val="003E3F8B"/>
     <w:rsid w:val="003E4715"/>
     <w:rsid w:val="003E4761"/>
     <w:rsid w:val="003E4932"/>
     <w:rsid w:val="003E7491"/>
     <w:rsid w:val="003E7B5E"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F0A85"/>
     <w:rsid w:val="003F0E2A"/>
     <w:rsid w:val="003F3368"/>
     <w:rsid w:val="003F5059"/>
     <w:rsid w:val="00400FF2"/>
     <w:rsid w:val="004021E5"/>
     <w:rsid w:val="004033BB"/>
     <w:rsid w:val="0040369D"/>
     <w:rsid w:val="00406318"/>
     <w:rsid w:val="00406F3F"/>
     <w:rsid w:val="004072BF"/>
     <w:rsid w:val="00407B80"/>
     <w:rsid w:val="00407BBD"/>
+    <w:rsid w:val="00411587"/>
     <w:rsid w:val="00414374"/>
     <w:rsid w:val="00415307"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="0041669E"/>
     <w:rsid w:val="00416E58"/>
     <w:rsid w:val="00417C58"/>
     <w:rsid w:val="00421B79"/>
     <w:rsid w:val="0042254C"/>
     <w:rsid w:val="004250FD"/>
     <w:rsid w:val="00425568"/>
     <w:rsid w:val="00425EE9"/>
     <w:rsid w:val="00426575"/>
     <w:rsid w:val="0043061D"/>
     <w:rsid w:val="00431AEB"/>
     <w:rsid w:val="00431FF8"/>
     <w:rsid w:val="00433B50"/>
     <w:rsid w:val="0043456E"/>
     <w:rsid w:val="0043753E"/>
     <w:rsid w:val="00442BC2"/>
     <w:rsid w:val="004435A8"/>
     <w:rsid w:val="00444986"/>
     <w:rsid w:val="00445E37"/>
     <w:rsid w:val="00445F5C"/>
     <w:rsid w:val="004468E9"/>
     <w:rsid w:val="00447A90"/>
     <w:rsid w:val="00450DE4"/>
     <w:rsid w:val="00452A67"/>
     <w:rsid w:val="00452C4C"/>
     <w:rsid w:val="00455B62"/>
     <w:rsid w:val="00456C37"/>
+    <w:rsid w:val="00456F50"/>
     <w:rsid w:val="00457CB0"/>
     <w:rsid w:val="0046321F"/>
     <w:rsid w:val="00465A87"/>
     <w:rsid w:val="00465BE1"/>
     <w:rsid w:val="004666FD"/>
     <w:rsid w:val="0047129F"/>
     <w:rsid w:val="0047274D"/>
     <w:rsid w:val="00472849"/>
     <w:rsid w:val="00473BAA"/>
     <w:rsid w:val="00473F27"/>
     <w:rsid w:val="004746AF"/>
+    <w:rsid w:val="0047659A"/>
     <w:rsid w:val="00482D05"/>
     <w:rsid w:val="00482EEE"/>
     <w:rsid w:val="00484248"/>
+    <w:rsid w:val="00485E95"/>
     <w:rsid w:val="00486BEE"/>
     <w:rsid w:val="0049119A"/>
     <w:rsid w:val="004937FC"/>
     <w:rsid w:val="004939CC"/>
     <w:rsid w:val="004968F7"/>
     <w:rsid w:val="00496E5B"/>
     <w:rsid w:val="004A0055"/>
     <w:rsid w:val="004A2362"/>
     <w:rsid w:val="004A3ECF"/>
     <w:rsid w:val="004A449C"/>
     <w:rsid w:val="004A47F5"/>
     <w:rsid w:val="004A5B7A"/>
     <w:rsid w:val="004A7E01"/>
     <w:rsid w:val="004B0B98"/>
     <w:rsid w:val="004B1B54"/>
     <w:rsid w:val="004B4E77"/>
     <w:rsid w:val="004B5E66"/>
     <w:rsid w:val="004B776D"/>
     <w:rsid w:val="004C4655"/>
     <w:rsid w:val="004C5B0F"/>
+    <w:rsid w:val="004C6367"/>
     <w:rsid w:val="004C63F3"/>
     <w:rsid w:val="004C6401"/>
     <w:rsid w:val="004C652E"/>
     <w:rsid w:val="004C7BFA"/>
     <w:rsid w:val="004D1EC2"/>
     <w:rsid w:val="004D3260"/>
     <w:rsid w:val="004D369E"/>
     <w:rsid w:val="004D5323"/>
     <w:rsid w:val="004E21D2"/>
     <w:rsid w:val="004E3160"/>
     <w:rsid w:val="004E7745"/>
     <w:rsid w:val="004F2DAB"/>
     <w:rsid w:val="004F4439"/>
     <w:rsid w:val="004F5362"/>
+    <w:rsid w:val="005023AF"/>
     <w:rsid w:val="00503751"/>
     <w:rsid w:val="005060C6"/>
     <w:rsid w:val="005118E5"/>
     <w:rsid w:val="00511AFD"/>
     <w:rsid w:val="005125BE"/>
     <w:rsid w:val="0051288C"/>
     <w:rsid w:val="00514087"/>
     <w:rsid w:val="005141A6"/>
     <w:rsid w:val="00515FD6"/>
     <w:rsid w:val="0052109A"/>
     <w:rsid w:val="00521EA5"/>
     <w:rsid w:val="00522092"/>
     <w:rsid w:val="005250B4"/>
     <w:rsid w:val="00525CAA"/>
     <w:rsid w:val="00530114"/>
     <w:rsid w:val="00530275"/>
     <w:rsid w:val="00532810"/>
     <w:rsid w:val="0053437B"/>
     <w:rsid w:val="005362B2"/>
     <w:rsid w:val="00536F6D"/>
     <w:rsid w:val="005376EB"/>
+    <w:rsid w:val="00542233"/>
     <w:rsid w:val="00542665"/>
+    <w:rsid w:val="00542AB4"/>
     <w:rsid w:val="005439D2"/>
     <w:rsid w:val="0054526B"/>
     <w:rsid w:val="00546FE6"/>
     <w:rsid w:val="0055201B"/>
     <w:rsid w:val="005524E0"/>
     <w:rsid w:val="005526D6"/>
     <w:rsid w:val="00552EFC"/>
     <w:rsid w:val="0055435B"/>
     <w:rsid w:val="00554C96"/>
     <w:rsid w:val="0055636A"/>
+    <w:rsid w:val="00556379"/>
     <w:rsid w:val="005564C4"/>
     <w:rsid w:val="005568F7"/>
+    <w:rsid w:val="00556A37"/>
     <w:rsid w:val="00556EEB"/>
     <w:rsid w:val="00560BE0"/>
     <w:rsid w:val="0056399E"/>
     <w:rsid w:val="005640B9"/>
     <w:rsid w:val="005649D1"/>
     <w:rsid w:val="005649EA"/>
     <w:rsid w:val="00564B0C"/>
     <w:rsid w:val="00566392"/>
     <w:rsid w:val="0056759C"/>
     <w:rsid w:val="00570175"/>
     <w:rsid w:val="005702FA"/>
     <w:rsid w:val="00571B72"/>
     <w:rsid w:val="00571E38"/>
     <w:rsid w:val="005735D1"/>
     <w:rsid w:val="00574747"/>
     <w:rsid w:val="00574B64"/>
     <w:rsid w:val="0057614D"/>
     <w:rsid w:val="00576E3E"/>
     <w:rsid w:val="00581F06"/>
     <w:rsid w:val="00583F44"/>
+    <w:rsid w:val="0058404B"/>
+    <w:rsid w:val="00586D42"/>
     <w:rsid w:val="00587C0F"/>
     <w:rsid w:val="00590288"/>
     <w:rsid w:val="005908B9"/>
     <w:rsid w:val="005917C5"/>
     <w:rsid w:val="00591949"/>
+    <w:rsid w:val="005926E3"/>
     <w:rsid w:val="005944B5"/>
     <w:rsid w:val="00594D74"/>
     <w:rsid w:val="00595927"/>
     <w:rsid w:val="00596061"/>
     <w:rsid w:val="005977BE"/>
     <w:rsid w:val="005B1754"/>
     <w:rsid w:val="005B2521"/>
     <w:rsid w:val="005B380E"/>
     <w:rsid w:val="005B4902"/>
     <w:rsid w:val="005B527C"/>
     <w:rsid w:val="005C0501"/>
     <w:rsid w:val="005C0967"/>
     <w:rsid w:val="005C1C85"/>
     <w:rsid w:val="005C267C"/>
     <w:rsid w:val="005C3EC6"/>
     <w:rsid w:val="005C5BA9"/>
     <w:rsid w:val="005D37F9"/>
     <w:rsid w:val="005D38EF"/>
     <w:rsid w:val="005D47D1"/>
     <w:rsid w:val="005D72AE"/>
     <w:rsid w:val="005E07B7"/>
     <w:rsid w:val="005E334E"/>
+    <w:rsid w:val="005E4418"/>
     <w:rsid w:val="005E44DE"/>
+    <w:rsid w:val="005E530B"/>
     <w:rsid w:val="005E5ADE"/>
+    <w:rsid w:val="005E5B92"/>
     <w:rsid w:val="005F26F3"/>
     <w:rsid w:val="005F3878"/>
     <w:rsid w:val="005F6286"/>
     <w:rsid w:val="005F62A1"/>
     <w:rsid w:val="005F7D87"/>
     <w:rsid w:val="006013DC"/>
     <w:rsid w:val="00601F9F"/>
     <w:rsid w:val="00602580"/>
     <w:rsid w:val="0060308F"/>
     <w:rsid w:val="00605E3C"/>
     <w:rsid w:val="0060767A"/>
     <w:rsid w:val="006105ED"/>
     <w:rsid w:val="00610C47"/>
     <w:rsid w:val="00612545"/>
     <w:rsid w:val="00613201"/>
     <w:rsid w:val="0061342E"/>
     <w:rsid w:val="00613ECA"/>
     <w:rsid w:val="00614528"/>
     <w:rsid w:val="0061737E"/>
     <w:rsid w:val="00617ED2"/>
+    <w:rsid w:val="00620207"/>
     <w:rsid w:val="00621C33"/>
     <w:rsid w:val="00622CB9"/>
     <w:rsid w:val="00623AE4"/>
     <w:rsid w:val="00623AE6"/>
     <w:rsid w:val="00624056"/>
     <w:rsid w:val="006240A3"/>
     <w:rsid w:val="0062489C"/>
     <w:rsid w:val="006254E4"/>
     <w:rsid w:val="00626CB6"/>
     <w:rsid w:val="0062719D"/>
     <w:rsid w:val="0063020E"/>
     <w:rsid w:val="006313EE"/>
     <w:rsid w:val="006316C0"/>
     <w:rsid w:val="00633013"/>
     <w:rsid w:val="0063671C"/>
     <w:rsid w:val="00637BAF"/>
     <w:rsid w:val="00640A41"/>
     <w:rsid w:val="006426D8"/>
     <w:rsid w:val="00642A9C"/>
     <w:rsid w:val="00644CDD"/>
     <w:rsid w:val="00644FEE"/>
     <w:rsid w:val="006465E3"/>
     <w:rsid w:val="00650485"/>
     <w:rsid w:val="00652879"/>
+    <w:rsid w:val="00653B6B"/>
     <w:rsid w:val="006542A2"/>
     <w:rsid w:val="006552DE"/>
     <w:rsid w:val="00655C92"/>
     <w:rsid w:val="00655DE4"/>
     <w:rsid w:val="006568C0"/>
     <w:rsid w:val="0066059B"/>
     <w:rsid w:val="006612BE"/>
     <w:rsid w:val="00661CB0"/>
     <w:rsid w:val="006626CA"/>
     <w:rsid w:val="006628B5"/>
     <w:rsid w:val="00663063"/>
     <w:rsid w:val="006664BB"/>
     <w:rsid w:val="00667B41"/>
     <w:rsid w:val="00670D5A"/>
     <w:rsid w:val="00671ED4"/>
     <w:rsid w:val="00672FE2"/>
     <w:rsid w:val="00673DEF"/>
+    <w:rsid w:val="00674298"/>
     <w:rsid w:val="00676769"/>
+    <w:rsid w:val="0068000C"/>
     <w:rsid w:val="0068156D"/>
     <w:rsid w:val="00682514"/>
     <w:rsid w:val="00682D39"/>
+    <w:rsid w:val="006833AF"/>
     <w:rsid w:val="00683F3F"/>
     <w:rsid w:val="0068401E"/>
     <w:rsid w:val="00684D36"/>
     <w:rsid w:val="00685773"/>
     <w:rsid w:val="00685E20"/>
     <w:rsid w:val="00686D90"/>
     <w:rsid w:val="00686EF9"/>
     <w:rsid w:val="006873A9"/>
     <w:rsid w:val="00687CCF"/>
     <w:rsid w:val="006912CC"/>
     <w:rsid w:val="00691898"/>
     <w:rsid w:val="006924C8"/>
     <w:rsid w:val="006935BB"/>
     <w:rsid w:val="006935C8"/>
     <w:rsid w:val="0069589C"/>
+    <w:rsid w:val="00695CE4"/>
     <w:rsid w:val="006962F2"/>
     <w:rsid w:val="00696DE6"/>
     <w:rsid w:val="006A22FF"/>
     <w:rsid w:val="006A282D"/>
     <w:rsid w:val="006A35A3"/>
     <w:rsid w:val="006A35B0"/>
     <w:rsid w:val="006A3B59"/>
     <w:rsid w:val="006A63D1"/>
     <w:rsid w:val="006A6A1D"/>
     <w:rsid w:val="006B061C"/>
     <w:rsid w:val="006B1BD8"/>
     <w:rsid w:val="006B5863"/>
     <w:rsid w:val="006C1E14"/>
     <w:rsid w:val="006C2875"/>
     <w:rsid w:val="006C3889"/>
     <w:rsid w:val="006C50A8"/>
     <w:rsid w:val="006C5BE6"/>
     <w:rsid w:val="006D6465"/>
     <w:rsid w:val="006D70DE"/>
     <w:rsid w:val="006D7E96"/>
     <w:rsid w:val="006D7EF0"/>
     <w:rsid w:val="006E03AC"/>
     <w:rsid w:val="006E0A2D"/>
     <w:rsid w:val="006E243F"/>
     <w:rsid w:val="006E2B95"/>
@@ -31936,226 +40416,237 @@
     <w:rsid w:val="006E6A5F"/>
     <w:rsid w:val="006F110E"/>
     <w:rsid w:val="006F3ED8"/>
     <w:rsid w:val="006F6686"/>
     <w:rsid w:val="00700551"/>
     <w:rsid w:val="0070390F"/>
     <w:rsid w:val="00703BC9"/>
     <w:rsid w:val="007077D6"/>
     <w:rsid w:val="00707B29"/>
     <w:rsid w:val="00710CA3"/>
     <w:rsid w:val="00711200"/>
     <w:rsid w:val="00711212"/>
     <w:rsid w:val="00711CB6"/>
     <w:rsid w:val="007120A7"/>
     <w:rsid w:val="00712457"/>
     <w:rsid w:val="007131FE"/>
     <w:rsid w:val="00713314"/>
     <w:rsid w:val="0071425C"/>
     <w:rsid w:val="00714865"/>
     <w:rsid w:val="0071523A"/>
     <w:rsid w:val="00720E8B"/>
     <w:rsid w:val="00723183"/>
     <w:rsid w:val="0072530D"/>
     <w:rsid w:val="007258A7"/>
     <w:rsid w:val="00726369"/>
+    <w:rsid w:val="00726E2E"/>
     <w:rsid w:val="0072709E"/>
     <w:rsid w:val="00727CF5"/>
+    <w:rsid w:val="00732D89"/>
     <w:rsid w:val="00732E7F"/>
     <w:rsid w:val="007363A6"/>
     <w:rsid w:val="0074040D"/>
     <w:rsid w:val="00740EDA"/>
     <w:rsid w:val="00745868"/>
     <w:rsid w:val="00750D2D"/>
     <w:rsid w:val="00751516"/>
     <w:rsid w:val="007526F1"/>
     <w:rsid w:val="00752808"/>
     <w:rsid w:val="00753CA6"/>
     <w:rsid w:val="00757553"/>
     <w:rsid w:val="00757BA6"/>
     <w:rsid w:val="007615F9"/>
     <w:rsid w:val="007621E6"/>
     <w:rsid w:val="00762B83"/>
     <w:rsid w:val="00762CA1"/>
     <w:rsid w:val="007635F3"/>
     <w:rsid w:val="00764F56"/>
+    <w:rsid w:val="007653EF"/>
     <w:rsid w:val="00767CFA"/>
     <w:rsid w:val="00771EDF"/>
     <w:rsid w:val="00772313"/>
     <w:rsid w:val="00776773"/>
     <w:rsid w:val="0077698E"/>
     <w:rsid w:val="00776A69"/>
     <w:rsid w:val="00777486"/>
     <w:rsid w:val="00777769"/>
     <w:rsid w:val="00780DFA"/>
     <w:rsid w:val="0078194F"/>
     <w:rsid w:val="00782EE2"/>
     <w:rsid w:val="00784CE3"/>
     <w:rsid w:val="00785A70"/>
     <w:rsid w:val="007867B2"/>
     <w:rsid w:val="00786834"/>
     <w:rsid w:val="007949E1"/>
     <w:rsid w:val="007954F2"/>
     <w:rsid w:val="00795536"/>
     <w:rsid w:val="007973BA"/>
     <w:rsid w:val="007973E5"/>
     <w:rsid w:val="00797E78"/>
     <w:rsid w:val="00797E85"/>
     <w:rsid w:val="007A43EC"/>
     <w:rsid w:val="007A53EF"/>
     <w:rsid w:val="007A7339"/>
+    <w:rsid w:val="007B12D7"/>
     <w:rsid w:val="007B2395"/>
     <w:rsid w:val="007B4C25"/>
     <w:rsid w:val="007B4C3C"/>
     <w:rsid w:val="007B4E28"/>
     <w:rsid w:val="007B560B"/>
     <w:rsid w:val="007B576D"/>
     <w:rsid w:val="007B6052"/>
     <w:rsid w:val="007B6BB7"/>
     <w:rsid w:val="007B7157"/>
     <w:rsid w:val="007B785C"/>
     <w:rsid w:val="007B7CC6"/>
     <w:rsid w:val="007C14B0"/>
     <w:rsid w:val="007C3229"/>
     <w:rsid w:val="007C51ED"/>
     <w:rsid w:val="007C6472"/>
     <w:rsid w:val="007C6974"/>
     <w:rsid w:val="007C6979"/>
     <w:rsid w:val="007C7B98"/>
     <w:rsid w:val="007D3AD9"/>
     <w:rsid w:val="007D57C9"/>
     <w:rsid w:val="007D6442"/>
     <w:rsid w:val="007D68A5"/>
     <w:rsid w:val="007D6C53"/>
     <w:rsid w:val="007E1B13"/>
     <w:rsid w:val="007E58DB"/>
     <w:rsid w:val="007E5BEF"/>
     <w:rsid w:val="007E7A9B"/>
     <w:rsid w:val="007E7B17"/>
     <w:rsid w:val="007E7E24"/>
     <w:rsid w:val="007E7FE2"/>
     <w:rsid w:val="007F5396"/>
     <w:rsid w:val="007F5404"/>
     <w:rsid w:val="007F58C2"/>
     <w:rsid w:val="007F5B7B"/>
     <w:rsid w:val="007F5EB2"/>
     <w:rsid w:val="007F67B0"/>
     <w:rsid w:val="00801451"/>
     <w:rsid w:val="008028D0"/>
     <w:rsid w:val="00803FDE"/>
     <w:rsid w:val="00806400"/>
     <w:rsid w:val="00810F47"/>
     <w:rsid w:val="00813DC6"/>
     <w:rsid w:val="00814548"/>
     <w:rsid w:val="008168ED"/>
     <w:rsid w:val="00816F30"/>
     <w:rsid w:val="0081731F"/>
+    <w:rsid w:val="008207C8"/>
     <w:rsid w:val="00820F38"/>
     <w:rsid w:val="00822B16"/>
     <w:rsid w:val="00822DB2"/>
     <w:rsid w:val="00825956"/>
     <w:rsid w:val="008264AC"/>
     <w:rsid w:val="00830C57"/>
     <w:rsid w:val="00833A32"/>
     <w:rsid w:val="008340CD"/>
     <w:rsid w:val="008344E6"/>
     <w:rsid w:val="008352A4"/>
     <w:rsid w:val="008355C7"/>
     <w:rsid w:val="00841464"/>
     <w:rsid w:val="00842021"/>
     <w:rsid w:val="00842115"/>
     <w:rsid w:val="00842807"/>
     <w:rsid w:val="008452A1"/>
     <w:rsid w:val="00845803"/>
     <w:rsid w:val="008461A7"/>
     <w:rsid w:val="00846B15"/>
     <w:rsid w:val="008470D5"/>
     <w:rsid w:val="0085118C"/>
     <w:rsid w:val="00851288"/>
+    <w:rsid w:val="008535D8"/>
     <w:rsid w:val="00853698"/>
     <w:rsid w:val="00853943"/>
     <w:rsid w:val="00853E93"/>
     <w:rsid w:val="00854AFD"/>
     <w:rsid w:val="008579EE"/>
     <w:rsid w:val="00861AAD"/>
     <w:rsid w:val="00861BC2"/>
     <w:rsid w:val="00862FC6"/>
     <w:rsid w:val="0086419D"/>
+    <w:rsid w:val="00864AFA"/>
     <w:rsid w:val="0087140E"/>
     <w:rsid w:val="00876468"/>
     <w:rsid w:val="00876E1D"/>
     <w:rsid w:val="00876ED8"/>
     <w:rsid w:val="00883BFD"/>
     <w:rsid w:val="0088448B"/>
     <w:rsid w:val="00885D85"/>
     <w:rsid w:val="0088615E"/>
     <w:rsid w:val="0088753C"/>
     <w:rsid w:val="00887DAD"/>
     <w:rsid w:val="008910D0"/>
     <w:rsid w:val="0089124E"/>
     <w:rsid w:val="00891483"/>
     <w:rsid w:val="00891A54"/>
     <w:rsid w:val="00892281"/>
     <w:rsid w:val="008922F3"/>
     <w:rsid w:val="00893612"/>
     <w:rsid w:val="00894799"/>
     <w:rsid w:val="00894A86"/>
     <w:rsid w:val="00894DC8"/>
     <w:rsid w:val="00896746"/>
     <w:rsid w:val="008975C4"/>
     <w:rsid w:val="008A0136"/>
     <w:rsid w:val="008A0573"/>
     <w:rsid w:val="008A4814"/>
     <w:rsid w:val="008A589A"/>
+    <w:rsid w:val="008A5BC7"/>
     <w:rsid w:val="008A7196"/>
     <w:rsid w:val="008B142F"/>
     <w:rsid w:val="008B175E"/>
     <w:rsid w:val="008B216C"/>
+    <w:rsid w:val="008B5A04"/>
     <w:rsid w:val="008C01FB"/>
     <w:rsid w:val="008C0694"/>
     <w:rsid w:val="008C40EA"/>
     <w:rsid w:val="008C4754"/>
     <w:rsid w:val="008C76BC"/>
     <w:rsid w:val="008D0719"/>
     <w:rsid w:val="008D0CAC"/>
     <w:rsid w:val="008D1E2B"/>
     <w:rsid w:val="008D3462"/>
     <w:rsid w:val="008D3BB9"/>
     <w:rsid w:val="008D49BA"/>
+    <w:rsid w:val="008D743A"/>
     <w:rsid w:val="008E32FC"/>
     <w:rsid w:val="008E3C34"/>
     <w:rsid w:val="008E3F19"/>
     <w:rsid w:val="008E449B"/>
     <w:rsid w:val="008E4BAB"/>
     <w:rsid w:val="008F066E"/>
     <w:rsid w:val="008F1C46"/>
     <w:rsid w:val="008F21F6"/>
     <w:rsid w:val="008F407F"/>
     <w:rsid w:val="008F697B"/>
     <w:rsid w:val="00900789"/>
     <w:rsid w:val="00902AAA"/>
     <w:rsid w:val="009044AF"/>
+    <w:rsid w:val="00906275"/>
     <w:rsid w:val="009110B2"/>
     <w:rsid w:val="00911853"/>
     <w:rsid w:val="00911996"/>
     <w:rsid w:val="009133C9"/>
     <w:rsid w:val="00914583"/>
     <w:rsid w:val="0091625B"/>
     <w:rsid w:val="00917E66"/>
     <w:rsid w:val="00920890"/>
     <w:rsid w:val="00922BB9"/>
     <w:rsid w:val="009244C2"/>
     <w:rsid w:val="0092568E"/>
     <w:rsid w:val="00927FE1"/>
     <w:rsid w:val="009306B5"/>
     <w:rsid w:val="009310A0"/>
     <w:rsid w:val="009320D3"/>
     <w:rsid w:val="00932E90"/>
     <w:rsid w:val="00933105"/>
     <w:rsid w:val="00933863"/>
     <w:rsid w:val="00933CE3"/>
     <w:rsid w:val="00934866"/>
     <w:rsid w:val="009369DA"/>
     <w:rsid w:val="0093732A"/>
     <w:rsid w:val="00937CEC"/>
     <w:rsid w:val="00940F4F"/>
     <w:rsid w:val="0094238B"/>
@@ -32164,648 +40655,691 @@
     <w:rsid w:val="00952B11"/>
     <w:rsid w:val="00952D3E"/>
     <w:rsid w:val="00955359"/>
     <w:rsid w:val="00956FDE"/>
     <w:rsid w:val="009577AB"/>
     <w:rsid w:val="00960DE0"/>
     <w:rsid w:val="00960E52"/>
     <w:rsid w:val="00964F7D"/>
     <w:rsid w:val="00965A24"/>
     <w:rsid w:val="00970415"/>
     <w:rsid w:val="00971F01"/>
     <w:rsid w:val="00974764"/>
     <w:rsid w:val="00976226"/>
     <w:rsid w:val="009763F7"/>
     <w:rsid w:val="00976A31"/>
     <w:rsid w:val="00977ED2"/>
     <w:rsid w:val="0098129A"/>
     <w:rsid w:val="00981AF0"/>
     <w:rsid w:val="00982569"/>
     <w:rsid w:val="00983154"/>
     <w:rsid w:val="00985007"/>
     <w:rsid w:val="00985770"/>
     <w:rsid w:val="00985900"/>
     <w:rsid w:val="00987FAC"/>
     <w:rsid w:val="00990A71"/>
+    <w:rsid w:val="009920AC"/>
     <w:rsid w:val="00992262"/>
     <w:rsid w:val="00992C49"/>
     <w:rsid w:val="00992DD3"/>
     <w:rsid w:val="00994772"/>
     <w:rsid w:val="009A2FC3"/>
     <w:rsid w:val="009A32BB"/>
     <w:rsid w:val="009A4777"/>
     <w:rsid w:val="009A59CF"/>
     <w:rsid w:val="009A61CB"/>
     <w:rsid w:val="009A763B"/>
     <w:rsid w:val="009A7AAC"/>
     <w:rsid w:val="009B18FE"/>
     <w:rsid w:val="009B2F29"/>
     <w:rsid w:val="009B7091"/>
+    <w:rsid w:val="009B7FFB"/>
     <w:rsid w:val="009C0E70"/>
     <w:rsid w:val="009C4B34"/>
     <w:rsid w:val="009C5506"/>
     <w:rsid w:val="009D0026"/>
     <w:rsid w:val="009D1504"/>
     <w:rsid w:val="009D1B4D"/>
+    <w:rsid w:val="009D3BAB"/>
     <w:rsid w:val="009D4C62"/>
     <w:rsid w:val="009D56CC"/>
     <w:rsid w:val="009E0304"/>
     <w:rsid w:val="009E2A91"/>
+    <w:rsid w:val="009E438B"/>
     <w:rsid w:val="009E532D"/>
     <w:rsid w:val="009E5BE1"/>
     <w:rsid w:val="009E65E5"/>
     <w:rsid w:val="009F026A"/>
     <w:rsid w:val="009F0D63"/>
     <w:rsid w:val="009F3ADD"/>
     <w:rsid w:val="009F502E"/>
     <w:rsid w:val="009F75CB"/>
     <w:rsid w:val="00A00952"/>
     <w:rsid w:val="00A03F41"/>
     <w:rsid w:val="00A044C7"/>
     <w:rsid w:val="00A069AC"/>
     <w:rsid w:val="00A06F25"/>
     <w:rsid w:val="00A07344"/>
     <w:rsid w:val="00A1165A"/>
     <w:rsid w:val="00A117DF"/>
     <w:rsid w:val="00A13623"/>
     <w:rsid w:val="00A13DFA"/>
     <w:rsid w:val="00A15E8B"/>
     <w:rsid w:val="00A1780B"/>
     <w:rsid w:val="00A202B2"/>
     <w:rsid w:val="00A2168D"/>
     <w:rsid w:val="00A21E17"/>
     <w:rsid w:val="00A25F80"/>
     <w:rsid w:val="00A2656A"/>
     <w:rsid w:val="00A3101C"/>
     <w:rsid w:val="00A322BE"/>
     <w:rsid w:val="00A32413"/>
     <w:rsid w:val="00A3302F"/>
     <w:rsid w:val="00A331D3"/>
     <w:rsid w:val="00A34D2E"/>
     <w:rsid w:val="00A35682"/>
     <w:rsid w:val="00A36E98"/>
     <w:rsid w:val="00A370BB"/>
     <w:rsid w:val="00A379F3"/>
     <w:rsid w:val="00A37F66"/>
     <w:rsid w:val="00A41EC2"/>
     <w:rsid w:val="00A42BF5"/>
     <w:rsid w:val="00A436C8"/>
     <w:rsid w:val="00A438B3"/>
+    <w:rsid w:val="00A4497D"/>
     <w:rsid w:val="00A4556E"/>
     <w:rsid w:val="00A47B7C"/>
     <w:rsid w:val="00A52BF5"/>
     <w:rsid w:val="00A52CD5"/>
     <w:rsid w:val="00A54E99"/>
     <w:rsid w:val="00A61397"/>
     <w:rsid w:val="00A62464"/>
     <w:rsid w:val="00A62E80"/>
     <w:rsid w:val="00A67C53"/>
     <w:rsid w:val="00A72874"/>
     <w:rsid w:val="00A7480F"/>
     <w:rsid w:val="00A74D9E"/>
     <w:rsid w:val="00A7535A"/>
     <w:rsid w:val="00A753EB"/>
     <w:rsid w:val="00A82301"/>
     <w:rsid w:val="00A841F2"/>
     <w:rsid w:val="00A858E1"/>
     <w:rsid w:val="00A85D65"/>
     <w:rsid w:val="00A86745"/>
     <w:rsid w:val="00A90F70"/>
     <w:rsid w:val="00A93068"/>
     <w:rsid w:val="00A95625"/>
     <w:rsid w:val="00A95875"/>
     <w:rsid w:val="00A970C1"/>
     <w:rsid w:val="00A970D4"/>
     <w:rsid w:val="00AA038E"/>
     <w:rsid w:val="00AA0819"/>
     <w:rsid w:val="00AA1185"/>
     <w:rsid w:val="00AA2A19"/>
     <w:rsid w:val="00AA2F8C"/>
     <w:rsid w:val="00AA4179"/>
     <w:rsid w:val="00AA5B82"/>
     <w:rsid w:val="00AA5CFA"/>
     <w:rsid w:val="00AA6C91"/>
     <w:rsid w:val="00AA7784"/>
     <w:rsid w:val="00AA7F3E"/>
     <w:rsid w:val="00AB04FC"/>
+    <w:rsid w:val="00AB2A88"/>
     <w:rsid w:val="00AB39C7"/>
     <w:rsid w:val="00AB43B5"/>
     <w:rsid w:val="00AB70EE"/>
     <w:rsid w:val="00AB7C83"/>
     <w:rsid w:val="00AB7D70"/>
     <w:rsid w:val="00AC2815"/>
+    <w:rsid w:val="00AC6BB7"/>
     <w:rsid w:val="00AC6C6E"/>
+    <w:rsid w:val="00AC7AD4"/>
     <w:rsid w:val="00AD0525"/>
+    <w:rsid w:val="00AD12D5"/>
+    <w:rsid w:val="00AD43D6"/>
     <w:rsid w:val="00AD45BA"/>
     <w:rsid w:val="00AE1237"/>
     <w:rsid w:val="00AE229B"/>
     <w:rsid w:val="00AE32B4"/>
     <w:rsid w:val="00AE3883"/>
     <w:rsid w:val="00AE3BE7"/>
     <w:rsid w:val="00AE6F2B"/>
     <w:rsid w:val="00AE6F6B"/>
     <w:rsid w:val="00AF09DC"/>
     <w:rsid w:val="00AF0A6B"/>
     <w:rsid w:val="00AF2992"/>
+    <w:rsid w:val="00AF33BC"/>
     <w:rsid w:val="00AF342A"/>
     <w:rsid w:val="00AF4231"/>
     <w:rsid w:val="00AF4656"/>
     <w:rsid w:val="00AF69E7"/>
     <w:rsid w:val="00AF6FB1"/>
     <w:rsid w:val="00AF76B4"/>
     <w:rsid w:val="00B00ED7"/>
+    <w:rsid w:val="00B0254B"/>
     <w:rsid w:val="00B0390E"/>
     <w:rsid w:val="00B0595A"/>
     <w:rsid w:val="00B0632D"/>
     <w:rsid w:val="00B13DA3"/>
+    <w:rsid w:val="00B144B9"/>
     <w:rsid w:val="00B147FE"/>
     <w:rsid w:val="00B151FD"/>
     <w:rsid w:val="00B17B54"/>
     <w:rsid w:val="00B17B84"/>
     <w:rsid w:val="00B21A8D"/>
     <w:rsid w:val="00B21C7A"/>
     <w:rsid w:val="00B24248"/>
     <w:rsid w:val="00B26BFF"/>
     <w:rsid w:val="00B278D2"/>
     <w:rsid w:val="00B32666"/>
     <w:rsid w:val="00B331F4"/>
     <w:rsid w:val="00B33944"/>
     <w:rsid w:val="00B34958"/>
     <w:rsid w:val="00B34AF2"/>
     <w:rsid w:val="00B36361"/>
     <w:rsid w:val="00B37615"/>
     <w:rsid w:val="00B40336"/>
     <w:rsid w:val="00B40914"/>
     <w:rsid w:val="00B419F7"/>
     <w:rsid w:val="00B430A3"/>
     <w:rsid w:val="00B504FD"/>
     <w:rsid w:val="00B523C3"/>
     <w:rsid w:val="00B52D3B"/>
     <w:rsid w:val="00B532A8"/>
     <w:rsid w:val="00B53844"/>
     <w:rsid w:val="00B554F9"/>
     <w:rsid w:val="00B60EB0"/>
     <w:rsid w:val="00B61C2B"/>
     <w:rsid w:val="00B678D1"/>
     <w:rsid w:val="00B70F6E"/>
     <w:rsid w:val="00B71552"/>
     <w:rsid w:val="00B72CB1"/>
     <w:rsid w:val="00B7381F"/>
     <w:rsid w:val="00B73CAB"/>
     <w:rsid w:val="00B76BB0"/>
     <w:rsid w:val="00B77FBB"/>
     <w:rsid w:val="00B81482"/>
     <w:rsid w:val="00B81A32"/>
     <w:rsid w:val="00B81D53"/>
     <w:rsid w:val="00B82587"/>
     <w:rsid w:val="00B83A95"/>
+    <w:rsid w:val="00B84696"/>
     <w:rsid w:val="00B854E5"/>
     <w:rsid w:val="00B861EF"/>
     <w:rsid w:val="00B86603"/>
     <w:rsid w:val="00B86B75"/>
     <w:rsid w:val="00B903B4"/>
     <w:rsid w:val="00B9064F"/>
     <w:rsid w:val="00B91E25"/>
+    <w:rsid w:val="00B9236A"/>
     <w:rsid w:val="00B9500B"/>
     <w:rsid w:val="00B95477"/>
     <w:rsid w:val="00B9682F"/>
     <w:rsid w:val="00B97396"/>
     <w:rsid w:val="00BA1660"/>
     <w:rsid w:val="00BA66FB"/>
     <w:rsid w:val="00BA7665"/>
     <w:rsid w:val="00BB1D1F"/>
     <w:rsid w:val="00BB237C"/>
     <w:rsid w:val="00BB39CF"/>
     <w:rsid w:val="00BB3D1A"/>
     <w:rsid w:val="00BB476A"/>
     <w:rsid w:val="00BB63D2"/>
     <w:rsid w:val="00BB64C9"/>
     <w:rsid w:val="00BC0979"/>
     <w:rsid w:val="00BC25E0"/>
     <w:rsid w:val="00BC2BE9"/>
     <w:rsid w:val="00BC389E"/>
     <w:rsid w:val="00BC3EE2"/>
     <w:rsid w:val="00BC5E82"/>
     <w:rsid w:val="00BC6B4B"/>
     <w:rsid w:val="00BC7BC2"/>
     <w:rsid w:val="00BD0DCB"/>
     <w:rsid w:val="00BD6D7A"/>
     <w:rsid w:val="00BE0EC2"/>
     <w:rsid w:val="00BE1C43"/>
     <w:rsid w:val="00BE4698"/>
     <w:rsid w:val="00BE6B73"/>
     <w:rsid w:val="00BE6FBA"/>
     <w:rsid w:val="00BE7231"/>
     <w:rsid w:val="00BE72BC"/>
     <w:rsid w:val="00BE7481"/>
     <w:rsid w:val="00BF4C19"/>
     <w:rsid w:val="00BF6466"/>
     <w:rsid w:val="00BF6540"/>
     <w:rsid w:val="00BF6A1F"/>
     <w:rsid w:val="00BF7729"/>
     <w:rsid w:val="00C021F2"/>
     <w:rsid w:val="00C02304"/>
     <w:rsid w:val="00C02B0D"/>
     <w:rsid w:val="00C04751"/>
     <w:rsid w:val="00C048DB"/>
     <w:rsid w:val="00C06331"/>
     <w:rsid w:val="00C06BD0"/>
     <w:rsid w:val="00C07432"/>
     <w:rsid w:val="00C07D10"/>
     <w:rsid w:val="00C10FD9"/>
     <w:rsid w:val="00C1291F"/>
     <w:rsid w:val="00C13339"/>
     <w:rsid w:val="00C137F9"/>
+    <w:rsid w:val="00C1395F"/>
     <w:rsid w:val="00C16F40"/>
     <w:rsid w:val="00C2035F"/>
     <w:rsid w:val="00C22218"/>
     <w:rsid w:val="00C234AD"/>
     <w:rsid w:val="00C23BC5"/>
     <w:rsid w:val="00C23E5F"/>
     <w:rsid w:val="00C24E1B"/>
     <w:rsid w:val="00C250E1"/>
+    <w:rsid w:val="00C26B0E"/>
     <w:rsid w:val="00C2741A"/>
     <w:rsid w:val="00C2750F"/>
     <w:rsid w:val="00C30860"/>
     <w:rsid w:val="00C31A29"/>
     <w:rsid w:val="00C3533C"/>
     <w:rsid w:val="00C35D99"/>
     <w:rsid w:val="00C37842"/>
     <w:rsid w:val="00C42A88"/>
     <w:rsid w:val="00C44D05"/>
     <w:rsid w:val="00C530FB"/>
     <w:rsid w:val="00C54958"/>
     <w:rsid w:val="00C55AD8"/>
     <w:rsid w:val="00C60A1C"/>
     <w:rsid w:val="00C6165B"/>
     <w:rsid w:val="00C61DFE"/>
     <w:rsid w:val="00C62B0A"/>
     <w:rsid w:val="00C6436C"/>
     <w:rsid w:val="00C660F2"/>
     <w:rsid w:val="00C66830"/>
+    <w:rsid w:val="00C67206"/>
     <w:rsid w:val="00C67E9A"/>
     <w:rsid w:val="00C7113F"/>
     <w:rsid w:val="00C72270"/>
     <w:rsid w:val="00C734CE"/>
     <w:rsid w:val="00C74A1E"/>
     <w:rsid w:val="00C756C3"/>
     <w:rsid w:val="00C8572A"/>
     <w:rsid w:val="00C9176A"/>
     <w:rsid w:val="00C930B9"/>
     <w:rsid w:val="00C93E4A"/>
     <w:rsid w:val="00C94031"/>
     <w:rsid w:val="00C95451"/>
     <w:rsid w:val="00C95855"/>
     <w:rsid w:val="00C96EBB"/>
     <w:rsid w:val="00CA0C4D"/>
     <w:rsid w:val="00CA37D6"/>
     <w:rsid w:val="00CA384A"/>
     <w:rsid w:val="00CB1996"/>
     <w:rsid w:val="00CB3785"/>
     <w:rsid w:val="00CB3BA6"/>
     <w:rsid w:val="00CB4C51"/>
     <w:rsid w:val="00CB7E6F"/>
     <w:rsid w:val="00CB7E92"/>
     <w:rsid w:val="00CC1E14"/>
     <w:rsid w:val="00CC228E"/>
     <w:rsid w:val="00CC22E7"/>
     <w:rsid w:val="00CC430D"/>
     <w:rsid w:val="00CC6A8F"/>
     <w:rsid w:val="00CD1FEE"/>
     <w:rsid w:val="00CD2A4F"/>
     <w:rsid w:val="00CD58E4"/>
+    <w:rsid w:val="00CD67EB"/>
     <w:rsid w:val="00CD7EA3"/>
     <w:rsid w:val="00CE1927"/>
     <w:rsid w:val="00CE5044"/>
     <w:rsid w:val="00CE5918"/>
     <w:rsid w:val="00CE5FBC"/>
     <w:rsid w:val="00CE63F5"/>
     <w:rsid w:val="00CE70CB"/>
     <w:rsid w:val="00CF03B3"/>
+    <w:rsid w:val="00CF03BB"/>
     <w:rsid w:val="00CF15D3"/>
     <w:rsid w:val="00CF41A0"/>
     <w:rsid w:val="00CF5ADA"/>
     <w:rsid w:val="00CF5DC4"/>
     <w:rsid w:val="00CF68B2"/>
     <w:rsid w:val="00CF6A53"/>
     <w:rsid w:val="00CF7A29"/>
     <w:rsid w:val="00D00508"/>
     <w:rsid w:val="00D0063B"/>
     <w:rsid w:val="00D00AE1"/>
     <w:rsid w:val="00D00C41"/>
     <w:rsid w:val="00D00FAE"/>
     <w:rsid w:val="00D02389"/>
     <w:rsid w:val="00D100BD"/>
     <w:rsid w:val="00D1297A"/>
     <w:rsid w:val="00D13843"/>
     <w:rsid w:val="00D13E21"/>
     <w:rsid w:val="00D1725B"/>
     <w:rsid w:val="00D17A79"/>
     <w:rsid w:val="00D17C3D"/>
     <w:rsid w:val="00D206B0"/>
     <w:rsid w:val="00D20DC4"/>
     <w:rsid w:val="00D210A0"/>
     <w:rsid w:val="00D25A86"/>
     <w:rsid w:val="00D27B99"/>
     <w:rsid w:val="00D32311"/>
     <w:rsid w:val="00D3239D"/>
     <w:rsid w:val="00D32E44"/>
     <w:rsid w:val="00D36566"/>
     <w:rsid w:val="00D36D45"/>
+    <w:rsid w:val="00D36EFD"/>
     <w:rsid w:val="00D401C8"/>
     <w:rsid w:val="00D4053A"/>
     <w:rsid w:val="00D40952"/>
     <w:rsid w:val="00D43819"/>
     <w:rsid w:val="00D4550F"/>
     <w:rsid w:val="00D4713B"/>
     <w:rsid w:val="00D47D5C"/>
     <w:rsid w:val="00D47F6C"/>
     <w:rsid w:val="00D532F0"/>
     <w:rsid w:val="00D5332D"/>
     <w:rsid w:val="00D55DA4"/>
     <w:rsid w:val="00D572AF"/>
     <w:rsid w:val="00D602EC"/>
     <w:rsid w:val="00D60408"/>
     <w:rsid w:val="00D62FFA"/>
     <w:rsid w:val="00D66BD4"/>
     <w:rsid w:val="00D7065B"/>
     <w:rsid w:val="00D71A12"/>
     <w:rsid w:val="00D73365"/>
     <w:rsid w:val="00D7495C"/>
     <w:rsid w:val="00D74F01"/>
     <w:rsid w:val="00D75886"/>
     <w:rsid w:val="00D76B49"/>
     <w:rsid w:val="00D8065B"/>
     <w:rsid w:val="00D8328E"/>
     <w:rsid w:val="00D836AE"/>
     <w:rsid w:val="00D87ACB"/>
+    <w:rsid w:val="00D87E42"/>
     <w:rsid w:val="00D90EEB"/>
     <w:rsid w:val="00D94DD3"/>
     <w:rsid w:val="00D95787"/>
     <w:rsid w:val="00D96A9F"/>
     <w:rsid w:val="00D96AE1"/>
     <w:rsid w:val="00DB18C6"/>
     <w:rsid w:val="00DB1ED0"/>
     <w:rsid w:val="00DB37D7"/>
     <w:rsid w:val="00DB3A9F"/>
     <w:rsid w:val="00DB3E50"/>
     <w:rsid w:val="00DB456B"/>
     <w:rsid w:val="00DB49D4"/>
     <w:rsid w:val="00DB67C1"/>
     <w:rsid w:val="00DC2D32"/>
     <w:rsid w:val="00DC3D74"/>
     <w:rsid w:val="00DC543C"/>
     <w:rsid w:val="00DD0D4B"/>
     <w:rsid w:val="00DD181A"/>
     <w:rsid w:val="00DD2553"/>
     <w:rsid w:val="00DD2954"/>
     <w:rsid w:val="00DD29FC"/>
     <w:rsid w:val="00DD76C2"/>
     <w:rsid w:val="00DE2FBF"/>
+    <w:rsid w:val="00DE344A"/>
     <w:rsid w:val="00DE44A3"/>
     <w:rsid w:val="00DE4B81"/>
+    <w:rsid w:val="00DE5A67"/>
     <w:rsid w:val="00DE6F02"/>
     <w:rsid w:val="00DF39CA"/>
     <w:rsid w:val="00DF3EA5"/>
     <w:rsid w:val="00DF6AAA"/>
     <w:rsid w:val="00E0178D"/>
     <w:rsid w:val="00E023D7"/>
     <w:rsid w:val="00E034B2"/>
     <w:rsid w:val="00E0513A"/>
     <w:rsid w:val="00E0690D"/>
     <w:rsid w:val="00E06FA9"/>
     <w:rsid w:val="00E071C9"/>
     <w:rsid w:val="00E10975"/>
     <w:rsid w:val="00E10E23"/>
     <w:rsid w:val="00E124A3"/>
     <w:rsid w:val="00E12DFB"/>
     <w:rsid w:val="00E1422E"/>
     <w:rsid w:val="00E15DEF"/>
     <w:rsid w:val="00E16B18"/>
+    <w:rsid w:val="00E17321"/>
+    <w:rsid w:val="00E206A6"/>
     <w:rsid w:val="00E2262F"/>
     <w:rsid w:val="00E22B14"/>
     <w:rsid w:val="00E23140"/>
     <w:rsid w:val="00E26E76"/>
     <w:rsid w:val="00E27F6C"/>
     <w:rsid w:val="00E327A2"/>
     <w:rsid w:val="00E32C09"/>
     <w:rsid w:val="00E32E68"/>
     <w:rsid w:val="00E3488A"/>
     <w:rsid w:val="00E3490F"/>
+    <w:rsid w:val="00E3526F"/>
     <w:rsid w:val="00E36150"/>
     <w:rsid w:val="00E36160"/>
     <w:rsid w:val="00E366A2"/>
     <w:rsid w:val="00E366A9"/>
     <w:rsid w:val="00E36EA7"/>
     <w:rsid w:val="00E37173"/>
     <w:rsid w:val="00E37C56"/>
     <w:rsid w:val="00E426F0"/>
     <w:rsid w:val="00E46ED6"/>
     <w:rsid w:val="00E539F8"/>
     <w:rsid w:val="00E55ABB"/>
     <w:rsid w:val="00E55BB4"/>
     <w:rsid w:val="00E56DBB"/>
     <w:rsid w:val="00E57195"/>
     <w:rsid w:val="00E57458"/>
     <w:rsid w:val="00E6084B"/>
     <w:rsid w:val="00E61169"/>
+    <w:rsid w:val="00E61DBB"/>
     <w:rsid w:val="00E63790"/>
     <w:rsid w:val="00E648FA"/>
     <w:rsid w:val="00E64CB5"/>
     <w:rsid w:val="00E64EDF"/>
     <w:rsid w:val="00E70C75"/>
     <w:rsid w:val="00E71D37"/>
     <w:rsid w:val="00E72D25"/>
     <w:rsid w:val="00E72FF3"/>
     <w:rsid w:val="00E731BD"/>
     <w:rsid w:val="00E74D71"/>
     <w:rsid w:val="00E75C96"/>
     <w:rsid w:val="00E766CE"/>
     <w:rsid w:val="00E768C5"/>
+    <w:rsid w:val="00E76FD8"/>
     <w:rsid w:val="00E813F3"/>
     <w:rsid w:val="00E8295F"/>
     <w:rsid w:val="00E84299"/>
     <w:rsid w:val="00E8507F"/>
     <w:rsid w:val="00E851BC"/>
     <w:rsid w:val="00E86199"/>
+    <w:rsid w:val="00E8696E"/>
     <w:rsid w:val="00E90AB6"/>
     <w:rsid w:val="00E90FA0"/>
     <w:rsid w:val="00E92575"/>
     <w:rsid w:val="00E92E00"/>
     <w:rsid w:val="00E936DC"/>
     <w:rsid w:val="00E93C3F"/>
     <w:rsid w:val="00E9402E"/>
     <w:rsid w:val="00E94F4F"/>
     <w:rsid w:val="00E96788"/>
     <w:rsid w:val="00EA00DB"/>
     <w:rsid w:val="00EA09A7"/>
     <w:rsid w:val="00EA141D"/>
     <w:rsid w:val="00EA2B9C"/>
     <w:rsid w:val="00EA3BBA"/>
     <w:rsid w:val="00EA722C"/>
     <w:rsid w:val="00EA752F"/>
     <w:rsid w:val="00EB48A0"/>
     <w:rsid w:val="00EB4C10"/>
     <w:rsid w:val="00EC0B99"/>
     <w:rsid w:val="00EC0F69"/>
     <w:rsid w:val="00EC3D90"/>
     <w:rsid w:val="00EC7B38"/>
     <w:rsid w:val="00ED014F"/>
     <w:rsid w:val="00ED1E02"/>
     <w:rsid w:val="00ED1F7F"/>
     <w:rsid w:val="00ED2BF7"/>
     <w:rsid w:val="00ED4369"/>
     <w:rsid w:val="00ED607B"/>
     <w:rsid w:val="00ED7CE3"/>
     <w:rsid w:val="00EE0578"/>
     <w:rsid w:val="00EE512A"/>
     <w:rsid w:val="00EE516C"/>
     <w:rsid w:val="00EE5246"/>
+    <w:rsid w:val="00EE78D8"/>
     <w:rsid w:val="00EF4258"/>
     <w:rsid w:val="00EF4A43"/>
     <w:rsid w:val="00EF641F"/>
+    <w:rsid w:val="00EF7D7B"/>
     <w:rsid w:val="00F00228"/>
     <w:rsid w:val="00F003FB"/>
     <w:rsid w:val="00F00B1D"/>
+    <w:rsid w:val="00F01ED1"/>
     <w:rsid w:val="00F02179"/>
     <w:rsid w:val="00F04AAD"/>
     <w:rsid w:val="00F04E30"/>
     <w:rsid w:val="00F0562F"/>
     <w:rsid w:val="00F059F8"/>
     <w:rsid w:val="00F07822"/>
+    <w:rsid w:val="00F07D51"/>
     <w:rsid w:val="00F07D6D"/>
     <w:rsid w:val="00F1009E"/>
     <w:rsid w:val="00F1212F"/>
     <w:rsid w:val="00F138EB"/>
     <w:rsid w:val="00F17122"/>
     <w:rsid w:val="00F21AE3"/>
     <w:rsid w:val="00F220CC"/>
+    <w:rsid w:val="00F22562"/>
     <w:rsid w:val="00F23A3D"/>
     <w:rsid w:val="00F2420C"/>
     <w:rsid w:val="00F24DB0"/>
     <w:rsid w:val="00F2505E"/>
     <w:rsid w:val="00F2539F"/>
+    <w:rsid w:val="00F25EF1"/>
     <w:rsid w:val="00F274C3"/>
+    <w:rsid w:val="00F27562"/>
     <w:rsid w:val="00F3107A"/>
     <w:rsid w:val="00F31774"/>
     <w:rsid w:val="00F31B58"/>
     <w:rsid w:val="00F32E02"/>
     <w:rsid w:val="00F34775"/>
     <w:rsid w:val="00F34DDA"/>
     <w:rsid w:val="00F35807"/>
     <w:rsid w:val="00F37A3B"/>
     <w:rsid w:val="00F404B7"/>
     <w:rsid w:val="00F41020"/>
     <w:rsid w:val="00F41D91"/>
+    <w:rsid w:val="00F43A1B"/>
     <w:rsid w:val="00F44E9C"/>
     <w:rsid w:val="00F450BF"/>
     <w:rsid w:val="00F45AA1"/>
     <w:rsid w:val="00F46098"/>
     <w:rsid w:val="00F46D14"/>
     <w:rsid w:val="00F47C42"/>
     <w:rsid w:val="00F50841"/>
     <w:rsid w:val="00F51A08"/>
     <w:rsid w:val="00F538C5"/>
     <w:rsid w:val="00F53AFF"/>
     <w:rsid w:val="00F608A8"/>
     <w:rsid w:val="00F63AF7"/>
     <w:rsid w:val="00F63E76"/>
     <w:rsid w:val="00F642DB"/>
     <w:rsid w:val="00F66672"/>
     <w:rsid w:val="00F667AC"/>
     <w:rsid w:val="00F6785A"/>
+    <w:rsid w:val="00F70BB9"/>
     <w:rsid w:val="00F70FFA"/>
     <w:rsid w:val="00F72D24"/>
     <w:rsid w:val="00F72D56"/>
     <w:rsid w:val="00F73CCA"/>
     <w:rsid w:val="00F7674F"/>
     <w:rsid w:val="00F76A74"/>
     <w:rsid w:val="00F76C89"/>
     <w:rsid w:val="00F77DD7"/>
     <w:rsid w:val="00F9015D"/>
     <w:rsid w:val="00F92C32"/>
+    <w:rsid w:val="00F92F1B"/>
     <w:rsid w:val="00F94CAA"/>
     <w:rsid w:val="00F94F5F"/>
     <w:rsid w:val="00FA0C1D"/>
     <w:rsid w:val="00FA0D74"/>
     <w:rsid w:val="00FA190E"/>
     <w:rsid w:val="00FA27D6"/>
     <w:rsid w:val="00FB0C9F"/>
     <w:rsid w:val="00FB2067"/>
     <w:rsid w:val="00FB24E4"/>
     <w:rsid w:val="00FB2796"/>
     <w:rsid w:val="00FB2FAF"/>
     <w:rsid w:val="00FB30D8"/>
     <w:rsid w:val="00FB30E9"/>
     <w:rsid w:val="00FB3190"/>
     <w:rsid w:val="00FB3B93"/>
     <w:rsid w:val="00FB59C0"/>
+    <w:rsid w:val="00FB5A47"/>
     <w:rsid w:val="00FC0F30"/>
     <w:rsid w:val="00FC10DF"/>
     <w:rsid w:val="00FC366A"/>
+    <w:rsid w:val="00FC386F"/>
     <w:rsid w:val="00FC39B2"/>
     <w:rsid w:val="00FC4508"/>
     <w:rsid w:val="00FD2240"/>
     <w:rsid w:val="00FD3B85"/>
     <w:rsid w:val="00FD4A31"/>
     <w:rsid w:val="00FD4D80"/>
     <w:rsid w:val="00FD5EF0"/>
     <w:rsid w:val="00FD6488"/>
     <w:rsid w:val="00FD71E2"/>
     <w:rsid w:val="00FE098A"/>
+    <w:rsid w:val="00FE10E2"/>
     <w:rsid w:val="00FE2212"/>
     <w:rsid w:val="00FE3026"/>
     <w:rsid w:val="00FE3399"/>
     <w:rsid w:val="00FE3776"/>
     <w:rsid w:val="00FE4B6A"/>
     <w:rsid w:val="00FE76A0"/>
     <w:rsid w:val="00FE7F5F"/>
     <w:rsid w:val="00FF08A5"/>
     <w:rsid w:val="00FF38CE"/>
     <w:rsid w:val="00FF5795"/>
     <w:rsid w:val="00FF6504"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="90113"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="230DB9BA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B09F7CE8-D938-4B47-939C-4F5733DADA10}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
@@ -33295,50 +41829,78 @@
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="009A2FC3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B17B84"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F0562F"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00485E95"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00367D84"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00367D84"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://judicial.state.de.us/CourtDox/Download.aspx?ID=35828" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://capitolpd.delaware.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delegalhelplink.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -33587,78 +42149,78 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{653BFFE0-BDD9-44AA-BBF2-7461C71385E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>12648</Characters>
+  <Pages>7</Pages>
+  <Words>2515</Words>
+  <Characters>14341</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>105</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>119</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>JIC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14837</CharactersWithSpaces>
+  <CharactersWithSpaces>16823</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7405623</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>226</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://judicial.state.de.us/CourtDox/Download.aspx?ID=35828</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7405623</vt:i4>
       </vt:variant>
       <vt:variant>