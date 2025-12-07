--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,32 +1,33 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="04583AEE" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="80"/>
         <w:ind w:right="3106"/>
       </w:pPr>
       <w:r>
@@ -695,70 +696,72 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>RBITRATION</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="33"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="008C3ADD">
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">MNA) </w:t>
             </w:r>
             <w:r w:rsidR="008C3ADD">
               <w:rPr>
                 <w:spacing w:val="-23"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA543A" w14:paraId="40D95C3B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="747"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B97F13F" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00BA543A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:after="1"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0F0EEA9C" w14:textId="7D2C77C2" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
@@ -1160,73 +1163,81 @@
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="37AF27F8" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="241"/>
               <w:ind w:left="58"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Document Type</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:(</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>.; C</w:t>
+              <w:t>.;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>OMPLAINT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>; A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>NSWER WITH COUNTERCLAIM</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
@@ -4052,51 +4063,51 @@
               <w:spacing w:line="203" w:lineRule="exact"/>
               <w:ind w:left="58"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>RESULT IN THE DISMISSAL OF THE COMPLAINT OR MAY RESULT IN THE ANSWER OR FIRST RESPONSIVE PLEADING BEING STRICKEN</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0BE56A05" w14:textId="470D47BF" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
+    <w:p w14:paraId="0BE56A05" w14:textId="23EC8CAF" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
       <w:pPr>
         <w:spacing w:before="160"/>
         <w:ind w:right="474"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251358208" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2634A12A" wp14:editId="7C97AD3F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>496570</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-3305810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3243580" cy="0"/>
@@ -4145,63 +4156,56 @@
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="3C507E5B" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;z-index:-251958272;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="39.1pt,-260.3pt" to="294.5pt,-260.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYE0jiyQEAAIIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGkXVkvUdA8ty6VA&#10;pV0+YGo7iYXtsWy3af+esdOWBW6IHCzbM/P85r3J8vFkDTuqEDW6ls9nNWfKCZTa9S3//vL07oGz&#10;mMBJMOhUy88q8sfV2zfL0TdqgQMaqQIjEBeb0bd8SMk3VRXFoCzEGXrlKNhhsJDoGPpKBhgJ3Zpq&#10;Udf31YhB+oBCxUi3mynIVwW/65RI37ouqsRMy4lbKmso6z6v1WoJTR/AD1pcaMA/sLCgHT16g9pA&#10;AnYI+i8oq0XAiF2aCbQVdp0WqvRA3czrP7p5HsCr0guJE/1Npvj/YMXX4y4wLck7zhxYsmirnWKL&#10;rMzoY0MJa7cLuTdxcs9+i+JHZA7XA7heFYYvZ09l81xR/VaSD9ET/n78gpJy4JCwyHTqgs2QJAA7&#10;FTfONzfUKTFBl3eL93cfHsg0cY1V0FwLfYjps0LL8qblhjgXYDhuY8pEoLmm5HccPmljitnGsbHl&#10;H+/reSmIaLTMwZwWQ79fm8COkMelfKUrirxOy8gbiMOUV0LTIAU8OFleGRTIT5d9Am2mPbEy7qJS&#10;FmaSeI/yvAtX9cjoQv8ylHmSXp9L9a9fZ/UTAAD//wMAUEsDBBQABgAIAAAAIQB2HTnH4AAAAAwB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbvgu+wjOCt3TTSGmM2pRQKghSxNT1vs2OSmp0N&#10;2U0b397xUPQ4Mx//fH+2HG0rztj7xpGC2TQCgVQ601Cl4GO/mSQgfNBkdOsIFXyjh2V+e5Pp1LgL&#10;veN5FyrBIeRTraAOoUul9GWNVvup65D49ul6qwOPfSVNry8cblsZR9FCWt0Qf6h1h+say6/dYBUM&#10;+/C2LovZ9hBeD5sXeypOq4dCqfu7cfUMIuAY/mD41Wd1yNnp6AYyXrQKHpOYSQWTeRwtQDAxT564&#10;3fG6knkm/5fIfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAYE0jiyQEAAIIDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB2HTnH4AAAAAwBAAAP&#10;AAAAAAAAAAAAAAAAACMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMAUAAAAA&#10;" strokeweight=".26669mm">
                 <w10:wrap anchorx="page"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">Revised </w:t>
       </w:r>
-      <w:r w:rsidR="008A2DF2">
+      <w:r w:rsidR="007A5CE9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="12"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...6 lines deleted...]
-        <w:t>6</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="008A2DF2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t>/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B20FB48" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00BA543A">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:sectPr w:rsidR="00BA543A">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="280" w:right="240" w:bottom="280" w:left="260" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B550593" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
       <w:pPr>
@@ -4679,81 +4683,93 @@
             <w:r w:rsidR="00EB4A10">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00EB4A10">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Breach of Contract</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="587857EE" w14:textId="4EDC145A" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
+          <w:p w14:paraId="587857EE" w14:textId="4DE58821" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="119" w:right="3341"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>CDEJ</w:t>
             </w:r>
             <w:r w:rsidR="00EB4A10">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Declaratory Judgment CDEF</w:t>
             </w:r>
             <w:r w:rsidR="00EB4A10">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007A5CE9">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB4A10">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Defamation</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BD21F27" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="193" w:lineRule="exact"/>
               <w:ind w:left="119"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>CEJM - Ejectment</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6701DEE7" w14:textId="62605C13" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
@@ -4773,75 +4789,90 @@
             <w:r w:rsidR="00EB4A10">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Foreign &amp; Domestic Attachment CFJG</w:t>
             </w:r>
             <w:r w:rsidR="00EB4A10">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Foreign Judgment</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DD1258D" w14:textId="46626586" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
+          <w:p w14:paraId="78BE116A" w14:textId="77777777" w:rsidR="007A5CE9" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="119" w:right="3711"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>CFRD</w:t>
             </w:r>
             <w:r w:rsidR="00EB4A10">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>Fraud Enforcement CINT</w:t>
+              <w:t>Fraud Enforcement</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DD1258D" w14:textId="7EE05883" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="119" w:right="3711"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>CINT</w:t>
             </w:r>
             <w:r w:rsidR="00EB4A10">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Interpleader</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B9A5FB2" w14:textId="157CD1F4" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="119" w:right="4250"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
@@ -5363,237 +5394,304 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>MASS TORT</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14068F78" w14:textId="77777777" w:rsidR="00BE12AE" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="119" w:right="3851"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>CABI - Abilify Cases CBEN - Benzene Cases</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65EC575B" w14:textId="35A025BF" w:rsidR="00BE12AE" w:rsidRDefault="00EB4B4D">
+          <w:p w14:paraId="6D01DC54" w14:textId="15A12F76" w:rsidR="00103DE2" w:rsidRDefault="00103DE2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="119" w:right="3851"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFAR - Farxiga Cases </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="123BC3F8" w14:textId="29E1663F" w:rsidR="00BE12AE" w:rsidRDefault="00BE12AE">
+              <w:t>CDEP - Depo Provera</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65EC575B" w14:textId="35A025BF" w:rsidR="00BE12AE" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="119" w:right="3851"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFIB </w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="33F0523A" w14:textId="5BD4EAAD" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
+              <w:t xml:space="preserve">CFAR - Farxiga Cases </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="123BC3F8" w14:textId="29E1663F" w:rsidR="00BE12AE" w:rsidRDefault="00BE12AE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="119" w:right="3851"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
+              <w:t xml:space="preserve">CFIB </w:t>
+            </w:r>
+            <w:r w:rsidR="00240480">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> FiberCel Cases</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69CA835B" w14:textId="77777777" w:rsidR="00103DE2" w:rsidRDefault="00103DE2" w:rsidP="00103DE2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="119" w:right="3012"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>CGLP - GLP1 Receptor Agonist</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33F0523A" w14:textId="5BD4EAAD" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="119" w:right="3851"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
               <w:t>CHON - Honeywell Cases CMON - Monsanto Cases</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47AFA4CC" w14:textId="22C748CD" w:rsidR="005C4801" w:rsidRDefault="005C4801" w:rsidP="005C4801">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="119"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">COCC </w:t>
             </w:r>
             <w:r w:rsidR="00240480">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Occidental Chemical Cases</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="258F5091" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="119" w:right="3711"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>CPEL - Pelvic Mesh Cases CPLX - Plavix Cases</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24D68BE7" w14:textId="77777777" w:rsidR="005047AB" w:rsidRDefault="00EB4B4D">
+          <w:p w14:paraId="24D68BE7" w14:textId="5A0574C1" w:rsidR="005047AB" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="119" w:right="4005"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>CPPI -  PPI Cases</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0A5B623A" w14:textId="3ED5F21C" w:rsidR="005047AB" w:rsidRDefault="005047AB" w:rsidP="005047AB">
+              <w:t xml:space="preserve">CPPI </w:t>
+            </w:r>
+            <w:r w:rsidR="007A5CE9">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>- PPI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Cases</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A5B623A" w14:textId="3B6871B8" w:rsidR="005047AB" w:rsidRDefault="005047AB" w:rsidP="005047AB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="119" w:right="3912"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>CPQT – Paraquat Cases</w:t>
+              <w:t>CPQT</w:t>
+            </w:r>
+            <w:r w:rsidR="00103DE2">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Paraquat Cases</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61AB0402" w14:textId="788CA08B" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="119" w:right="4005"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">CTAL - Talc Cases CTAX - Taxotere </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Cases </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>CXAR - Xarelto</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Cases</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="061287D2" w14:textId="027253BD" w:rsidR="00A0501D" w:rsidRDefault="00A0501D">
+          <w:p w14:paraId="061287D2" w14:textId="2B9CAED7" w:rsidR="00A0501D" w:rsidRDefault="00A0501D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="119" w:right="4005"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE12AE">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>CZAN – Zantac Cases</w:t>
+              <w:t>CZAN</w:t>
+            </w:r>
+            <w:r w:rsidR="00103DE2">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE12AE">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Zantac Cases</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5669" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0FF13F29" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="97"/>
               <w:ind w:left="117"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -5660,248 +5758,431 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>MECHANICS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>LIENS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33C8B2B0" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
+          <w:p w14:paraId="2ABB932A" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="193" w:lineRule="exact"/>
               <w:ind w:left="117"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>LIEN - Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Lien</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EBFEB8B" w14:textId="77777777" w:rsidR="007A5CE9" w:rsidRDefault="007A5CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="193" w:lineRule="exact"/>
+              <w:ind w:left="117"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B73264D" w14:textId="77777777" w:rsidR="007A5CE9" w:rsidRDefault="007A5CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="193" w:lineRule="exact"/>
+              <w:ind w:left="117"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33C8B2B0" w14:textId="602C4242" w:rsidR="007A5CE9" w:rsidRPr="007A5CE9" w:rsidRDefault="007A5CE9" w:rsidP="007A5CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="193" w:lineRule="exact"/>
+              <w:ind w:left="117"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A5CE9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>* Not e-Filed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1589503F" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00BA543A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="37DE7D1C" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t>DUTY OF THE PLAINTIFF</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D7260C7" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
+    <w:p w14:paraId="6D7260C7" w14:textId="7491F954" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="241" w:lineRule="exact"/>
         <w:ind w:left="388"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Each plaintiff/counsel shall complete the attached Civil Case Information Statement (CIS) and file </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CE9">
+        <w:t xml:space="preserve">it </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the complaint.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F7A8AE" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00BA543A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="530EF4C0" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="101" w:line="265" w:lineRule="exact"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t>DUTY OF THE DEFENDANT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7416E584" w14:textId="1ECEEE55" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D" w:rsidP="005047AB">
+    <w:p w14:paraId="7416E584" w14:textId="1F170DF8" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D" w:rsidP="005047AB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="388" w:right="549"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Each defendant/counsel shall complete the attached Civil Case Information Statement (CIS) and file </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CE9">
+        <w:t xml:space="preserve">it </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the answer and/or first responsive pleading.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BA543A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="560" w:right="240" w:bottom="280" w:left="260" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44886A5E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E8465D20"/>
+    <w:lvl w:ilvl="0" w:tplc="B2AAA7F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="477" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Tahoma" w:hAnsi="Symbol" w:cs="Tahoma" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1197" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1917" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2637" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3357" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="374738799">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA543A"/>
+    <w:rsid w:val="00103DE2"/>
     <w:rsid w:val="00240480"/>
     <w:rsid w:val="00256A5D"/>
     <w:rsid w:val="002925A2"/>
     <w:rsid w:val="003C7799"/>
     <w:rsid w:val="005047AB"/>
     <w:rsid w:val="005C4801"/>
+    <w:rsid w:val="007A5CE9"/>
     <w:rsid w:val="008A2DF2"/>
     <w:rsid w:val="008C3ADD"/>
+    <w:rsid w:val="00957A61"/>
     <w:rsid w:val="00A0501D"/>
     <w:rsid w:val="00A46B8F"/>
     <w:rsid w:val="00BA543A"/>
     <w:rsid w:val="00BE12AE"/>
     <w:rsid w:val="00DC6D02"/>
     <w:rsid w:val="00E62514"/>
     <w:rsid w:val="00EB31C3"/>
     <w:rsid w:val="00EB4A10"/>
     <w:rsid w:val="00EB4B4D"/>
     <w:rsid w:val="00EB743F"/>
     <w:rsid w:val="00F90475"/>
     <w:rsid w:val="00FA4E84"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -6397,51 +6678,51 @@
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6688,75 +6969,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>704</Words>
-  <Characters>3656</Characters>
+  <Words>717</Words>
+  <Characters>3701</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>204</Lines>
-  <Paragraphs>92</Paragraphs>
+  <Lines>208</Lines>
+  <Paragraphs>95</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SUPERIOR COURT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4298</CharactersWithSpaces>
+  <CharactersWithSpaces>4350</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SUPERIOR COURT</dc:title>
   <dc:creator>Susan.Sprinkle</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2019-10-21T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>