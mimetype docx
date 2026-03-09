--- v1 (2025-12-07)
+++ v2 (2026-03-09)
@@ -1,46 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="04583AEE" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="80"/>
         <w:ind w:right="3106"/>
       </w:pPr>
       <w:r>
         <w:t>SUPERIOR COURT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47D960BA" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
       <w:pPr>
         <w:spacing w:line="289" w:lineRule="exact"/>
         <w:ind w:left="3087" w:right="3107"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -696,72 +695,70 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>RBITRATION</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="33"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="008C3ADD">
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">MNA) </w:t>
             </w:r>
             <w:r w:rsidR="008C3ADD">
               <w:rPr>
                 <w:spacing w:val="-23"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA543A" w14:paraId="40D95C3B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="747"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5401" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B97F13F" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00BA543A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:after="1"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0F0EEA9C" w14:textId="7D2C77C2" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
@@ -1163,81 +1160,73 @@
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="37AF27F8" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="241"/>
               <w:ind w:left="58"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Document Type</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:(</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>.;</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> C</w:t>
+              <w:t>.; C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>OMPLAINT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>; A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>NSWER WITH COUNTERCLAIM</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
@@ -4063,51 +4052,51 @@
               <w:spacing w:line="203" w:lineRule="exact"/>
               <w:ind w:left="58"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>RESULT IN THE DISMISSAL OF THE COMPLAINT OR MAY RESULT IN THE ANSWER OR FIRST RESPONSIVE PLEADING BEING STRICKEN</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0BE56A05" w14:textId="23EC8CAF" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
+    <w:p w14:paraId="0BE56A05" w14:textId="7694BC34" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
       <w:pPr>
         <w:spacing w:before="160"/>
         <w:ind w:right="474"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251358208" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2634A12A" wp14:editId="7C97AD3F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>496570</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-3305810</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3243580" cy="0"/>
@@ -4156,63 +4145,56 @@
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="3C507E5B" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;z-index:-251958272;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="39.1pt,-260.3pt" to="294.5pt,-260.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYE0jiyQEAAIIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGkXVkvUdA8ty6VA&#10;pV0+YGo7iYXtsWy3af+esdOWBW6IHCzbM/P85r3J8vFkDTuqEDW6ls9nNWfKCZTa9S3//vL07oGz&#10;mMBJMOhUy88q8sfV2zfL0TdqgQMaqQIjEBeb0bd8SMk3VRXFoCzEGXrlKNhhsJDoGPpKBhgJ3Zpq&#10;Udf31YhB+oBCxUi3mynIVwW/65RI37ouqsRMy4lbKmso6z6v1WoJTR/AD1pcaMA/sLCgHT16g9pA&#10;AnYI+i8oq0XAiF2aCbQVdp0WqvRA3czrP7p5HsCr0guJE/1Npvj/YMXX4y4wLck7zhxYsmirnWKL&#10;rMzoY0MJa7cLuTdxcs9+i+JHZA7XA7heFYYvZ09l81xR/VaSD9ET/n78gpJy4JCwyHTqgs2QJAA7&#10;FTfONzfUKTFBl3eL93cfHsg0cY1V0FwLfYjps0LL8qblhjgXYDhuY8pEoLmm5HccPmljitnGsbHl&#10;H+/reSmIaLTMwZwWQ79fm8COkMelfKUrirxOy8gbiMOUV0LTIAU8OFleGRTIT5d9Am2mPbEy7qJS&#10;FmaSeI/yvAtX9cjoQv8ylHmSXp9L9a9fZ/UTAAD//wMAUEsDBBQABgAIAAAAIQB2HTnH4AAAAAwB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbvgu+wjOCt3TTSGmM2pRQKghSxNT1vs2OSmp0N&#10;2U0b397xUPQ4Mx//fH+2HG0rztj7xpGC2TQCgVQ601Cl4GO/mSQgfNBkdOsIFXyjh2V+e5Pp1LgL&#10;veN5FyrBIeRTraAOoUul9GWNVvup65D49ul6qwOPfSVNry8cblsZR9FCWt0Qf6h1h+say6/dYBUM&#10;+/C2LovZ9hBeD5sXeypOq4dCqfu7cfUMIuAY/mD41Wd1yNnp6AYyXrQKHpOYSQWTeRwtQDAxT564&#10;3fG6knkm/5fIfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAYE0jiyQEAAIIDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB2HTnH4AAAAAwBAAAP&#10;AAAAAAAAAAAAAAAAACMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMAUAAAAA&#10;" strokeweight=".26669mm">
                 <w10:wrap anchorx="page"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">Revised </w:t>
       </w:r>
-      <w:r w:rsidR="007A5CE9">
+      <w:r w:rsidR="0035579B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="12"/>
         </w:rPr>
-        <w:t>10</w:t>
-[...6 lines deleted...]
-        <w:t>/2025</w:t>
+        <w:t>03/2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B20FB48" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00BA543A">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:sectPr w:rsidR="00BA543A">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="280" w:right="240" w:bottom="280" w:left="260" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B550593" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
       <w:pPr>
         <w:spacing w:before="77"/>
         <w:ind w:left="4939" w:right="1341" w:hanging="3306"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
@@ -4373,87 +4355,117 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5763" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7989A85B" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="116" w:line="193" w:lineRule="exact"/>
               <w:ind w:left="119"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>APPEALS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="310CA7AA" w14:textId="4269F86E" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
+          <w:p w14:paraId="136C5ED3" w14:textId="77777777" w:rsidR="00551061" w:rsidRDefault="00EB4B4D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="119" w:right="3459"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>AADM</w:t>
             </w:r>
             <w:r w:rsidR="00E62514">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00E62514">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>Administrative Agency ACER - Certiorari</w:t>
+              <w:t xml:space="preserve">Administrative Agency </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71018519" w14:textId="35DF5E17" w:rsidR="00551061" w:rsidRDefault="00551061" w:rsidP="00551061">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="119" w:right="3459"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2814">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>ABOA - Board of Assessment</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="310CA7AA" w14:textId="5CB7D4D2" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="119" w:right="3459"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>ACER - Certiorari</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46D747CF" w14:textId="659A19CA" w:rsidR="00E62514" w:rsidRDefault="00E62514" w:rsidP="00E62514">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="119" w:right="2202"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ACMB - </w:t>
             </w:r>
             <w:r w:rsidRPr="00E62514">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Commission Marijuana Board</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D89014B" w14:textId="77777777" w:rsidR="00BA543A" w:rsidRDefault="00EB4B4D">
             <w:pPr>
@@ -5975,51 +5987,51 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44886A5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E8465D20"/>
     <w:lvl w:ilvl="0" w:tplc="B2AAA7F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="477" w:hanging="360"/>
       </w:pPr>
@@ -6111,73 +6123,74 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="374738799">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA543A"/>
     <w:rsid w:val="00103DE2"/>
     <w:rsid w:val="00240480"/>
     <w:rsid w:val="00256A5D"/>
     <w:rsid w:val="002925A2"/>
+    <w:rsid w:val="0035579B"/>
     <w:rsid w:val="003C7799"/>
+    <w:rsid w:val="0044730C"/>
     <w:rsid w:val="005047AB"/>
+    <w:rsid w:val="00551061"/>
     <w:rsid w:val="005C4801"/>
     <w:rsid w:val="007A5CE9"/>
     <w:rsid w:val="008A2DF2"/>
     <w:rsid w:val="008C3ADD"/>
     <w:rsid w:val="00957A61"/>
     <w:rsid w:val="00A0501D"/>
     <w:rsid w:val="00A46B8F"/>
     <w:rsid w:val="00BA543A"/>
     <w:rsid w:val="00BE12AE"/>
     <w:rsid w:val="00DC6D02"/>
     <w:rsid w:val="00E62514"/>
     <w:rsid w:val="00EB31C3"/>
     <w:rsid w:val="00EB4A10"/>
     <w:rsid w:val="00EB4B4D"/>
     <w:rsid w:val="00EB743F"/>
     <w:rsid w:val="00F90475"/>
     <w:rsid w:val="00FA4E84"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -6969,75 +6982,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>717</Words>
-  <Characters>3701</Characters>
+  <Words>722</Words>
+  <Characters>3864</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>208</Lines>
-  <Paragraphs>95</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SUPERIOR COURT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4350</CharactersWithSpaces>
+  <CharactersWithSpaces>4577</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SUPERIOR COURT</dc:title>
   <dc:creator>Susan.Sprinkle</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2019-10-21T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>