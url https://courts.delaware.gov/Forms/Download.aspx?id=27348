--- v0 (2025-10-30)
+++ v1 (2025-12-30)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3EC21285" w14:textId="77777777" w:rsidR="00A06C14" w:rsidRDefault="00A06C14" w:rsidP="002C11A4">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="-1800"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="364D499D" w14:textId="77777777" w:rsidR="00520E66" w:rsidRDefault="00520E66" w:rsidP="00E31BFE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Family Court of the State of </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r>
             <w:t>Delaware</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
     </w:p>
     <w:p w14:paraId="4E0DE8F2" w14:textId="77777777" w:rsidR="00520E66" w:rsidRDefault="00520E66" w:rsidP="00520E66">
@@ -73,57 +73,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0096380E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0096380E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -142,57 +142,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0096380E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0096380E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="country-region">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -211,57 +211,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0096380E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0096380E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
           <w:r>
             <w:rPr>
@@ -2627,68 +2627,108 @@
             <w:r w:rsidRPr="001C3219">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C3219">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75803C49" w14:textId="77777777" w:rsidR="001C3219" w:rsidRPr="001C3219" w:rsidRDefault="001C3219" w:rsidP="001C3219">
+          <w:p w14:paraId="75803C49" w14:textId="008ECF33" w:rsidR="001C3219" w:rsidRPr="001C3219" w:rsidRDefault="001C3219" w:rsidP="001C3219">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C3219">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>a.m.</w:t>
+              <w:t>a.m</w:t>
+            </w:r>
+            <w:r w:rsidR="00F23379">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>/p</w:t>
+            </w:r>
+            <w:r w:rsidR="00F173AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F23379">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C3219">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="001C3219">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="2610" w:type="dxa"/>
         <w:tblInd w:w="-810" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="360"/>
@@ -4620,56 +4660,56 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0096380E">
-[...4 lines deleted...]
-            <w:r w:rsidR="0096380E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00EF5646" w:rsidRPr="003E6553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="Street">
               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
                 <w:r w:rsidR="00EF5646" w:rsidRPr="003E6553">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>500 N. KING STREET</w:t>
                 </w:r>
@@ -4747,56 +4787,56 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E6553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="003E6553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0096380E">
-[...4 lines deleted...]
-            <w:r w:rsidR="0096380E">
+            <w:r w:rsidRPr="003E6553">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003E6553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003E6553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="003E6553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> 400 COURT STREET</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="429384DC" w14:textId="77777777" w:rsidR="00EF5646" w:rsidRDefault="00EF5646" w:rsidP="00EF5646">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
@@ -4842,243 +4882,237 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E6553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(302) 672-1000</w:t>
             </w:r>
             <w:r w:rsidRPr="003E6553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3648" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="702D31C1" w14:textId="77777777" w:rsidR="00EF5646" w:rsidRPr="003E6553" w:rsidRDefault="00EF5646" w:rsidP="00EF5646">
+          <w:p w14:paraId="702D31C1" w14:textId="63AF3E65" w:rsidR="00EF5646" w:rsidRPr="003E6553" w:rsidRDefault="00EF5646" w:rsidP="00EF5646">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E6553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="003E6553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="0096380E">
-[...4 lines deleted...]
-            <w:r w:rsidR="0096380E">
+            <w:r w:rsidRPr="003E6553">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003E6553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003E6553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="003E6553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 22 THE CIRCLE</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00663906">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>100 EAST MARKET STREET</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10DAA4CA" w14:textId="77777777" w:rsidR="00EF5646" w:rsidRDefault="00EF5646" w:rsidP="00EF5646">
+          <w:p w14:paraId="10DAA4CA" w14:textId="061D7216" w:rsidR="00EF5646" w:rsidRDefault="00EF5646" w:rsidP="00EF5646">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-[...7 lines deleted...]
-              </w:smartTag>
+            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
               <w:r w:rsidRPr="003E6553">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
-                <w:t>,</w:t>
+                <w:t>GEORGETOWN</w:t>
               </w:r>
-              <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
-[...20 lines deleted...]
-              </w:smartTag>
             </w:smartTag>
+            <w:r w:rsidRPr="003E6553">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB09D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E6553">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>DE 19947</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="2EF08D9C" w14:textId="77777777" w:rsidR="00EF5646" w:rsidRPr="003E6553" w:rsidRDefault="00EF5646" w:rsidP="00EF5646">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E6553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(302) 855-7400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7B95B483" w14:textId="77777777" w:rsidR="003E6553" w:rsidRPr="003E6553" w:rsidRDefault="003E6553" w:rsidP="00EF5646">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003E6553" w:rsidRPr="003E6553" w:rsidSect="00904B4B">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="-360" w:right="1728" w:bottom="288" w:left="1728" w:header="360" w:footer="490" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="77C38E5C" w14:textId="77777777" w:rsidR="00721E6C" w:rsidRDefault="00721E6C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="496F3F5A" w14:textId="77777777" w:rsidR="00721E6C" w:rsidRDefault="00721E6C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B5FB44F" w14:textId="77777777" w:rsidR="00A07542" w:rsidRDefault="00E31BFE" w:rsidP="00E31BFE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DA2B6A">
       <w:rPr>
@@ -5113,216 +5147,224 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DA2B6A">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1D887368" w14:textId="77777777" w:rsidR="00721E6C" w:rsidRDefault="00721E6C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="63F9E617" w14:textId="77777777" w:rsidR="00721E6C" w:rsidRDefault="00721E6C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="2BFA1E73" w14:textId="5C3490A6" w:rsidR="00CC3D4E" w:rsidRDefault="0096380E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2BFA1E73" w14:textId="5C3490A6" w:rsidR="00CC3D4E" w:rsidRDefault="00F173AA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="502FFE1D">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="_x0000_s10242" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:442.3pt;height:176.9pt;rotation:315;z-index:-251655168;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5116AB4A" w14:textId="06188A3D" w:rsidR="003C2837" w:rsidRPr="003C2837" w:rsidRDefault="003C2837" w:rsidP="003C2837">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-864"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003C2837">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Form 801</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="767C089E" w14:textId="229A52C1" w:rsidR="003C2837" w:rsidRPr="003C2837" w:rsidRDefault="003C2837" w:rsidP="003C2837">
+  <w:p w14:paraId="767C089E" w14:textId="66CCBCF3" w:rsidR="003C2837" w:rsidRPr="003C2837" w:rsidRDefault="003C2837" w:rsidP="003C2837">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-864"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003C2837">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Rev 3/21</w:t>
+      <w:t xml:space="preserve">Rev </w:t>
+    </w:r>
+    <w:r w:rsidR="00CA2391">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>12/25</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2B5604CF" w14:textId="2D7A8A41" w:rsidR="00A07542" w:rsidRPr="002C11A4" w:rsidRDefault="00A07542" w:rsidP="002C11A4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-1170"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="7062B6E2" w14:textId="360A443E" w:rsidR="00CC3D4E" w:rsidRDefault="0096380E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7062B6E2" w14:textId="360A443E" w:rsidR="00CC3D4E" w:rsidRDefault="00F173AA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="3DD88244">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject" o:spid="_x0000_s10241" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:442.3pt;height:176.9pt;rotation:315;z-index:-251657216;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="DRAFT"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52457319"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C006DC6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -5505,65 +5547,64 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="787506870">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="166797599">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="wVjr/Jl8YkLelC66rjsEj6Us3OZebVJJvx/dijyi9+JNDfpjuStWXMfd3/FIUF6i4Vh9fKz+6UZxNZV8iqqIUw==" w:salt="OLyE2IIH/r8QKf5qi1VXdg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="10243"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="10"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -5966,50 +6007,51 @@
     <w:rsid w:val="004A53A1"/>
     <w:rsid w:val="004A5B7A"/>
     <w:rsid w:val="004A7E01"/>
     <w:rsid w:val="004B0B98"/>
     <w:rsid w:val="004B1B54"/>
     <w:rsid w:val="004B46E5"/>
     <w:rsid w:val="004B4E77"/>
     <w:rsid w:val="004B5E66"/>
     <w:rsid w:val="004B776D"/>
     <w:rsid w:val="004C4655"/>
     <w:rsid w:val="004C5B0F"/>
     <w:rsid w:val="004C63F3"/>
     <w:rsid w:val="004C6401"/>
     <w:rsid w:val="004C7BFA"/>
     <w:rsid w:val="004D1EC2"/>
     <w:rsid w:val="004D3260"/>
     <w:rsid w:val="004D369E"/>
     <w:rsid w:val="004D528B"/>
     <w:rsid w:val="004D5323"/>
     <w:rsid w:val="004E21D2"/>
     <w:rsid w:val="004E3C87"/>
     <w:rsid w:val="004E7745"/>
     <w:rsid w:val="004F4439"/>
     <w:rsid w:val="005000F0"/>
     <w:rsid w:val="005060C6"/>
+    <w:rsid w:val="005101B9"/>
     <w:rsid w:val="005118E5"/>
     <w:rsid w:val="00511AFD"/>
     <w:rsid w:val="005125BE"/>
     <w:rsid w:val="00514087"/>
     <w:rsid w:val="00515FD6"/>
     <w:rsid w:val="00520E66"/>
     <w:rsid w:val="00521EA5"/>
     <w:rsid w:val="005247F3"/>
     <w:rsid w:val="005250B4"/>
     <w:rsid w:val="00525CAA"/>
     <w:rsid w:val="0053437B"/>
     <w:rsid w:val="005362B2"/>
     <w:rsid w:val="00536F6D"/>
     <w:rsid w:val="005376EB"/>
     <w:rsid w:val="005411F4"/>
     <w:rsid w:val="00542665"/>
     <w:rsid w:val="005439D2"/>
     <w:rsid w:val="0054526B"/>
     <w:rsid w:val="0055201B"/>
     <w:rsid w:val="005526D6"/>
     <w:rsid w:val="0055636A"/>
     <w:rsid w:val="005568F7"/>
     <w:rsid w:val="00556EEB"/>
     <w:rsid w:val="0056399E"/>
     <w:rsid w:val="005640B9"/>
@@ -6088,86 +6130,88 @@
     <w:rsid w:val="006240A3"/>
     <w:rsid w:val="0062489C"/>
     <w:rsid w:val="006254E4"/>
     <w:rsid w:val="00626CB6"/>
     <w:rsid w:val="0062719D"/>
     <w:rsid w:val="0063020E"/>
     <w:rsid w:val="006313EE"/>
     <w:rsid w:val="006316C0"/>
     <w:rsid w:val="00633013"/>
     <w:rsid w:val="00637BAF"/>
     <w:rsid w:val="00640A41"/>
     <w:rsid w:val="00644CDD"/>
     <w:rsid w:val="006465E3"/>
     <w:rsid w:val="00650485"/>
     <w:rsid w:val="0065127D"/>
     <w:rsid w:val="00652879"/>
     <w:rsid w:val="00655C92"/>
     <w:rsid w:val="00655DE4"/>
     <w:rsid w:val="006568C0"/>
     <w:rsid w:val="00657691"/>
     <w:rsid w:val="0066059B"/>
     <w:rsid w:val="006612BE"/>
     <w:rsid w:val="00661CB0"/>
     <w:rsid w:val="006626CA"/>
     <w:rsid w:val="006628B5"/>
+    <w:rsid w:val="00663906"/>
     <w:rsid w:val="00664A46"/>
     <w:rsid w:val="006664BB"/>
     <w:rsid w:val="00667B41"/>
     <w:rsid w:val="00670D5A"/>
     <w:rsid w:val="00671ED4"/>
     <w:rsid w:val="00672FE2"/>
     <w:rsid w:val="00677E04"/>
     <w:rsid w:val="0068156D"/>
     <w:rsid w:val="00682514"/>
     <w:rsid w:val="00682D39"/>
     <w:rsid w:val="0068401E"/>
     <w:rsid w:val="00684D36"/>
     <w:rsid w:val="00685773"/>
     <w:rsid w:val="00685E20"/>
     <w:rsid w:val="00686D90"/>
     <w:rsid w:val="006873A9"/>
     <w:rsid w:val="00687CCF"/>
     <w:rsid w:val="006912CC"/>
     <w:rsid w:val="00691898"/>
     <w:rsid w:val="006924C8"/>
     <w:rsid w:val="006935BB"/>
     <w:rsid w:val="006935C8"/>
     <w:rsid w:val="0069589C"/>
     <w:rsid w:val="006962F2"/>
     <w:rsid w:val="00696DE6"/>
     <w:rsid w:val="006973ED"/>
     <w:rsid w:val="006A22FF"/>
     <w:rsid w:val="006A282D"/>
     <w:rsid w:val="006A35A3"/>
     <w:rsid w:val="006A35B0"/>
     <w:rsid w:val="006A3B59"/>
     <w:rsid w:val="006A761A"/>
     <w:rsid w:val="006B4711"/>
     <w:rsid w:val="006B5863"/>
     <w:rsid w:val="006C1E14"/>
     <w:rsid w:val="006C2875"/>
+    <w:rsid w:val="006C2980"/>
     <w:rsid w:val="006C3889"/>
     <w:rsid w:val="006C50A8"/>
     <w:rsid w:val="006C5BE6"/>
     <w:rsid w:val="006D6465"/>
     <w:rsid w:val="006D70DE"/>
     <w:rsid w:val="006D7E96"/>
     <w:rsid w:val="006D7EF0"/>
     <w:rsid w:val="006E03AC"/>
     <w:rsid w:val="006E0A2D"/>
     <w:rsid w:val="006E243F"/>
     <w:rsid w:val="006E31E1"/>
     <w:rsid w:val="006E456B"/>
     <w:rsid w:val="006E523E"/>
     <w:rsid w:val="006E6A5F"/>
     <w:rsid w:val="006F110E"/>
     <w:rsid w:val="006F33A1"/>
     <w:rsid w:val="006F6686"/>
     <w:rsid w:val="0070390F"/>
     <w:rsid w:val="00703BC9"/>
     <w:rsid w:val="007077D6"/>
     <w:rsid w:val="00707B29"/>
     <w:rsid w:val="00711200"/>
     <w:rsid w:val="00711212"/>
     <w:rsid w:val="00711CB6"/>
     <w:rsid w:val="007120A7"/>
@@ -6267,50 +6311,51 @@
     <w:rsid w:val="0081731F"/>
     <w:rsid w:val="00817A2D"/>
     <w:rsid w:val="00822B16"/>
     <w:rsid w:val="00825956"/>
     <w:rsid w:val="008264AC"/>
     <w:rsid w:val="00830C57"/>
     <w:rsid w:val="00833A32"/>
     <w:rsid w:val="008340CD"/>
     <w:rsid w:val="008344E6"/>
     <w:rsid w:val="008352A4"/>
     <w:rsid w:val="0083593B"/>
     <w:rsid w:val="00841464"/>
     <w:rsid w:val="00842115"/>
     <w:rsid w:val="008452A1"/>
     <w:rsid w:val="00845803"/>
     <w:rsid w:val="008461A7"/>
     <w:rsid w:val="00846B15"/>
     <w:rsid w:val="00846B83"/>
     <w:rsid w:val="008470D5"/>
     <w:rsid w:val="0085118C"/>
     <w:rsid w:val="00851288"/>
     <w:rsid w:val="00853698"/>
     <w:rsid w:val="00853943"/>
     <w:rsid w:val="00853E93"/>
     <w:rsid w:val="00854AFD"/>
+    <w:rsid w:val="00855C7F"/>
     <w:rsid w:val="008579EE"/>
     <w:rsid w:val="00861BC2"/>
     <w:rsid w:val="00862FC6"/>
     <w:rsid w:val="0086419D"/>
     <w:rsid w:val="00872953"/>
     <w:rsid w:val="00876468"/>
     <w:rsid w:val="00876E1D"/>
     <w:rsid w:val="00876ED8"/>
     <w:rsid w:val="0088448B"/>
     <w:rsid w:val="0088615E"/>
     <w:rsid w:val="0088753C"/>
     <w:rsid w:val="00887DAD"/>
     <w:rsid w:val="008910D0"/>
     <w:rsid w:val="00891483"/>
     <w:rsid w:val="00891A54"/>
     <w:rsid w:val="00892281"/>
     <w:rsid w:val="00893612"/>
     <w:rsid w:val="00894A86"/>
     <w:rsid w:val="00894DC8"/>
     <w:rsid w:val="00896746"/>
     <w:rsid w:val="008A0136"/>
     <w:rsid w:val="008A0573"/>
     <w:rsid w:val="008A1E05"/>
     <w:rsid w:val="008A40A8"/>
     <w:rsid w:val="008A4814"/>
@@ -6338,79 +6383,81 @@
     <w:rsid w:val="008F066E"/>
     <w:rsid w:val="008F407F"/>
     <w:rsid w:val="008F697B"/>
     <w:rsid w:val="00900789"/>
     <w:rsid w:val="0090109C"/>
     <w:rsid w:val="00902AAA"/>
     <w:rsid w:val="00904B4B"/>
     <w:rsid w:val="00911853"/>
     <w:rsid w:val="00911996"/>
     <w:rsid w:val="00914583"/>
     <w:rsid w:val="0091625B"/>
     <w:rsid w:val="00917E66"/>
     <w:rsid w:val="00922BB9"/>
     <w:rsid w:val="00922DAD"/>
     <w:rsid w:val="009234BA"/>
     <w:rsid w:val="009244C2"/>
     <w:rsid w:val="0092568E"/>
     <w:rsid w:val="00927FE1"/>
     <w:rsid w:val="009306B5"/>
     <w:rsid w:val="009320D3"/>
     <w:rsid w:val="00932E90"/>
     <w:rsid w:val="00933105"/>
     <w:rsid w:val="00933CE3"/>
     <w:rsid w:val="009369DA"/>
     <w:rsid w:val="0094238B"/>
+    <w:rsid w:val="00944A9E"/>
     <w:rsid w:val="00947F61"/>
     <w:rsid w:val="00952D3E"/>
     <w:rsid w:val="00956FDE"/>
     <w:rsid w:val="00960DE0"/>
     <w:rsid w:val="00960E52"/>
     <w:rsid w:val="0096380E"/>
     <w:rsid w:val="00964F7D"/>
     <w:rsid w:val="00965A24"/>
     <w:rsid w:val="00965F0A"/>
     <w:rsid w:val="00970415"/>
     <w:rsid w:val="00976226"/>
     <w:rsid w:val="009763F7"/>
     <w:rsid w:val="00976A31"/>
     <w:rsid w:val="00977ED2"/>
     <w:rsid w:val="0098129A"/>
     <w:rsid w:val="00981AF0"/>
     <w:rsid w:val="00983154"/>
     <w:rsid w:val="00985007"/>
     <w:rsid w:val="00985900"/>
     <w:rsid w:val="00987FAC"/>
     <w:rsid w:val="00990A71"/>
     <w:rsid w:val="00992262"/>
     <w:rsid w:val="00992DD3"/>
     <w:rsid w:val="00994772"/>
     <w:rsid w:val="009A5916"/>
     <w:rsid w:val="009A59CF"/>
     <w:rsid w:val="009A61CB"/>
     <w:rsid w:val="009A7AAC"/>
     <w:rsid w:val="009B18FE"/>
+    <w:rsid w:val="009B232A"/>
     <w:rsid w:val="009B2F29"/>
     <w:rsid w:val="009B7091"/>
     <w:rsid w:val="009C3975"/>
     <w:rsid w:val="009C4B34"/>
     <w:rsid w:val="009C5506"/>
     <w:rsid w:val="009D1504"/>
     <w:rsid w:val="009D4C62"/>
     <w:rsid w:val="009D56CC"/>
     <w:rsid w:val="009E0304"/>
     <w:rsid w:val="009E2A91"/>
     <w:rsid w:val="009E532D"/>
     <w:rsid w:val="009E5BE1"/>
     <w:rsid w:val="009E65E5"/>
     <w:rsid w:val="009F026A"/>
     <w:rsid w:val="009F0D63"/>
     <w:rsid w:val="009F3ADD"/>
     <w:rsid w:val="009F502E"/>
     <w:rsid w:val="00A00952"/>
     <w:rsid w:val="00A025E4"/>
     <w:rsid w:val="00A03B0A"/>
     <w:rsid w:val="00A03F41"/>
     <w:rsid w:val="00A044C7"/>
     <w:rsid w:val="00A069AC"/>
     <w:rsid w:val="00A06C14"/>
     <w:rsid w:val="00A06F25"/>
@@ -6464,50 +6511,51 @@
     <w:rsid w:val="00A970D4"/>
     <w:rsid w:val="00AA038E"/>
     <w:rsid w:val="00AA0819"/>
     <w:rsid w:val="00AA1185"/>
     <w:rsid w:val="00AA2A19"/>
     <w:rsid w:val="00AA2F8C"/>
     <w:rsid w:val="00AA4179"/>
     <w:rsid w:val="00AA5CFA"/>
     <w:rsid w:val="00AA6C91"/>
     <w:rsid w:val="00AA7784"/>
     <w:rsid w:val="00AA7F3E"/>
     <w:rsid w:val="00AB04FC"/>
     <w:rsid w:val="00AB39C7"/>
     <w:rsid w:val="00AB43B5"/>
     <w:rsid w:val="00AB70EE"/>
     <w:rsid w:val="00AB7D70"/>
     <w:rsid w:val="00AC2815"/>
     <w:rsid w:val="00AC6C6E"/>
     <w:rsid w:val="00AD0525"/>
     <w:rsid w:val="00AE1237"/>
     <w:rsid w:val="00AE32B4"/>
     <w:rsid w:val="00AE3883"/>
     <w:rsid w:val="00AE6F2B"/>
     <w:rsid w:val="00AE6F6B"/>
     <w:rsid w:val="00AF09DC"/>
+    <w:rsid w:val="00AF3283"/>
     <w:rsid w:val="00AF342A"/>
     <w:rsid w:val="00AF4231"/>
     <w:rsid w:val="00AF4656"/>
     <w:rsid w:val="00AF69E7"/>
     <w:rsid w:val="00AF6FB1"/>
     <w:rsid w:val="00AF76B4"/>
     <w:rsid w:val="00B00ED7"/>
     <w:rsid w:val="00B0390E"/>
     <w:rsid w:val="00B0397C"/>
     <w:rsid w:val="00B0595A"/>
     <w:rsid w:val="00B0632D"/>
     <w:rsid w:val="00B13DA3"/>
     <w:rsid w:val="00B147FE"/>
     <w:rsid w:val="00B151FD"/>
     <w:rsid w:val="00B17B54"/>
     <w:rsid w:val="00B21A8D"/>
     <w:rsid w:val="00B21C7A"/>
     <w:rsid w:val="00B22307"/>
     <w:rsid w:val="00B24248"/>
     <w:rsid w:val="00B26BFF"/>
     <w:rsid w:val="00B278D2"/>
     <w:rsid w:val="00B32666"/>
     <w:rsid w:val="00B32C46"/>
     <w:rsid w:val="00B331F4"/>
     <w:rsid w:val="00B33944"/>
@@ -6606,50 +6654,51 @@
     <w:rsid w:val="00C30860"/>
     <w:rsid w:val="00C3533C"/>
     <w:rsid w:val="00C35D99"/>
     <w:rsid w:val="00C41F1D"/>
     <w:rsid w:val="00C42A88"/>
     <w:rsid w:val="00C530FB"/>
     <w:rsid w:val="00C54958"/>
     <w:rsid w:val="00C55AD8"/>
     <w:rsid w:val="00C60A1C"/>
     <w:rsid w:val="00C61DFE"/>
     <w:rsid w:val="00C62B0A"/>
     <w:rsid w:val="00C6436C"/>
     <w:rsid w:val="00C660F2"/>
     <w:rsid w:val="00C66830"/>
     <w:rsid w:val="00C67E9A"/>
     <w:rsid w:val="00C74A1E"/>
     <w:rsid w:val="00C756C3"/>
     <w:rsid w:val="00C8572A"/>
     <w:rsid w:val="00C9176A"/>
     <w:rsid w:val="00C930B9"/>
     <w:rsid w:val="00C93E4A"/>
     <w:rsid w:val="00C94031"/>
     <w:rsid w:val="00C95451"/>
     <w:rsid w:val="00C95855"/>
     <w:rsid w:val="00CA0C4D"/>
+    <w:rsid w:val="00CA2391"/>
     <w:rsid w:val="00CA37D6"/>
     <w:rsid w:val="00CA384A"/>
     <w:rsid w:val="00CB3785"/>
     <w:rsid w:val="00CB3BA6"/>
     <w:rsid w:val="00CB4C51"/>
     <w:rsid w:val="00CB7E6F"/>
     <w:rsid w:val="00CB7E92"/>
     <w:rsid w:val="00CC0D74"/>
     <w:rsid w:val="00CC1E14"/>
     <w:rsid w:val="00CC228E"/>
     <w:rsid w:val="00CC22E7"/>
     <w:rsid w:val="00CC3D4E"/>
     <w:rsid w:val="00CC430D"/>
     <w:rsid w:val="00CD1FEE"/>
     <w:rsid w:val="00CD2A4F"/>
     <w:rsid w:val="00CD58E4"/>
     <w:rsid w:val="00CD7EA3"/>
     <w:rsid w:val="00CE1927"/>
     <w:rsid w:val="00CE5044"/>
     <w:rsid w:val="00CE5918"/>
     <w:rsid w:val="00CE5FBC"/>
     <w:rsid w:val="00CE63F5"/>
     <w:rsid w:val="00CE70CB"/>
     <w:rsid w:val="00CF03B3"/>
     <w:rsid w:val="00CF1648"/>
@@ -6691,50 +6740,51 @@
     <w:rsid w:val="00D532F0"/>
     <w:rsid w:val="00D5332D"/>
     <w:rsid w:val="00D54457"/>
     <w:rsid w:val="00D572AF"/>
     <w:rsid w:val="00D60408"/>
     <w:rsid w:val="00D62FFA"/>
     <w:rsid w:val="00D66BD4"/>
     <w:rsid w:val="00D7065B"/>
     <w:rsid w:val="00D71A12"/>
     <w:rsid w:val="00D71D65"/>
     <w:rsid w:val="00D73365"/>
     <w:rsid w:val="00D7495C"/>
     <w:rsid w:val="00D74F01"/>
     <w:rsid w:val="00D75886"/>
     <w:rsid w:val="00D766DE"/>
     <w:rsid w:val="00D76B49"/>
     <w:rsid w:val="00D8065B"/>
     <w:rsid w:val="00D836AE"/>
     <w:rsid w:val="00D87ACB"/>
     <w:rsid w:val="00D90EEB"/>
     <w:rsid w:val="00D94DD3"/>
     <w:rsid w:val="00D96A9F"/>
     <w:rsid w:val="00D96AE1"/>
     <w:rsid w:val="00DA2B6A"/>
     <w:rsid w:val="00DA496F"/>
+    <w:rsid w:val="00DB09D9"/>
     <w:rsid w:val="00DB18C6"/>
     <w:rsid w:val="00DB1ED0"/>
     <w:rsid w:val="00DB37D7"/>
     <w:rsid w:val="00DB3A9F"/>
     <w:rsid w:val="00DB3E50"/>
     <w:rsid w:val="00DB456B"/>
     <w:rsid w:val="00DB67C1"/>
     <w:rsid w:val="00DC3D74"/>
     <w:rsid w:val="00DC543C"/>
     <w:rsid w:val="00DD2553"/>
     <w:rsid w:val="00DD2954"/>
     <w:rsid w:val="00DD29FC"/>
     <w:rsid w:val="00DD76C2"/>
     <w:rsid w:val="00DE2FBF"/>
     <w:rsid w:val="00DE44A3"/>
     <w:rsid w:val="00DE4B81"/>
     <w:rsid w:val="00DE5D29"/>
     <w:rsid w:val="00DE6F02"/>
     <w:rsid w:val="00DF0652"/>
     <w:rsid w:val="00DF39CA"/>
     <w:rsid w:val="00DF5762"/>
     <w:rsid w:val="00E002C3"/>
     <w:rsid w:val="00E023D7"/>
     <w:rsid w:val="00E034B2"/>
     <w:rsid w:val="00E0513A"/>
@@ -6809,53 +6859,56 @@
     <w:rsid w:val="00EC3D90"/>
     <w:rsid w:val="00EC7B38"/>
     <w:rsid w:val="00ED014F"/>
     <w:rsid w:val="00ED1E02"/>
     <w:rsid w:val="00ED1F7F"/>
     <w:rsid w:val="00ED2BF7"/>
     <w:rsid w:val="00ED607B"/>
     <w:rsid w:val="00EE0578"/>
     <w:rsid w:val="00EE351A"/>
     <w:rsid w:val="00EE512A"/>
     <w:rsid w:val="00EE516C"/>
     <w:rsid w:val="00EE5246"/>
     <w:rsid w:val="00EF4258"/>
     <w:rsid w:val="00EF4A43"/>
     <w:rsid w:val="00EF5646"/>
     <w:rsid w:val="00EF641F"/>
     <w:rsid w:val="00F00228"/>
     <w:rsid w:val="00F003FB"/>
     <w:rsid w:val="00F02179"/>
     <w:rsid w:val="00F04E30"/>
     <w:rsid w:val="00F059F8"/>
     <w:rsid w:val="00F07D6D"/>
     <w:rsid w:val="00F1009E"/>
     <w:rsid w:val="00F1212F"/>
     <w:rsid w:val="00F13C94"/>
+    <w:rsid w:val="00F14126"/>
     <w:rsid w:val="00F150F1"/>
     <w:rsid w:val="00F17122"/>
+    <w:rsid w:val="00F173AA"/>
     <w:rsid w:val="00F21AE3"/>
+    <w:rsid w:val="00F23379"/>
     <w:rsid w:val="00F23C83"/>
     <w:rsid w:val="00F2420C"/>
     <w:rsid w:val="00F25BA0"/>
     <w:rsid w:val="00F274C3"/>
     <w:rsid w:val="00F3107A"/>
     <w:rsid w:val="00F31B58"/>
     <w:rsid w:val="00F32E02"/>
     <w:rsid w:val="00F34775"/>
     <w:rsid w:val="00F34DDA"/>
     <w:rsid w:val="00F35807"/>
     <w:rsid w:val="00F373CE"/>
     <w:rsid w:val="00F37A3B"/>
     <w:rsid w:val="00F404B7"/>
     <w:rsid w:val="00F41020"/>
     <w:rsid w:val="00F41D91"/>
     <w:rsid w:val="00F44E9C"/>
     <w:rsid w:val="00F450BF"/>
     <w:rsid w:val="00F45AA1"/>
     <w:rsid w:val="00F46098"/>
     <w:rsid w:val="00F46D14"/>
     <w:rsid w:val="00F50841"/>
     <w:rsid w:val="00F51A08"/>
     <w:rsid w:val="00F52C53"/>
     <w:rsid w:val="00F53843"/>
     <w:rsid w:val="00F538C5"/>
@@ -6909,75 +6962,75 @@
     <w:rsid w:val="00FE3026"/>
     <w:rsid w:val="00FE3399"/>
     <w:rsid w:val="00FE3776"/>
     <w:rsid w:val="00FE4B6A"/>
     <w:rsid w:val="00FE7F5F"/>
     <w:rsid w:val="00FF08A5"/>
     <w:rsid w:val="00FF38CE"/>
     <w:rsid w:val="00FF5795"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PostalCode"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="address"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="Street"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="address"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="country-region"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PostalCode"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="10243"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="47245291"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F95B601B-D2D4-4CF5-A754-8EF46C8401B5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -7377,51 +7430,51 @@
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00232A3B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00232A3B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1542131945">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1812210567">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7696,70 +7749,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{621D6941-893E-42F9-9E40-3A9B6860C7E9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>427</Words>
-  <Characters>2437</Characters>
+  <Words>409</Words>
+  <Characters>2469</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>JIC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2859</CharactersWithSpaces>
+  <CharactersWithSpaces>2873</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Courts</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>