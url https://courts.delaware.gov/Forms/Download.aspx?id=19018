--- v0 (2025-10-22)
+++ v1 (2026-03-09)
@@ -2,144 +2,151 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00994CAE" w:rsidRDefault="005456F5" w:rsidP="006B033F">
+    <w:p w14:paraId="6D61AB5D" w14:textId="77777777" w:rsidR="00994CAE" w:rsidRDefault="00DC2E8F" w:rsidP="006B033F">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="09898161">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_s1032" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:196.15pt;margin-top:-16.8pt;width:90.75pt;height:90.75pt;z-index:-251658752">
             <v:imagedata r:id="rId7" o:title="test2 Family-Court-grayscale-9per"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00994CAE">
         <w:t xml:space="preserve">The Family Court of the State of </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidR="00994CAE">
             <w:t>Delaware</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
     </w:p>
-    <w:p w:rsidR="00994CAE" w:rsidRDefault="00994CAE" w:rsidP="006B033F">
+    <w:p w14:paraId="56F7F13D" w14:textId="77777777" w:rsidR="00994CAE" w:rsidRDefault="00994CAE" w:rsidP="006B033F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
       <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005676F1" w:rsidRPr="00994CAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle</w:t>
       </w:r>
       <w:r w:rsidR="00446307">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -151,227 +158,239 @@
       <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005676F1" w:rsidRPr="00994CAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent</w:t>
       </w:r>
       <w:r w:rsidR="00446307">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Check3"/>
-      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005676F1" w:rsidRPr="00994CAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5BCC" w:rsidRPr="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00BA1841">
+    <w:p w14:paraId="00EEA514" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRPr="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00BA1841">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-7" w:type="dxa"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7"/>
         <w:gridCol w:w="4871"/>
         <w:gridCol w:w="12"/>
         <w:gridCol w:w="1615"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="3150"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="442B04A0" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4878" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="5E3FA3AA" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="Text1"/>
+            <w:bookmarkStart w:id="4" w:name="Text1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5857" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="4A76A1D3" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="13DFC006" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="115" w:type="dxa"/>
             <w:right w:w="115" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4878" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="415D5A52" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -415,228 +434,228 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5857" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="355EE0B8" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="4C5100C0" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4878" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="09D65D1B" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:ind w:left="115"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Petitioner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5857" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="7FBE8DC0" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="0DA24A06" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="7" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="5A96A548" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1627" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="604FABB2" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="6B7AC51F" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>File No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="6" w:name="Text2"/>
+        <w:bookmarkStart w:id="5" w:name="Text2"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="5FE920F5" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -680,217 +699,217 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="06B233F4" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="25FE74B0" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:ind w:left="115"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5845" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="2DCF59BB" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="19"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4878"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="2707"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="53D42C1E" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="7D7FC305" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="29699D8A" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="53CD8163" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Petition No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="7" w:name="Text3"/>
+        <w:bookmarkStart w:id="6" w:name="Text3"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2707" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="0DE98D08" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -934,65 +953,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="5849AAFC" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="0DAD6E4B" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -1049,259 +1068,259 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5857" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="516CDC3B" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="56BB5313" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4878" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="1D316070" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:ind w:left="115"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Respondent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5857" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="0A4D68D4" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="6B6ED35F" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5BCC" w:rsidRPr="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="15AFCAB1" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRPr="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC5BCC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>AFFIDAVIT IN SUPPORT OF</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5BCC" w:rsidRPr="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="13FFA06D" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRPr="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC5BCC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>REQUEST TO PROCEED WITHOUT A HEARING</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5BCC" w:rsidRPr="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="50BA2AF2" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRPr="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC5BCC" w:rsidRPr="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="110E6C58" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRPr="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC5BCC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>STATE OF DELAWARE</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC5BCC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00AC5BCC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC5BCC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="715F2B0E" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -1339,64 +1358,64 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1908"/>
         <w:gridCol w:w="2430"/>
         <w:gridCol w:w="637"/>
         <w:gridCol w:w="803"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="2340"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="288"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="3D8F88B9" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="288" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1908" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:bookmarkStart w:id="8" w:name="Text7"/>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:bookmarkStart w:id="7" w:name="Text7"/>
+          <w:p w14:paraId="6B03B60A" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -1440,210 +1459,210 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="086B8483" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>COUNTY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+          <w:p w14:paraId="1FC75834" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
             <w:pPr>
               <w:ind w:left="-18"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="3DC1E0D8" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="288" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1908" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="467D0623" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="456139E4" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="3DF6BD1D" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="0AB97217" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4975" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="51DB9A1B" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">             BE IT REMEMBERED, that on this date</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="9" w:name="Text5"/>
+        <w:bookmarkStart w:id="8" w:name="Text5"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="70B3DD44" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1689,131 +1708,131 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3708" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="3F3C6347" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>, personally appeared before me, a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="338D1A69" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="075A80ED" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Notary Public for the State and County  declared above,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="3610A9CA" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -1871,559 +1890,645 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="384E6BDF" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>, (“Affiant”),</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="473B0429" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t>, being duly sworn by me according to the law, did depose and say:</w:t>
+        <w:t xml:space="preserve"> who, being duly sworn by me according to the law, did depose and say:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="3E1B86D1" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:hanging="1080"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">That Affiant is the Petitioner in this Petition for Divorce/Annulment; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="410FC54F" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>That Affiant requests that the Family Court enter a Decree for Divorce/Annulment thereby divorcing the Petitioner and Respondent from the bonds of matrimony/civil union or annulling the marriage/civil union;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="1511492F" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:hanging="1080"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>That all of the allegations made in the Petition for Divorce/Annulment continue to be true;</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="9990"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="07DD47FB" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+          <w:p w14:paraId="53314F9D" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-108" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="10" w:name="OLE_LINK1"/>
+            <w:bookmarkStart w:id="9" w:name="OLE_LINK1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="25C81513" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>That Respondent was given notice of the Petition for Divorce/Annulment; and</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="10"/>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="4F1F2600" w14:textId="12351491" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">That in accordance with the provisions of the “Servicemembers Civil Relief Act” the following are true. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00FA74B6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA74B6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Check </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00FA74B6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ALL</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00FA74B6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that apply.</w:t>
+        <w:t xml:space="preserve"> that apply</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA74B6" w:rsidRPr="00FA74B6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA74B6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2E8F" w:rsidRPr="00DC2E8F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ONLY IF</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA74B6" w:rsidRPr="00FA74B6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Respondent is in Military</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA74B6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="7901A237" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="Check4"/>
+      <w:bookmarkStart w:id="10" w:name="Check4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">  Respondent is in the United States Military;  </w:t>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Respondent is in the United States </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Military;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="4EB91E7A" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="Check5"/>
+      <w:bookmarkStart w:id="11" w:name="Check5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Respondent has </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>NOT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> filed an Answer to the Petition for Divorce/Annulment;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="2ED309F6" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="Check6"/>
+      <w:bookmarkStart w:id="12" w:name="Check6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Respondent has </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>NOT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> filed a waiver of his/her rights under the Servicemembers Civil       Relief Act in conjunction with this case; and</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="6840"/>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="630"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="5D734E9B" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+          <w:p w14:paraId="7131DB76" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1440"/>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-108" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="20BD2772" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>That Affiant and Respondent have continued to be separated since</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="139EF158" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -2474,154 +2579,145 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="539D87E5" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="2B9B7829" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> occupied the same bedroom or had sexual relations with each other in the past 30 days and will not occupy the same bedroom or have sexual relations with each other before the divorce decree is issued. Affiant understands that occupying the same bedroom or having sexual relations with the Respondent before the divorce decree is entered could render the divorce voidable.  </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">not occupied the same bedroom or had sexual relations with each other in the past 30 days and will not occupy the same bedroom or have sexual relations with each other before the divorce decree is issued. Affiant understands that occupying the same bedroom or having sexual relations with the Respondent before the divorce decree is entered could render the divorce voidable.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="065D8D4C" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="4E024C43" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5040" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="012893BA" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4338" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00446307" w:rsidP="005E4C61">
+          <w:p w14:paraId="49349442" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00446307" w:rsidP="005E4C61">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5130"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text8"/>
+            <w:bookmarkStart w:id="13" w:name="Text8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
@@ -2645,56 +2741,56 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="0CB801B1" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -2725,140 +2821,140 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">               Petitioner (“Affiant”)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5778"/>
         <w:gridCol w:w="3150"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="4B23AEAA" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="0A25A2D8" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>SWORN TO AND SUBSCRIBED before me on this date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="60E4F8A5" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="32F09450" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5058" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC5BCC" w:rsidTr="005E4C61">
+      <w:tr w:rsidR="00AC5BCC" w14:paraId="29C2B15F" w14:textId="77777777" w:rsidTr="005E4C61">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
+          <w:p w14:paraId="527691C2" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="005E4C61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AC5BCC" w:rsidRPr="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
+    <w:p w14:paraId="2D1B4096" w14:textId="77777777" w:rsidR="00AC5BCC" w:rsidRPr="00AC5BCC" w:rsidRDefault="00AC5BCC" w:rsidP="00AC5BCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -2883,228 +2979,241 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">      Clerk of Court or Notary Public</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AC5BCC" w:rsidRPr="00AC5BCC" w:rsidSect="00CD77CF">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="317" w:right="864" w:bottom="720" w:left="864" w:header="144" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00446307" w:rsidRDefault="00446307">
+    <w:p w14:paraId="0B746D37" w14:textId="77777777" w:rsidR="00446307" w:rsidRDefault="00446307">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00446307" w:rsidRDefault="00446307">
+    <w:p w14:paraId="520F4B6F" w14:textId="77777777" w:rsidR="00446307" w:rsidRDefault="00446307">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00446307" w:rsidRDefault="00446307">
+    <w:p w14:paraId="3E311E46" w14:textId="77777777" w:rsidR="00446307" w:rsidRDefault="00446307">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00446307" w:rsidRDefault="00446307">
+    <w:p w14:paraId="647FC2BC" w14:textId="77777777" w:rsidR="00446307" w:rsidRDefault="00446307">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00A96085" w:rsidRDefault="00A96085">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="06635FF6" w14:textId="77777777" w:rsidR="00A96085" w:rsidRDefault="00A96085">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00A96085" w:rsidRDefault="00A96085">
+  <w:p w14:paraId="2D6525AD" w14:textId="77777777" w:rsidR="00A96085" w:rsidRDefault="00A96085">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00A96085" w:rsidRDefault="00A96085">
+  <w:p w14:paraId="1C63385D" w14:textId="77777777" w:rsidR="00A96085" w:rsidRDefault="00A96085">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Form </w:t>
     </w:r>
     <w:r w:rsidR="00AC5BCC">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>447</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00A96085" w:rsidRDefault="00A96085" w:rsidP="00CD77CF">
+  <w:p w14:paraId="25760B73" w14:textId="3E67345D" w:rsidR="00A96085" w:rsidRDefault="00A96085" w:rsidP="00CD77CF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">(Rev </w:t>
     </w:r>
+    <w:r w:rsidR="00FA74B6">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
     <w:r w:rsidR="00092D8D">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>01/12</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00FA74B6">
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>25</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2B7449B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DB40E4DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -3404,383 +3513,434 @@
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1201434027">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2028092445">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="194192786">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2011062083">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1581283875">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="62919211">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1261983613">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1423532617">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1351368217">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="47147333">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="13729020">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1389458832">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1163275483">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="84"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="jOO5rEymm/puojfP+60QMm9XArc+pvaBeBW7rtKgIdy1s4wNn5b3JfGplh0BA0LZiqPmIfKyJ8kLVMHyNaPzbQ==" w:salt="RFVSMPfCG/rNrxjtP9dDbw=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:defaultTableStyle w:val="TableTheme"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotSuppressParagraphBorders/>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B033F"/>
     <w:rsid w:val="00001516"/>
     <w:rsid w:val="00017A4E"/>
     <w:rsid w:val="00025D47"/>
     <w:rsid w:val="000313EA"/>
     <w:rsid w:val="00032A16"/>
     <w:rsid w:val="00035618"/>
     <w:rsid w:val="000456D7"/>
     <w:rsid w:val="00045B2D"/>
     <w:rsid w:val="00084370"/>
     <w:rsid w:val="00092D8D"/>
     <w:rsid w:val="00095B0E"/>
     <w:rsid w:val="000D02C8"/>
     <w:rsid w:val="000D32B6"/>
     <w:rsid w:val="000D4919"/>
     <w:rsid w:val="000F62DB"/>
     <w:rsid w:val="00103773"/>
     <w:rsid w:val="00132E5D"/>
     <w:rsid w:val="001420AC"/>
     <w:rsid w:val="00152CDE"/>
     <w:rsid w:val="00155DEA"/>
     <w:rsid w:val="00161530"/>
     <w:rsid w:val="001716C9"/>
     <w:rsid w:val="00185E1E"/>
     <w:rsid w:val="001864B5"/>
     <w:rsid w:val="001A469D"/>
     <w:rsid w:val="001B4F85"/>
     <w:rsid w:val="001E5734"/>
     <w:rsid w:val="001F34B5"/>
     <w:rsid w:val="0021164D"/>
     <w:rsid w:val="002402DA"/>
     <w:rsid w:val="002837A0"/>
     <w:rsid w:val="00285E9D"/>
     <w:rsid w:val="002A33E6"/>
     <w:rsid w:val="002A66DA"/>
     <w:rsid w:val="002C5FA4"/>
     <w:rsid w:val="002D51B5"/>
     <w:rsid w:val="0030779E"/>
+    <w:rsid w:val="00311CA9"/>
     <w:rsid w:val="003124CC"/>
     <w:rsid w:val="003408F7"/>
     <w:rsid w:val="00381628"/>
     <w:rsid w:val="003921E1"/>
     <w:rsid w:val="003A2B49"/>
     <w:rsid w:val="003A5C25"/>
     <w:rsid w:val="003F56F3"/>
     <w:rsid w:val="0042122D"/>
     <w:rsid w:val="00446307"/>
     <w:rsid w:val="00456F64"/>
     <w:rsid w:val="00461541"/>
     <w:rsid w:val="00476CFD"/>
     <w:rsid w:val="004E6C17"/>
     <w:rsid w:val="0050090A"/>
     <w:rsid w:val="00503751"/>
     <w:rsid w:val="005042EA"/>
     <w:rsid w:val="005161FE"/>
     <w:rsid w:val="00520A17"/>
     <w:rsid w:val="00523333"/>
     <w:rsid w:val="00524C96"/>
     <w:rsid w:val="00527D38"/>
     <w:rsid w:val="00532584"/>
     <w:rsid w:val="00534CF3"/>
     <w:rsid w:val="005456F5"/>
     <w:rsid w:val="005466BB"/>
     <w:rsid w:val="005676F1"/>
     <w:rsid w:val="00573C14"/>
     <w:rsid w:val="005C0549"/>
     <w:rsid w:val="005C4DB2"/>
     <w:rsid w:val="005C5607"/>
     <w:rsid w:val="005D33AF"/>
     <w:rsid w:val="005D392A"/>
+    <w:rsid w:val="005D3E0F"/>
     <w:rsid w:val="005D7429"/>
     <w:rsid w:val="005E4C61"/>
     <w:rsid w:val="005F509F"/>
     <w:rsid w:val="006676BD"/>
     <w:rsid w:val="00683FF2"/>
     <w:rsid w:val="006B033F"/>
     <w:rsid w:val="006F5119"/>
     <w:rsid w:val="00753ABB"/>
     <w:rsid w:val="007643AF"/>
     <w:rsid w:val="0079069E"/>
     <w:rsid w:val="007C47B6"/>
     <w:rsid w:val="007D3F3D"/>
     <w:rsid w:val="00815D77"/>
     <w:rsid w:val="00817473"/>
     <w:rsid w:val="008277B0"/>
     <w:rsid w:val="00827AB4"/>
     <w:rsid w:val="00830BEB"/>
     <w:rsid w:val="00875B94"/>
     <w:rsid w:val="0089127B"/>
     <w:rsid w:val="008A57CD"/>
     <w:rsid w:val="008C0667"/>
     <w:rsid w:val="008C151E"/>
     <w:rsid w:val="008D61C4"/>
+    <w:rsid w:val="008E2EFD"/>
     <w:rsid w:val="009216CC"/>
     <w:rsid w:val="00944DF5"/>
     <w:rsid w:val="00946B6A"/>
     <w:rsid w:val="00994CAE"/>
     <w:rsid w:val="00995D40"/>
     <w:rsid w:val="009A5074"/>
     <w:rsid w:val="009B128F"/>
     <w:rsid w:val="009B5BEC"/>
     <w:rsid w:val="009E633B"/>
     <w:rsid w:val="009F34C3"/>
     <w:rsid w:val="009F6D3B"/>
     <w:rsid w:val="00A27565"/>
     <w:rsid w:val="00A4006C"/>
     <w:rsid w:val="00A409E3"/>
     <w:rsid w:val="00A52BCA"/>
     <w:rsid w:val="00A60EDE"/>
     <w:rsid w:val="00A638CC"/>
     <w:rsid w:val="00A67CB6"/>
     <w:rsid w:val="00A96085"/>
     <w:rsid w:val="00AC0DCE"/>
     <w:rsid w:val="00AC5BCC"/>
     <w:rsid w:val="00AE6B8D"/>
     <w:rsid w:val="00B15E87"/>
     <w:rsid w:val="00B2246F"/>
     <w:rsid w:val="00B24DFA"/>
     <w:rsid w:val="00B5008F"/>
     <w:rsid w:val="00B53855"/>
     <w:rsid w:val="00B95C26"/>
     <w:rsid w:val="00BA124E"/>
     <w:rsid w:val="00BA1841"/>
     <w:rsid w:val="00BB0BFE"/>
     <w:rsid w:val="00C16B76"/>
     <w:rsid w:val="00C174FE"/>
     <w:rsid w:val="00C5305E"/>
+    <w:rsid w:val="00C5512C"/>
     <w:rsid w:val="00C65F9D"/>
     <w:rsid w:val="00C933F9"/>
     <w:rsid w:val="00CA32A8"/>
     <w:rsid w:val="00CC47C7"/>
     <w:rsid w:val="00CD77CF"/>
     <w:rsid w:val="00D23736"/>
     <w:rsid w:val="00D277C8"/>
     <w:rsid w:val="00D31A8C"/>
     <w:rsid w:val="00D562F5"/>
     <w:rsid w:val="00DA6183"/>
+    <w:rsid w:val="00DC2E8F"/>
     <w:rsid w:val="00DE12DC"/>
     <w:rsid w:val="00DE65E1"/>
     <w:rsid w:val="00DE6EF4"/>
     <w:rsid w:val="00DF6E55"/>
     <w:rsid w:val="00E17C20"/>
     <w:rsid w:val="00E36A29"/>
     <w:rsid w:val="00E448E1"/>
     <w:rsid w:val="00E5756D"/>
     <w:rsid w:val="00E91C8C"/>
     <w:rsid w:val="00EA2E7D"/>
     <w:rsid w:val="00EB5C26"/>
     <w:rsid w:val="00EC7D9A"/>
     <w:rsid w:val="00ED2D3D"/>
     <w:rsid w:val="00ED33C4"/>
     <w:rsid w:val="00ED3814"/>
     <w:rsid w:val="00F00E7E"/>
     <w:rsid w:val="00F537C5"/>
     <w:rsid w:val="00F7324B"/>
     <w:rsid w:val="00F82E0F"/>
     <w:rsid w:val="00F84D5A"/>
     <w:rsid w:val="00FA1F93"/>
     <w:rsid w:val="00FA36F5"/>
+    <w:rsid w:val="00FA74B6"/>
     <w:rsid w:val="00FB51EF"/>
     <w:rsid w:val="00FE502E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="3E9A60D8"/>
+  <w14:docId w14:val="17541D1A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{797C04E8-0937-4B1E-A7B2-5D72EDB1D90C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:locked="1"/>
     <w:lsdException w:name="toc 2" w:locked="1"/>
     <w:lsdException w:name="toc 3" w:locked="1"/>
     <w:lsdException w:name="toc 4" w:locked="1"/>
     <w:lsdException w:name="toc 5" w:locked="1"/>
     <w:lsdException w:name="toc 6" w:locked="1"/>
     <w:lsdException w:name="toc 7" w:locked="1"/>
     <w:lsdException w:name="toc 8" w:locked="1"/>
     <w:lsdException w:name="toc 9" w:locked="1"/>
     <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:locked="1"/>
     <w:lsdException w:name="Subtitle" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -3952,50 +4112,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00095B0E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00095B0E"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-540" w:right="-72"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
@@ -4083,70 +4248,74 @@
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00095B0E"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
-    <w:rsid w:val="00095B0E"/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00095B0E"/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:locked/>
     <w:rsid w:val="00095B0E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00095B0E"/>
@@ -4321,53 +4490,52 @@
       <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:xAlign="center" w:y="1"/>
       <w:ind w:left="139"/>
       <w:suppressOverlap/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
     <w:name w:val="Style1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Style1"/>
     <w:rsid w:val="00A96085"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -4597,69 +4765,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>336</Words>
-  <Characters>1917</Characters>
+  <Words>342</Words>
+  <Characters>1953</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2249</CharactersWithSpaces>
+  <CharactersWithSpaces>2291</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Clark, Tempess (Courts)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>