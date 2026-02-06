--- v0 (2025-12-05)
+++ v1 (2026-02-06)
@@ -1,199 +1,224 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1274FDB5" w14:textId="31D003D9" w:rsidR="00176585" w:rsidRDefault="00AD1400" w:rsidP="00AD1400">
+    <w:p w14:paraId="1274FDB5" w14:textId="1AB3F565" w:rsidR="00176585" w:rsidRDefault="004F65DD" w:rsidP="00AD1400">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004F65DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>DELAWARE NURSING HOME RESIDENT’S QUALITY ASSURANCE COMMISSION</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>DELAWARE RESIDENTS</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6510">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F65DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2540 Wrangle Hill Road</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7289AE48" w14:textId="63D102BE" w:rsidR="00AD1400" w:rsidRDefault="00AD1400" w:rsidP="003E5289">
+        <w:t xml:space="preserve"> PROTECTION COMMISSION (DRPC) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="751DB55F" w14:textId="7E39BE1C" w:rsidR="00AD1400" w:rsidRDefault="00AD1400" w:rsidP="00AD1400">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Bear, DE  19701</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="47419DA8" w14:textId="3B4A1856" w:rsidR="00AD1400" w:rsidRDefault="00AD1400" w:rsidP="00AD1400">
+        <w:t>2540 Wrangle Hill Road</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7289AE48" w14:textId="63D102BE" w:rsidR="00AD1400" w:rsidRDefault="00AD1400" w:rsidP="003E5289">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AD1400">
+        </w:rPr>
+        <w:t>Bear, DE  19701</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47419DA8" w14:textId="3B4A1856" w:rsidR="00AD1400" w:rsidRDefault="00AD1400" w:rsidP="00AD1400">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5C8D664F" w14:textId="18AA233E" w:rsidR="00AD1400" w:rsidRDefault="00AD1400" w:rsidP="00AD1400">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24948112" w14:textId="1B8000C4" w:rsidR="00AD1400" w:rsidRPr="00AD1400" w:rsidRDefault="00AD1400" w:rsidP="00AD1400">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+      <w:r w:rsidRPr="00AD1400">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="7912CA69" w14:textId="60EC1D5F" w:rsidR="00AD1400" w:rsidRDefault="00AD1400" w:rsidP="00AD1400">
+        <w:t>Facility Visit Report</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C8D664F" w14:textId="18AA233E" w:rsidR="00AD1400" w:rsidRDefault="00AD1400" w:rsidP="00AD1400">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="1662C5D0" w14:textId="664B7D4C" w:rsidR="00AD1400" w:rsidRDefault="00AD1400" w:rsidP="003E5289">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7912CA69" w14:textId="60EC1D5F" w:rsidR="00AD1400" w:rsidRDefault="00AD1400" w:rsidP="00AD1400">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="5D2FAFD5" w14:textId="6815AF33" w:rsidR="00AD1400" w:rsidRDefault="00AD1400" w:rsidP="00AD1400">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Day &amp; Date of Visit:  ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22EF1EB5" w14:textId="4A79BDCD" w:rsidR="00AD1400" w:rsidRDefault="00AD1400" w:rsidP="00AD1400">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -249,67 +274,83 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50649ADF" w14:textId="667C1162" w:rsidR="00116429" w:rsidRDefault="006E558B" w:rsidP="00F727F6">
+    <w:p w14:paraId="50649ADF" w14:textId="4757A2C5" w:rsidR="00116429" w:rsidRDefault="006E558B" w:rsidP="00F727F6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Drop off DNHRQAC Information</w:t>
+        <w:t>Drop off D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RPC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Information</w:t>
       </w:r>
       <w:r w:rsidR="00116429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">          Meet with a Resident          Post Survey Meeting</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23308177" w14:textId="77777777" w:rsidR="00116429" w:rsidRDefault="00116429" w:rsidP="00AD1400">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6094E5BB" w14:textId="0E4D086A" w:rsidR="006E558B" w:rsidRDefault="00116429" w:rsidP="00F727F6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
@@ -572,259 +613,320 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46C9EC97" w14:textId="7F77A522" w:rsidR="000960DD" w:rsidRDefault="000960DD" w:rsidP="003F21AB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C06F8FF" w14:textId="77777777" w:rsidR="000960DD" w:rsidRDefault="000960DD" w:rsidP="003F21AB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A8A7373" w14:textId="3D7CF258" w:rsidR="003F21AB" w:rsidRPr="00AD1400" w:rsidRDefault="000960DD" w:rsidP="00F727F6">
-[...32 lines deleted...]
-        <w:t>____________________________________________</w:t>
+    <w:p w14:paraId="0A8A7373" w14:textId="11A22AF5" w:rsidR="003F21AB" w:rsidRPr="00AD1400" w:rsidRDefault="000960DD" w:rsidP="00F727F6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C Staff Completing this form:_____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003F21AB" w:rsidRPr="00AD1400">
-      <w:footerReference w:type="default" r:id="rId6"/>
+      <w:headerReference w:type="even" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FB9A44D" w14:textId="77777777" w:rsidR="00555FFF" w:rsidRDefault="00555FFF" w:rsidP="000960DD">
+    <w:p w14:paraId="1B4A4EDD" w14:textId="77777777" w:rsidR="00577630" w:rsidRDefault="00577630" w:rsidP="000960DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13E8FFBD" w14:textId="77777777" w:rsidR="00555FFF" w:rsidRDefault="00555FFF" w:rsidP="000960DD">
+    <w:p w14:paraId="45DE71B0" w14:textId="77777777" w:rsidR="00577630" w:rsidRDefault="00577630" w:rsidP="000960DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5BDC6E50" w14:textId="08A883CF" w:rsidR="000960DD" w:rsidRDefault="000960DD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0FE5E3B1" w14:textId="77777777" w:rsidR="008E6510" w:rsidRDefault="008E6510">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5BDC6E50" w14:textId="7AD628BF" w:rsidR="000960DD" w:rsidRDefault="000960DD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>Finalized 01/18/2022</w:t>
+      <w:t xml:space="preserve">Finalized </w:t>
+    </w:r>
+    <w:r w:rsidR="008E6510">
+      <w:t>11/21/2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6EF9AF53" w14:textId="77777777" w:rsidR="000960DD" w:rsidRDefault="000960DD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="30CE2938" w14:textId="77777777" w:rsidR="008E6510" w:rsidRDefault="008E6510">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11096F1E" w14:textId="77777777" w:rsidR="00555FFF" w:rsidRDefault="00555FFF" w:rsidP="000960DD">
+    <w:p w14:paraId="5A99DE39" w14:textId="77777777" w:rsidR="00577630" w:rsidRDefault="00577630" w:rsidP="000960DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28AB2852" w14:textId="77777777" w:rsidR="00555FFF" w:rsidRDefault="00555FFF" w:rsidP="000960DD">
+    <w:p w14:paraId="7FE9C6B2" w14:textId="77777777" w:rsidR="00577630" w:rsidRDefault="00577630" w:rsidP="000960DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="37BDF4A7" w14:textId="77777777" w:rsidR="008E6510" w:rsidRDefault="008E6510">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="20F5E8BC" w14:textId="77777777" w:rsidR="008E6510" w:rsidRDefault="008E6510">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5B6C9A2C" w14:textId="77777777" w:rsidR="008E6510" w:rsidRDefault="008E6510">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD1400"/>
-    <w:rsid w:val="0006255C"/>
+    <w:rsid w:val="00047D3B"/>
     <w:rsid w:val="000960DD"/>
+    <w:rsid w:val="000B4226"/>
     <w:rsid w:val="00116429"/>
+    <w:rsid w:val="00151D0E"/>
     <w:rsid w:val="00176585"/>
     <w:rsid w:val="003E5289"/>
     <w:rsid w:val="003F21AB"/>
     <w:rsid w:val="004420E6"/>
-    <w:rsid w:val="00555FFF"/>
+    <w:rsid w:val="004F65DD"/>
     <w:rsid w:val="00577630"/>
+    <w:rsid w:val="005E7513"/>
     <w:rsid w:val="006E558B"/>
+    <w:rsid w:val="008E6510"/>
     <w:rsid w:val="00AD1400"/>
+    <w:rsid w:val="00B94B86"/>
     <w:rsid w:val="00F727F6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="01971434"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{57D1AB8B-93A0-42DD-B506-B70B5E98B637}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1262,58 +1364,58 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000960DD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000960DD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1559,73 +1661,73 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>305</Words>
-  <Characters>1552</Characters>
+  <Words>274</Words>
+  <Characters>1565</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1849</CharactersWithSpaces>
+  <CharactersWithSpaces>1836</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Elisabeth A. Furber</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>