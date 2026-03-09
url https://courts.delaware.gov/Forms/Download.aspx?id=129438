--- v0 (2025-10-22)
+++ v1 (2026-03-09)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3A8A98AE" w14:textId="3777AF41" w:rsidR="00116DC9" w:rsidRDefault="00AF40A4" w:rsidP="00116DC9">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EC68846" wp14:editId="7355A3BE">
             <wp:extent cx="1047750" cy="1047750"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -74,52 +74,52 @@
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="258CBA1F" w14:textId="53199858" w:rsidR="00116DC9" w:rsidRDefault="00116DC9" w:rsidP="00116DC9">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22CD03B1" w14:textId="77777777" w:rsidR="00116DC9" w:rsidRDefault="00116DC9" w:rsidP="00116DC9">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">IN THE COURT OF CHANCERY OF THE STATE OF </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r>
             <w:t>DELAWARE</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
     </w:p>
     <w:p w14:paraId="2E135B45" w14:textId="77777777" w:rsidR="00116DC9" w:rsidRDefault="00116DC9" w:rsidP="00116DC9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9810" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3420"/>
         <w:gridCol w:w="3150"/>
         <w:gridCol w:w="3240"/>
       </w:tblGrid>
       <w:tr w:rsidR="00116DC9" w14:paraId="265623BC" w14:textId="77777777" w:rsidTr="00F33827">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37A121DC" w14:textId="77777777" w:rsidR="00116DC9" w:rsidRDefault="00116DC9" w:rsidP="00116DC9">
             <w:r>
@@ -180,68 +180,65 @@
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6685C7F6" w14:textId="77777777" w:rsidR="00116DC9" w:rsidRDefault="00116DC9" w:rsidP="00F33827">
             <w:r>
               <w:t>Register in Chancery</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35552546" w14:textId="77777777" w:rsidR="00116DC9" w:rsidRDefault="00116DC9" w:rsidP="00F33827">
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
                 <w:r>
                   <w:t>New Castle</w:t>
                 </w:r>
               </w:smartTag>
               <w:r>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
                 <w:r>
                   <w:t>County</w:t>
                 </w:r>
               </w:smartTag>
             </w:smartTag>
           </w:p>
-          <w:p w14:paraId="1E83C067" w14:textId="77777777" w:rsidR="00116DC9" w:rsidRDefault="00116DC9" w:rsidP="00F33827">
-[...6 lines deleted...]
-            </w:smartTag>
+          <w:p w14:paraId="1E83C067" w14:textId="7F024704" w:rsidR="00116DC9" w:rsidRDefault="00116DC9" w:rsidP="00F33827">
             <w:r>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">500 N. King Street, </w:t>
             </w:r>
-            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 11600</w:t>
+            <w:r w:rsidR="003440A0">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="003440A0" w:rsidRPr="003440A0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="003440A0">
+              <w:t xml:space="preserve"> Floor</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F78FE51" w14:textId="77777777" w:rsidR="00116DC9" w:rsidRDefault="00116DC9" w:rsidP="00F33827">
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
                 <w:r>
                   <w:t>Wilmington</w:t>
                 </w:r>
               </w:smartTag>
               <w:r>
                 <w:t xml:space="preserve">, </w:t>
               </w:r>
               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
                 <w:r>
                   <w:t>DE</w:t>
                 </w:r>
               </w:smartTag>
               <w:r>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PostalCode">
                 <w:r>
                   <w:t>19801</w:t>
                 </w:r>
               </w:smartTag>
@@ -517,59 +514,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Court accepts </w:t>
       </w:r>
       <w:r w:rsidR="00E31E5B">
         <w:t xml:space="preserve">Pro Se </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">filings in paper form mailed to the Register in Chancery, </w:t>
       </w:r>
       <w:r w:rsidR="00E31E5B">
         <w:t xml:space="preserve">in paper form </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">by hand delivery at any of the Registers in Chancery, or by e-filing using the Court’s e-filing provider File </w:t>
       </w:r>
       <w:r w:rsidR="00575405">
         <w:t>and</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> at </w:t>
+        <w:t xml:space="preserve"> ServeXpress at </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="005516ED" w:rsidRPr="00A15EC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.fileandservexpress.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004A047B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B341AF7" w14:textId="77777777" w:rsidR="004A047B" w:rsidRDefault="004A047B" w:rsidP="00562598">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DA2ACF5" w14:textId="03608448" w:rsidR="00E31E5B" w:rsidRDefault="00E31E5B" w:rsidP="00562598">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
@@ -622,234 +611,180 @@
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2714148B" w14:textId="70DEE44E" w:rsidR="004A047B" w:rsidRDefault="004A047B" w:rsidP="00562598">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Persons choosing to use the Self-Represented Litigant system through the court’s e-filing provider</w:t>
       </w:r>
       <w:r w:rsidR="00FA2B9F">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> File </w:t>
       </w:r>
       <w:r w:rsidR="00575405">
         <w:t>and</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> ServeExpress</w:t>
+      </w:r>
       <w:r w:rsidR="00FA2B9F">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> should call one of the Register in Chancery offices to discuss the following with a staff member:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="396FC91B" w14:textId="1320B3A4" w:rsidR="004A047B" w:rsidRDefault="00575405" w:rsidP="00562598">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Pro Se person</w:t>
       </w:r>
       <w:r w:rsidR="00493B4A">
         <w:t>s</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> should review the fees associated with acquiring and using a Self-Represented Litigant (SRL) account as a subscription service with File and </w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> should review the fees associated with acquiring and using a Self-Represented Litigant (SRL) account as a subscription service with File and ServeXpress to e-file into a Court of Chancery civil action case;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5092CE40" w14:textId="558FE4A3" w:rsidR="00575405" w:rsidRDefault="00575405" w:rsidP="00562598">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">All costs or fees associated with using the SRL account cannot be waived, reduced, or refunded by the Court, and those SRL account fees will be invoiced directly to the Pro Se person by File and </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>All costs or fees associated with using the SRL account cannot be waived, reduced, or refunded by the Court, and those SRL account fees will be invoiced directly to the Pro Se person by File and ServeXpress;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2B6161C5" w14:textId="77777777" w:rsidR="002838A3" w:rsidRDefault="00575405" w:rsidP="00562598">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:sectPr w:rsidR="002838A3" w:rsidSect="00FA2B9F">
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="432" w:right="1440" w:bottom="1440" w:left="1440" w:header="1440" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pursuant to Court of Chancery Rule 3(bb) the Pro Se person will be separately </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C43148A" w14:textId="775C4F76" w:rsidR="00575405" w:rsidRDefault="00575405" w:rsidP="00562598">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">invoiced for the docketing fee of $2.00 per page for documents submitted via the SRL e-filing system and accepted into the case </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>invoiced for the docketing fee of $2.00 per page for documents submitted via the SRL e-filing system and accepted into the case docket;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2A173E9D" w14:textId="7157B714" w:rsidR="00575405" w:rsidRDefault="00575405" w:rsidP="00562598">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Pro Se person</w:t>
       </w:r>
       <w:r w:rsidR="00493B4A">
         <w:t>s</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> should review the Court of Chancery Operating Procedures and Best Practices found on the Court’s website regarding the e-filing requirements for all </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> should review the Court of Chancery Operating Procedures and Best Practices found on the Court’s website regarding the e-filing requirements for all persons;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1B8B2A5B" w14:textId="22D2FED2" w:rsidR="00575405" w:rsidRDefault="00575405" w:rsidP="00562598">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Remember that the Register in Chancery cannot provide legal advice; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13869429" w14:textId="08D478C0" w:rsidR="00575405" w:rsidRDefault="00493B4A" w:rsidP="00562598">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Pro Se persons using the SRL system on File and </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> to e-file into an existing Court of Chancery civil action case, or to create a new civil action case, will abide by the Rules of the Court of Chancery, and the direction of the Register in Chancery.</w:t>
+        <w:t>Pro Se persons using the SRL system on File and ServeXpress to e-file into an existing Court of Chancery civil action case, or to create a new civil action case, will abide by the Rules of the Court of Chancery, and the direction of the Register in Chancery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FE22AE0" w14:textId="77777777" w:rsidR="00493B4A" w:rsidRDefault="00493B4A" w:rsidP="00562598">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="726D50E3" w14:textId="3B3D12B9" w:rsidR="00493B4A" w:rsidRDefault="00493B4A" w:rsidP="00562598">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Persons choosing to use the SRL system on File and </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> to e-file into an existing Court of Chancery civil action case, or to create a new civil action case, are required to complete, sign and have notarized the Pro Se E-Filing Affidavit found on the court’s website at </w:t>
+        <w:t xml:space="preserve">Persons choosing to use the SRL system on File and ServeXpress to e-file into an existing Court of Chancery civil action case, or to create a new civil action case, are required to complete, sign and have notarized the Pro Se E-Filing Affidavit found on the court’s website at </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00A15EC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>http://courts.delaware.gov/forms</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. The Pro Se E-Filing Affidavit must be included as a separate scanned document in the first transaction on the SRL system used to e-file into an existing case or to create a new civil action case in the Court of Chancery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35A19156" w14:textId="33F4A559" w:rsidR="00424E0C" w:rsidRDefault="00424E0C" w:rsidP="00562598">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="125154BB" w14:textId="77777777" w:rsidR="00424E0C" w:rsidRDefault="00424E0C" w:rsidP="00562598">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
@@ -936,172 +871,172 @@
       <w:r w:rsidR="00AE6EED">
         <w:t>Wilmington</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (302)</w:t>
       </w:r>
       <w:r w:rsidR="00617E30">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>255-0544.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00116DC9" w:rsidRPr="003F4DF9" w:rsidSect="002838A3">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="1440" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48105AD2" w14:textId="77777777" w:rsidR="00B06962" w:rsidRDefault="00B06962" w:rsidP="003F4DF9">
+    <w:p w14:paraId="307A2709" w14:textId="77777777" w:rsidR="004E0CA6" w:rsidRDefault="004E0CA6" w:rsidP="003F4DF9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D6C22F7" w14:textId="77777777" w:rsidR="00B06962" w:rsidRDefault="00B06962" w:rsidP="003F4DF9">
+    <w:p w14:paraId="60B05EAA" w14:textId="77777777" w:rsidR="004E0CA6" w:rsidRDefault="004E0CA6" w:rsidP="003F4DF9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002AFF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4A51E46A" w14:textId="7A02BE5F" w:rsidR="003F4DF9" w:rsidRDefault="00493B4A" w:rsidP="001C6A1A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4A51E46A" w14:textId="197031AD" w:rsidR="003F4DF9" w:rsidRDefault="00493B4A" w:rsidP="001C6A1A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> DATE \@ "M/d/yyyy h:mm am/pm" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00FA2B9F">
+    <w:r w:rsidR="003440A0">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>10/12/2021 9:29 AM</w:t>
+      <w:t>2/18/2026 5:17 PM</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="175FDD25" w14:textId="77777777" w:rsidR="00B06962" w:rsidRDefault="00B06962" w:rsidP="003F4DF9">
+    <w:p w14:paraId="7895D554" w14:textId="77777777" w:rsidR="004E0CA6" w:rsidRDefault="004E0CA6" w:rsidP="003F4DF9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B327FDF" w14:textId="77777777" w:rsidR="00B06962" w:rsidRDefault="00B06962" w:rsidP="003F4DF9">
+    <w:p w14:paraId="7738589B" w14:textId="77777777" w:rsidR="004E0CA6" w:rsidRDefault="004E0CA6" w:rsidP="003F4DF9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E784A9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1624C904"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1801,232 +1736,233 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1082143723">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1694453134">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1718553928">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="98450958">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1326787663">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="728306368">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="2132238666">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00727E13"/>
     <w:rsid w:val="00090E38"/>
     <w:rsid w:val="000E308D"/>
     <w:rsid w:val="00116DC9"/>
     <w:rsid w:val="00172619"/>
     <w:rsid w:val="0019440E"/>
     <w:rsid w:val="001B2A97"/>
     <w:rsid w:val="001C345A"/>
     <w:rsid w:val="001C6A1A"/>
     <w:rsid w:val="001E4D38"/>
     <w:rsid w:val="002838A3"/>
     <w:rsid w:val="002A3EC7"/>
     <w:rsid w:val="002C746A"/>
     <w:rsid w:val="002D0153"/>
     <w:rsid w:val="002D1258"/>
     <w:rsid w:val="003229E4"/>
     <w:rsid w:val="003407DE"/>
     <w:rsid w:val="00342349"/>
+    <w:rsid w:val="003440A0"/>
     <w:rsid w:val="00344F27"/>
     <w:rsid w:val="003562B5"/>
     <w:rsid w:val="00363F43"/>
     <w:rsid w:val="003C4CD4"/>
     <w:rsid w:val="003F4DF9"/>
     <w:rsid w:val="00407278"/>
     <w:rsid w:val="004226BA"/>
     <w:rsid w:val="00424E0C"/>
     <w:rsid w:val="00427EE8"/>
     <w:rsid w:val="00430054"/>
     <w:rsid w:val="004538CE"/>
     <w:rsid w:val="00475278"/>
     <w:rsid w:val="00493B4A"/>
     <w:rsid w:val="004A047B"/>
+    <w:rsid w:val="004E0CA6"/>
     <w:rsid w:val="005364AA"/>
     <w:rsid w:val="005516ED"/>
     <w:rsid w:val="0055795B"/>
     <w:rsid w:val="00557CDA"/>
     <w:rsid w:val="00562598"/>
     <w:rsid w:val="00575405"/>
     <w:rsid w:val="00590152"/>
     <w:rsid w:val="00590254"/>
     <w:rsid w:val="005B0495"/>
     <w:rsid w:val="005B4F90"/>
     <w:rsid w:val="00617E30"/>
     <w:rsid w:val="00684114"/>
     <w:rsid w:val="006A7403"/>
     <w:rsid w:val="006D0843"/>
     <w:rsid w:val="006D5671"/>
     <w:rsid w:val="006F44DC"/>
     <w:rsid w:val="00721FE1"/>
     <w:rsid w:val="00727E13"/>
     <w:rsid w:val="007650C2"/>
     <w:rsid w:val="007D52F7"/>
     <w:rsid w:val="007E6367"/>
     <w:rsid w:val="008A15ED"/>
     <w:rsid w:val="00914C70"/>
     <w:rsid w:val="00917BBD"/>
     <w:rsid w:val="00931073"/>
     <w:rsid w:val="009B144A"/>
     <w:rsid w:val="009E020B"/>
     <w:rsid w:val="00A55673"/>
     <w:rsid w:val="00A77704"/>
     <w:rsid w:val="00AE6EED"/>
     <w:rsid w:val="00AF40A4"/>
     <w:rsid w:val="00B06962"/>
     <w:rsid w:val="00B1250B"/>
     <w:rsid w:val="00B30C15"/>
     <w:rsid w:val="00B357F2"/>
+    <w:rsid w:val="00B467CB"/>
     <w:rsid w:val="00B61D3C"/>
     <w:rsid w:val="00BE63A1"/>
+    <w:rsid w:val="00C20728"/>
     <w:rsid w:val="00C82D7D"/>
     <w:rsid w:val="00C87D20"/>
     <w:rsid w:val="00CE024F"/>
     <w:rsid w:val="00D033A2"/>
     <w:rsid w:val="00D33EAA"/>
     <w:rsid w:val="00D659AB"/>
     <w:rsid w:val="00D739AE"/>
     <w:rsid w:val="00D9163D"/>
     <w:rsid w:val="00DB3102"/>
     <w:rsid w:val="00E26978"/>
     <w:rsid w:val="00E31E5B"/>
     <w:rsid w:val="00E33CF4"/>
     <w:rsid w:val="00E64F85"/>
     <w:rsid w:val="00E91D35"/>
     <w:rsid w:val="00EA5509"/>
     <w:rsid w:val="00EB7280"/>
     <w:rsid w:val="00F14266"/>
     <w:rsid w:val="00F33827"/>
     <w:rsid w:val="00F3682F"/>
     <w:rsid w:val="00F52137"/>
     <w:rsid w:val="00F80AA2"/>
     <w:rsid w:val="00FA2B9F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="Street"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="address"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PostalCode"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3799037F"/>
   <w15:docId w15:val="{70AA3AF9-2DF3-489B-84EE-44B466555752}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2518,51 +2454,51 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B61D3C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005516ED"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fileandservexpress.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://courts.delaware.gove" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://courts.delaware.gov/forms" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://courts.delaware.gov/forms" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -2818,66 +2754,66 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>612</Words>
-  <Characters>3494</Characters>
+  <Characters>3490</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>IN THE COURT OF CHANCERY OF THE STATE OF DELAWARE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Judicial Information Center</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4098</CharactersWithSpaces>
+  <CharactersWithSpaces>4094</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>IN THE COURT OF CHANCERY OF THE STATE OF DELAWARE</dc:title>
   <dc:creator>j.renee.kinsey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>