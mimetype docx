--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="266EB1F1" w14:textId="77777777" w:rsidR="00994CAE" w:rsidRPr="000A07B8" w:rsidRDefault="00BB2B5F" w:rsidP="004164A7">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="741D1209" wp14:editId="1A49CCD9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2689860</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-301625</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1286510" cy="1286510"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Picture 8" descr="FCFormSeal"/>
             <wp:cNvGraphicFramePr>
@@ -124,57 +124,57 @@
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="000A07B8" w:rsidRPr="000A07B8">
+      <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="000A07B8" w:rsidRPr="000A07B8">
+      <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle </w:t>
       </w:r>
       <w:r w:rsidR="00950AB0" w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -191,57 +191,57 @@
       <w:bookmarkStart w:id="2" w:name="Check2"/>
       <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="000A07B8" w:rsidRPr="000A07B8">
+      <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="000A07B8" w:rsidRPr="000A07B8">
+      <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent </w:t>
       </w:r>
       <w:r w:rsidR="00950AB0" w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -258,57 +258,57 @@
       <w:bookmarkStart w:id="3" w:name="Check3"/>
       <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="000A07B8" w:rsidRPr="000A07B8">
+      <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="000A07B8" w:rsidRPr="000A07B8">
+      <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="000A07B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E9A73F" w14:textId="77777777" w:rsidR="00950AB0" w:rsidRPr="000A07B8" w:rsidRDefault="00950AB0" w:rsidP="006B033F">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -858,50 +858,187 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="003800A3" w:rsidRPr="000A07B8" w14:paraId="163D0A89" w14:textId="77777777" w:rsidTr="0073195B">
+        <w:trPr>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DC57FEB" w14:textId="77777777" w:rsidR="003800A3" w:rsidRPr="003800A3" w:rsidRDefault="003800A3" w:rsidP="00C167D0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3965"/>
+                <w:tab w:val="left" w:pos="4145"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003800A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email Address </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7282928C" w14:textId="7CC93781" w:rsidR="003800A3" w:rsidRPr="003800A3" w:rsidRDefault="003800A3" w:rsidP="00C167D0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3965"/>
+                <w:tab w:val="left" w:pos="4145"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003800A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text56"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="50"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="003800A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="003800A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003800A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="003800A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003800A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003800A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003800A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003800A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003800A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="0073195B" w:rsidRPr="000A07B8" w14:paraId="3F27F58A" w14:textId="77777777" w:rsidTr="0073195B">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5645645C" w14:textId="77777777" w:rsidR="0073195B" w:rsidRPr="000A07B8" w:rsidRDefault="0073195B" w:rsidP="00390673">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="000A07B8">
               <w:t xml:space="preserve">Attorney Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0073195B" w:rsidRPr="000A07B8" w14:paraId="4F6BA3FE" w14:textId="77777777" w:rsidTr="0073195B">
         <w:trPr>
@@ -1015,76 +1152,76 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6F7F3364" w14:textId="77777777" w:rsidR="0073195B" w:rsidRPr="000A07B8" w:rsidRDefault="0073195B" w:rsidP="00390673">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="000A07B8">
               <w:t xml:space="preserve"> Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000A07B8" w:rsidRPr="000A07B8">
+            <w:r w:rsidRPr="000A07B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000A07B8" w:rsidRPr="000A07B8">
+            <w:r w:rsidRPr="000A07B8">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0073195B" w:rsidRPr="000A07B8" w14:paraId="2130BA76" w14:textId="77777777" w:rsidTr="0073195B">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1CD7E31E" w14:textId="77777777" w:rsidR="0073195B" w:rsidRPr="000A07B8" w:rsidRDefault="0073195B" w:rsidP="00390673">
             <w:pPr>
@@ -3180,56 +3317,56 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A07B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="Check6"/>
             <w:r w:rsidRPr="000A07B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000A07B8" w:rsidRPr="000A07B8">
-[...4 lines deleted...]
-            <w:r w:rsidR="000A07B8" w:rsidRPr="000A07B8">
+            <w:r w:rsidRPr="000A07B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A07B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
             <w:r w:rsidRPr="000A07B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> that expungement is required because this case was closed based on my compliance with all Court orders.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E2588C" w:rsidRPr="000A07B8" w14:paraId="03EAF1C4" w14:textId="77777777" w:rsidTr="00667AE9">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
@@ -3277,56 +3414,56 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A07B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000A07B8" w:rsidRPr="000A07B8">
-[...4 lines deleted...]
-            <w:r w:rsidR="000A07B8" w:rsidRPr="000A07B8">
+            <w:r w:rsidRPr="000A07B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A07B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A07B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> that expungement is permissive because this case was closed for a reason other than my compliance with </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E2588C" w:rsidRPr="000A07B8" w14:paraId="075CD66F" w14:textId="77777777" w:rsidTr="00A015DC">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
@@ -5198,235 +5335,235 @@
     </w:tbl>
     <w:p w14:paraId="714DF100" w14:textId="77777777" w:rsidR="003F3C87" w:rsidRDefault="003F3C87" w:rsidP="009D090A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2415"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003F3C87" w:rsidSect="0078086D">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="864" w:bottom="245" w:left="864" w:header="288" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6A0C51A5" w14:textId="77777777" w:rsidR="00573C64" w:rsidRDefault="00573C64">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5B48EEB5" w14:textId="77777777" w:rsidR="00573C64" w:rsidRDefault="00573C64">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1C4451C3" w14:textId="77777777" w:rsidR="00573C64" w:rsidRDefault="00573C64">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4650019E" w14:textId="77777777" w:rsidR="00573C64" w:rsidRDefault="00573C64">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0049CCDB" w14:textId="77777777" w:rsidR="001352B3" w:rsidRDefault="001352B3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2A44A8FA" w14:textId="77777777" w:rsidR="001352B3" w:rsidRDefault="001352B3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="27135A3C" w14:textId="301000BF" w:rsidR="001352B3" w:rsidRDefault="001352B3" w:rsidP="001352B3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form 282</w:t>
     </w:r>
     <w:r w:rsidR="00126B20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>TP</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2C7988BD" w14:textId="645669CF" w:rsidR="001352B3" w:rsidRDefault="00DA198C" w:rsidP="00950AB0">
+  <w:p w14:paraId="2C7988BD" w14:textId="5FEEBF6F" w:rsidR="001352B3" w:rsidRDefault="00DA198C" w:rsidP="00950AB0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Re</w:t>
     </w:r>
     <w:r w:rsidR="001352B3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">v </w:t>
     </w:r>
-    <w:r w:rsidR="00126B20">
+    <w:r w:rsidR="0036104F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>07/21</w:t>
+      <w:t>11/25</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F378FD10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4EB02060"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5619,189 +5756,192 @@
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="46540443">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="451024837">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="802622728">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1448163711">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="893856406">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="534385756">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="344870272">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="257098580">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1154376085">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="410275867">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="995037170">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1284726922">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="116"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="icJ2rpWoUANFAy4EFx+rUxi99Hi+KBQVQnGlYDRyhQ5UOpwkNLJsyr7C84GiR0ewY4napG76uzx+n/hmnMPB4g==" w:salt="kvPiFxtAAIh6sccb9/fYDA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="t3QWF6E44gi/IL7P8O3mGSBcEoPDOlQq61pTTqItVSBKLGjdKqDbjUSGaYsKhlTTWJHBLOWXz7Czul7k3vNaOQ==" w:salt="lLA+lJwHxJ/t5dMfnnDmKg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11265"/>
+    <o:shapedefaults v:ext="edit" spidmax="13313"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{30635183-0AFF-43C5-B0E1-AAE214486445}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="90113248"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00AD64D6"/>
     <w:rsid w:val="00002718"/>
     <w:rsid w:val="00017A4E"/>
     <w:rsid w:val="000222DD"/>
     <w:rsid w:val="000257FD"/>
     <w:rsid w:val="00025D47"/>
     <w:rsid w:val="000313EA"/>
     <w:rsid w:val="00035618"/>
     <w:rsid w:val="000456D7"/>
     <w:rsid w:val="0004783D"/>
     <w:rsid w:val="0005264D"/>
     <w:rsid w:val="000563ED"/>
     <w:rsid w:val="00077836"/>
     <w:rsid w:val="00084370"/>
     <w:rsid w:val="000A07B8"/>
+    <w:rsid w:val="000B0389"/>
     <w:rsid w:val="000B2522"/>
     <w:rsid w:val="000C48D2"/>
     <w:rsid w:val="000D02C8"/>
     <w:rsid w:val="000D32B6"/>
     <w:rsid w:val="000F1EE1"/>
     <w:rsid w:val="000F4FC7"/>
     <w:rsid w:val="000F62DB"/>
     <w:rsid w:val="0010170D"/>
     <w:rsid w:val="00126B20"/>
     <w:rsid w:val="001352B3"/>
     <w:rsid w:val="00140DBC"/>
     <w:rsid w:val="00152CDE"/>
     <w:rsid w:val="00155DEA"/>
     <w:rsid w:val="00161530"/>
     <w:rsid w:val="001663B3"/>
     <w:rsid w:val="001716C9"/>
     <w:rsid w:val="00176D79"/>
     <w:rsid w:val="00185E1E"/>
     <w:rsid w:val="001864B5"/>
     <w:rsid w:val="001874DF"/>
     <w:rsid w:val="001875AD"/>
     <w:rsid w:val="001A469D"/>
     <w:rsid w:val="001C3680"/>
     <w:rsid w:val="001D185D"/>
     <w:rsid w:val="001D19DE"/>
     <w:rsid w:val="001D6AD6"/>
     <w:rsid w:val="001E024F"/>
     <w:rsid w:val="001E5734"/>
     <w:rsid w:val="001F280D"/>
     <w:rsid w:val="00201440"/>
     <w:rsid w:val="00202020"/>
     <w:rsid w:val="00231252"/>
     <w:rsid w:val="00241B15"/>
     <w:rsid w:val="002516D2"/>
     <w:rsid w:val="00260536"/>
     <w:rsid w:val="00271DC2"/>
     <w:rsid w:val="00272015"/>
     <w:rsid w:val="002837A0"/>
     <w:rsid w:val="002B46AF"/>
     <w:rsid w:val="002B6ED0"/>
     <w:rsid w:val="002B7AC4"/>
     <w:rsid w:val="002D3E2D"/>
     <w:rsid w:val="002F4C48"/>
     <w:rsid w:val="002F6222"/>
     <w:rsid w:val="0030779E"/>
     <w:rsid w:val="003124CC"/>
     <w:rsid w:val="00343472"/>
+    <w:rsid w:val="0036104F"/>
+    <w:rsid w:val="003800A3"/>
     <w:rsid w:val="00381628"/>
     <w:rsid w:val="00383247"/>
     <w:rsid w:val="00390673"/>
     <w:rsid w:val="003B2639"/>
     <w:rsid w:val="003B3A30"/>
     <w:rsid w:val="003F3C87"/>
     <w:rsid w:val="003F56F3"/>
     <w:rsid w:val="003F5E07"/>
     <w:rsid w:val="004003B7"/>
     <w:rsid w:val="00402B01"/>
     <w:rsid w:val="0041250C"/>
     <w:rsid w:val="004164A7"/>
     <w:rsid w:val="00424ED1"/>
     <w:rsid w:val="004274F8"/>
     <w:rsid w:val="00431871"/>
     <w:rsid w:val="004457FE"/>
     <w:rsid w:val="0045627D"/>
     <w:rsid w:val="00456E1C"/>
     <w:rsid w:val="00474288"/>
     <w:rsid w:val="00475993"/>
     <w:rsid w:val="00476CFD"/>
     <w:rsid w:val="0048638C"/>
     <w:rsid w:val="0049468F"/>
     <w:rsid w:val="004B2100"/>
     <w:rsid w:val="004D6D52"/>
@@ -5865,55 +6005,57 @@
     <w:rsid w:val="007201EA"/>
     <w:rsid w:val="00727FBD"/>
     <w:rsid w:val="0073195B"/>
     <w:rsid w:val="00740CD2"/>
     <w:rsid w:val="00745622"/>
     <w:rsid w:val="00753B7E"/>
     <w:rsid w:val="007643AF"/>
     <w:rsid w:val="00777635"/>
     <w:rsid w:val="0078086D"/>
     <w:rsid w:val="00780971"/>
     <w:rsid w:val="00792347"/>
     <w:rsid w:val="007924A0"/>
     <w:rsid w:val="007A76AB"/>
     <w:rsid w:val="007B46E5"/>
     <w:rsid w:val="007C47B6"/>
     <w:rsid w:val="007E7459"/>
     <w:rsid w:val="007F1108"/>
     <w:rsid w:val="007F6FB6"/>
     <w:rsid w:val="00800436"/>
     <w:rsid w:val="008269AA"/>
     <w:rsid w:val="008270EE"/>
     <w:rsid w:val="008279C8"/>
     <w:rsid w:val="00836028"/>
     <w:rsid w:val="00857858"/>
     <w:rsid w:val="00860082"/>
+    <w:rsid w:val="00896CF0"/>
     <w:rsid w:val="008A15B0"/>
     <w:rsid w:val="008A1900"/>
     <w:rsid w:val="008A1F24"/>
     <w:rsid w:val="008A45D7"/>
     <w:rsid w:val="008A5375"/>
+    <w:rsid w:val="008B50D8"/>
     <w:rsid w:val="008B74FD"/>
     <w:rsid w:val="008C151E"/>
     <w:rsid w:val="008C6FEF"/>
     <w:rsid w:val="008D0D7F"/>
     <w:rsid w:val="008D14A1"/>
     <w:rsid w:val="008D36EF"/>
     <w:rsid w:val="008D61C4"/>
     <w:rsid w:val="008D75B6"/>
     <w:rsid w:val="008E2BA2"/>
     <w:rsid w:val="008F5739"/>
     <w:rsid w:val="009002B5"/>
     <w:rsid w:val="009216CC"/>
     <w:rsid w:val="00921DB0"/>
     <w:rsid w:val="00950AB0"/>
     <w:rsid w:val="00950E7D"/>
     <w:rsid w:val="0097246F"/>
     <w:rsid w:val="0097582E"/>
     <w:rsid w:val="00980DCA"/>
     <w:rsid w:val="00990F58"/>
     <w:rsid w:val="00992496"/>
     <w:rsid w:val="00994A18"/>
     <w:rsid w:val="00994CAE"/>
     <w:rsid w:val="009A2B0B"/>
     <w:rsid w:val="009A449F"/>
     <w:rsid w:val="009B128F"/>
@@ -5940,71 +6082,73 @@
     <w:rsid w:val="00AC0DCE"/>
     <w:rsid w:val="00AD1B73"/>
     <w:rsid w:val="00AD64D6"/>
     <w:rsid w:val="00AE0E19"/>
     <w:rsid w:val="00AE1299"/>
     <w:rsid w:val="00B06009"/>
     <w:rsid w:val="00B15E87"/>
     <w:rsid w:val="00B2246F"/>
     <w:rsid w:val="00B239BC"/>
     <w:rsid w:val="00B37EC2"/>
     <w:rsid w:val="00B42258"/>
     <w:rsid w:val="00B5008F"/>
     <w:rsid w:val="00B537D2"/>
     <w:rsid w:val="00B61E93"/>
     <w:rsid w:val="00B656BE"/>
     <w:rsid w:val="00B822AD"/>
     <w:rsid w:val="00B90A35"/>
     <w:rsid w:val="00B95C26"/>
     <w:rsid w:val="00BA124E"/>
     <w:rsid w:val="00BA1841"/>
     <w:rsid w:val="00BB0BFE"/>
     <w:rsid w:val="00BB1825"/>
     <w:rsid w:val="00BB2B5F"/>
     <w:rsid w:val="00BB6AF8"/>
     <w:rsid w:val="00BC2A0F"/>
+    <w:rsid w:val="00BD3444"/>
     <w:rsid w:val="00C157D3"/>
     <w:rsid w:val="00C167D0"/>
     <w:rsid w:val="00C16B76"/>
     <w:rsid w:val="00C174FE"/>
     <w:rsid w:val="00C24F87"/>
     <w:rsid w:val="00C30268"/>
     <w:rsid w:val="00C3366B"/>
     <w:rsid w:val="00C352C9"/>
     <w:rsid w:val="00C438A5"/>
     <w:rsid w:val="00C5305E"/>
     <w:rsid w:val="00C6214C"/>
     <w:rsid w:val="00C761E7"/>
     <w:rsid w:val="00C76750"/>
     <w:rsid w:val="00C819EE"/>
     <w:rsid w:val="00C933F9"/>
     <w:rsid w:val="00CA32A8"/>
     <w:rsid w:val="00CA6E6D"/>
     <w:rsid w:val="00CC6ABB"/>
     <w:rsid w:val="00CD1719"/>
     <w:rsid w:val="00CD77CF"/>
     <w:rsid w:val="00CE4BBB"/>
+    <w:rsid w:val="00CF016F"/>
     <w:rsid w:val="00CF14EA"/>
     <w:rsid w:val="00CF32F4"/>
     <w:rsid w:val="00D03924"/>
     <w:rsid w:val="00D05842"/>
     <w:rsid w:val="00D12E6B"/>
     <w:rsid w:val="00D277C8"/>
     <w:rsid w:val="00D31A8C"/>
     <w:rsid w:val="00D34336"/>
     <w:rsid w:val="00D562F5"/>
     <w:rsid w:val="00D60628"/>
     <w:rsid w:val="00D65955"/>
     <w:rsid w:val="00D82FDA"/>
     <w:rsid w:val="00D845CB"/>
     <w:rsid w:val="00D861A8"/>
     <w:rsid w:val="00D955C8"/>
     <w:rsid w:val="00D9630C"/>
     <w:rsid w:val="00DA198C"/>
     <w:rsid w:val="00DA6183"/>
     <w:rsid w:val="00DA7FD0"/>
     <w:rsid w:val="00DC4EFE"/>
     <w:rsid w:val="00DE414C"/>
     <w:rsid w:val="00DE65E1"/>
     <w:rsid w:val="00DE6EF4"/>
     <w:rsid w:val="00E2588C"/>
     <w:rsid w:val="00E31D78"/>
@@ -6028,65 +6172,65 @@
     <w:rsid w:val="00F84D5A"/>
     <w:rsid w:val="00FA01A4"/>
     <w:rsid w:val="00FB6F79"/>
     <w:rsid w:val="00FE4876"/>
     <w:rsid w:val="00FF1419"/>
     <w:rsid w:val="00FF2FF4"/>
     <w:rsid w:val="00FF5C5C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11265"/>
+    <o:shapedefaults v:ext="edit" spidmax="13313"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="54442958"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{30DD36BD-54F8-4560-9A4C-1CD21475DDDE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:locked="1"/>
     <w:lsdException w:name="toc 2" w:locked="1"/>
     <w:lsdException w:name="toc 3" w:locked="1"/>
     <w:lsdException w:name="toc 4" w:locked="1"/>
     <w:lsdException w:name="toc 5" w:locked="1"/>
@@ -7902,51 +8046,51 @@
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F15800"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:ind w:left="0" w:right="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -8193,69 +8337,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C595504-CF9D-4A3F-85A1-5ACCD01C46D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>278</Words>
-  <Characters>1586</Characters>
+  <Words>283</Words>
+  <Characters>1617</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1861</CharactersWithSpaces>
+  <CharactersWithSpaces>1897</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Morett, William (Courts)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>